--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -469,463 +469,463 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04323138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quel bilan et quelles perspectives pour la coopération franco-allemande en Europe ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Friedrich Germelmann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 664, pp.4-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04323237v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les tergiversations des réformes territoriales françaises ou comment ne régler ni la question du millefeuille territorial, ni celle de l’émiettement communal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin juridique des collectivités locales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 7-8, p. 515-519</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04323162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Quel bilan et quelles perspectives pour la coopération franco-allemande en Europe ?</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les acteurs et les domaines de la coopération et de l'intégration franco-allemandes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 664, pp.4-5</w:t>
+              <w:t xml:space="preserve">, 2023, 664, pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Les acteurs et les domaines de la coopération et de l'intégration franco-allemandes</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03927800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du Traité de l’Elysée au Traité d’Aix-la-Chapelle – Les acteurs et les domaines de la coopération et de l’intégration franco-allemandes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 664, pp.6</w:t>
+              <w:t xml:space="preserve">, 2023, 664, p. 6-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Du Traité de l’Elysée au Traité d’Aix-la-Chapelle – Les acteurs et les domaines de la coopération et de l’intégration franco-allemandes</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04323224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La conception originelle de la sécurité juridique : l’Allemagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Titre VII – Les Cahiers du Conseil constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, La sécurité juridique, N° 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tvii.005.0079⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03232713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La loi d'orientation des mobilités : Vers une gouvernance concertée des nouvelles mobilités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit de la voirie et du domaine public</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, N° 212, p. 11-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02483311v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-03232713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Die Regionalsprachen in Frankreich: eine untergeordnete Stellung</w:t>
               </w:r>
@@ -2123,2235 +2123,2235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05363169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le Parlement, siège de la &amp;quot;légitimité européenne&amp;quot; ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les enjeux des élections au Parlement européen du 9 juin 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CUREJ, Feb 2024, Faculté de droit de Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04445300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les évolutions du droit administratif français : européanisation, privatisation et constitutionnalisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les défis du droit administratif contemporain : un dialogue entre le Brésil et la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, USP - Université de São Paulo (Brésil), Dec 2024, São Paulo, Brésil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04992323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le Parlement, siège de la &amp;quot;légitimité européenne&amp;quot; ?</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le projet d’espace européen de la recherche et de l’enseignement supérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les enjeux des élections au Parlement européen du 9 juin 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CUREJ, Feb 2024, Faculté de droit de Rouen, France</w:t>
+              <w:t xml:space="preserve">L’EuroDating - Rendez-vous avec l’Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mouvement Européen de Seine maritime, May 2024, Maromme, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Le projet d’espace européen de la recherche et de l’enseignement supérieur</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04992334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rôle - déterminant ou subsidiaire ? - des acteurs publics dans l’organisation des JO de 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’EuroDating - Rendez-vous avec l’Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mouvement Européen de Seine maritime, May 2024, Maromme, France</w:t>
+              <w:t xml:space="preserve">Les JO du droit de Rouen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rouen Normandie/CUREJ, Jun 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Le rôle - déterminant ou subsidiaire ? - des acteurs publics dans l’organisation des JO de 2024</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04992328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La question corse : vers un statut d'autonomie au sein de la République ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les JO du droit de Rouen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Rouen Normandie/CUREJ, Jun 2024, Rouen, France</w:t>
+              <w:t xml:space="preserve">Le droit commun éprouvé : variations juridiques sur les territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole doctorale Droit-Normandie, Nov 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">La question corse : vers un statut d'autonomie au sein de la République ?</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04992325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire l'Europe au quotidien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le droit commun éprouvé : variations juridiques sur les territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecole doctorale Droit-Normandie, Nov 2024, Rouen, France</w:t>
+              <w:t xml:space="preserve">Penser et faire l’Europe à l’échelle locale : une approche par les territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR IDEES, CUREJ, Oct 2023, Rouen (Université de Rouen Normandie), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La coopération franco-allemande - Bilan et perspectives à l’occasion des 60 ans du Traité de l’Élysée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cycle de conférences en sciences humaines et sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut français de Russie et Consulat de France de Saint-Pétersbourg, Feb 2023, Online, Russie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04992331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Faire l'Europe au quotidien</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The post-pandemic governance in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Penser et faire l’Europe à l’échelle locale : une approche par les territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR IDEES, CUREJ, Oct 2023, Rouen (Université de Rouen Normandie), France</w:t>
+              <w:t xml:space="preserve">The Pandemic’s comparative Impact on Constitutional Checks and Balances within the EU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Regroup (Horizon Europe consortium), May 2023, Online (virtual), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">The post-pandemic governance in France</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthèse: Le point de vue des juristes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Pandemic’s comparative Impact on Constitutional Checks and Balances within the EU</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Regroup (Horizon Europe consortium), May 2023, Online (virtual), France</w:t>
+              <w:t xml:space="preserve">Journées d’étude pluridisciplinaires Droit(s) et Territoire(s) – Regards croisés des sciences juridiques et territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CIST-CNRS FR2007, Dec 2022, Aubervilliers (Campus Condorcet), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des idées émergentes aux actions territoriales, en passant par l’analyse des discours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Session « Recompositions idéologiques et transformations de l’action territoriale : entre nouveaux paradigmes et hybridations émergentes », Colloque Transitions, gouvernance territoriale et solidarités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 58ème Colloque de l’Association de Science Régionale De Langue Française (ADSRDLF), Jun 2022, Sciences Po Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04325278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Synthèse: Le point de vue des juristes</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The question of the long-lasting impact of the pandemic on French public law</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’étude pluridisciplinaires Droit(s) et Territoire(s) – Regards croisés des sciences juridiques et territoriales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CIST-CNRS FR2007, Dec 2022, Aubervilliers (Campus Condorcet), France</w:t>
+              <w:t xml:space="preserve">Global Problems and Prospects in Public Law - The Aftermath of Covid-19 in Western Europe: A Revolution for Public law?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 8ème Conférence annuelle de la Société internationale de droit public - ICON.S 2022, Jul 2022, Wroclaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">The question of the long-lasting impact of the pandemic on French public law</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilanz und Perspektiven der deutsch-französischen Zusammenarbeit in Europa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Problems and Prospects in Public Law - The Aftermath of Covid-19 in Western Europe: A Revolution for Public law?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 8ème Conférence annuelle de la Société internationale de droit public - ICON.S 2022, Jul 2022, Wroclaw, Poland</w:t>
+              <w:t xml:space="preserve">Vom Élysée-Vertrag zum Vertrag von Aachen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Leibniz Universität Hannover, Oct 2022, Hannover, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Bilanz und Perspektiven der deutsch-französischen Zusammenarbeit in Europa</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Union européenne, le couple franco-allemand et leurs actions pour faire face à la crise ukrainienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vom Élysée-Vertrag zum Vertrag von Aachen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Leibniz Universität Hannover, Oct 2022, Hannover, Germany</w:t>
+              <w:t xml:space="preserve">Session "Grand public", Colloque Du Traité de l’Elysée au Traité d’Aix-la-Chapelle : Quel bilan et quelles perspectives pour la coopération franco-allemande en Europe ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rouen Normandie, Université Leibniz de Hanovre, May 2022, Rouen (Université de Rouen Normandie), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">L’Union européenne, le couple franco-allemand et leurs actions pour faire face à la crise ukrainienne</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les acteurs, domaines et cadres de la coopération franco-allemande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Session "Grand public", Colloque Du Traité de l’Elysée au Traité d’Aix-la-Chapelle : Quel bilan et quelles perspectives pour la coopération franco-allemande en Europe ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Rouen Normandie, Université Leibniz de Hanovre, May 2022, Rouen (Université de Rouen Normandie), France</w:t>
+              <w:t xml:space="preserve">Du Traité de l’Elysée au Traité d’Aix-la-Chapelle : Quel bilan et quelles perspectives pour la coopération franco-allemande en Europe ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rouen Normandie, Université Leibniz de Hanovre, Jan 2021, Visio-conférence, Allemagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Les acteurs, domaines et cadres de la coopération franco-allemande</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du Traité de l’Elysée au Traité d’Aix-la-Chapelle : Les acteurs, domaines et cadres de la coopération franco-allemande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Du Traité de l’Elysée au Traité d’Aix-la-Chapelle : Quel bilan et quelles perspectives pour la coopération franco-allemande en Europe ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université de Rouen Normandie, Université Leibniz de Hanovre, Jan 2021, Visio-conférence, Allemagne</w:t>
+              <w:t xml:space="preserve">, Universités de Rouen et Hanovre, Université Franco-Allemande, Jan 2021, Hanovre-Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Du Traité de l’Elysée au Traité d’Aix-la-Chapelle : Les acteurs, domaines et cadres de la coopération franco-allemande</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03232716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federalism: The federal states and the confederations of states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Du Traité de l’Elysée au Traité d’Aix-la-Chapelle : Quel bilan et quelles perspectives pour la coopération franco-allemande en Europe ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universités de Rouen et Hanovre, Université Franco-Allemande, Jan 2021, Hanovre-Rouen, France</w:t>
+              <w:t xml:space="preserve">Here Leviatã is Labatut: A portrait of the Brazilian State to understand, preserve and transform</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, W. Warde, R. Valim., Jul 2021, Sao Paulo, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Federalism: The federal states and the confederations of states</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03232960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les réformes territoriales entre résilience et innovation. Quelle temporalité pour quelles populations ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Here Leviatã is Labatut: A portrait of the Brazilian State to understand, preserve and transform</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, W. Warde, R. Valim., Jul 2021, Sao Paulo, Brazil</w:t>
+              <w:t xml:space="preserve">Population, temps, territoires, 5ème Colloque du Collège International des Sciences Territoriales (CIST-CNRS FR2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Claude Grasland; France Guérin-Pace, Nov 2020, Aubervilliers (Campus Condorcet), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Les réformes territoriales entre résilience et innovation. Quelle temporalité pour quelles populations ?</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse des Recompositions de l’Action Publique Territoriale - Projet ARAPT, actualités des territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Population, temps, territoires, 5ème Colloque du Collège International des Sciences Territoriales (CIST-CNRS FR2007)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Claude Grasland; France Guérin-Pace, Nov 2020, Aubervilliers (Campus Condorcet), France</w:t>
+              <w:t xml:space="preserve">Conférence co-organisée par le CUREJ et le CIST-CNRS FR2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Rouen (Université de Rouen Normandie), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Analyse des Recompositions de l’Action Publique Territoriale - Projet ARAPT, actualités des territoires</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit et pratique du droit face au racisme – Approche de droit constitutionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Calmes Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Race(s)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean-Philippe Dom, Mar 2019, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel projet pour la Métropole de Rouen Normandie ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence co-organisée par le CUREJ et le CIST-CNRS FR2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2020, Rouen (Université de Rouen Normandie), France</w:t>
+              <w:t xml:space="preserve">Conférence Université populaire de Rouen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rouen Normandie, May 2019, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Droit et pratique du droit face au racisme – Approche de droit constitutionnel</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel projet pour la Métropole de Rouen ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Calmes Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">« Race(s)"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jean-Philippe Dom, Mar 2019, Rouen, France</w:t>
+              <w:t xml:space="preserve">Conférence de l'Université populaire de Rouen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pierre Albertini, May 2019, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Quel projet pour la Métropole de Rouen Normandie ?</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02411521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse des Recompositions de l’Action Publique Territoriale (ARAPT) - Conférence introductive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Calmes Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analyse des Recompositions de l’Action Publique Territoriale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Arnaud Brennetot; Sylvia Brunet, Jan 2019, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Catalan Crisis in Context: Perspectives from France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Calmes Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revisiting Sovereignty in Europe ? The Catalan Crisis in Context</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Javier García Oliva, Apr 2018, Londres, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’illisibilité de l’action européenne dans un contexte juridique instable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Calmes Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Europe, un territoire en crise de représentations, Table ronde, 4ème Colloque du Collège International des Sciences Territoriales (CIST-CNRS FR2007), Représenter les territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Clarisse Didelon-Loiseau; Arnaud Brennetot, Mar 2018, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">French Public Contract Law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Calmes Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contract Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rafael Valim, Aug 2017, Sao Paulo, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’état d’urgence et le droit constitutionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Calmes Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les attentats de Paris : Analyses croisées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Anne-Thida Norodom (CUREJ), Jan 2016, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die Europäische Charta der Regional- oder Minderheitensprachen und das französische Recht</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Calmes Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international ELPIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bernd Oppermann, Jan 2015, Hanovre, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui veut modifier la Constitution ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Université populaire de Rouen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Rouen Normandie, May 2019, Rouen, France</w:t>
+              <w:t xml:space="preserve">Conférence Fête de la Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rouen, Oct 2014, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Quel projet pour la Métropole de Rouen ?</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02411522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Langues régionales versus langue française : la crise linguistique n’aura pas lieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Calmes Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence de l'Université populaire de Rouen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Pierre Albertini, May 2019, Rouen, France</w:t>
+              <w:t xml:space="preserve">Crise(s) et droit(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Guy Quintane; Association Jurisart, Université Rouen Normandie, Nov 2014, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Analyse des Recompositions de l’Action Publique Territoriale (ARAPT) - Conférence introductive</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les relations franco-allemandes, mythe ou réalité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Calmes Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analyse des Recompositions de l’Action Publique Territoriale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Arnaud Brennetot; Sylvia Brunet, Jan 2019, Rouen, France</w:t>
+              <w:t xml:space="preserve">Conférence-Débat, Service des relations internationales de l’Université de Rouen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Corinne Bouillot; Sylvain Lamourette, Apr 2014, Mont-Saint-Aignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">The Catalan Crisis in Context: Perspectives from France</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le système juridique allemand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Calmes Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revisiting Sovereignty in Europe ? The Catalan Crisis in Context</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Javier García Oliva, Apr 2018, Londres, United Kingdom</w:t>
+              <w:t xml:space="preserve">Conférence de droit comparé du CUREJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean-Philippe Derosier, Feb 2013, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’illisibilité de l’action européenne dans un contexte juridique instable</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">50 Jahre Elysée-Vertrag: Eine Synthese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Calmes Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’Europe, un territoire en crise de représentations, Table ronde, 4ème Colloque du Collège International des Sciences Territoriales (CIST-CNRS FR2007), Représenter les territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Clarisse Didelon-Loiseau; Arnaud Brennetot, Mar 2018, Rouen, France</w:t>
+              <w:t xml:space="preserve">Der Elysée-Vertrag, der Sockel einer exemplarischen Zusammenarbeit 50 Jahre später</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sylvia Brunet; Jean-Philippe Derosier; Bernd Oppermann, Nov 2013, Hanovre, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...482 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02410784v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02410786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une VIème République française ?</w:t>
               </w:r>
@@ -7398,255 +7398,255 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02405924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La révolution de l’intercommunalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Calmes Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sylvia Brunet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La fonction publique territoriale : Contexte, recrutements et avenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PURH, pp.24-39, 2013, 978-2-87775-582-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quelle consécration du principe de sécurité juridique en droit administratif français ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Calmes Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Augusto Neves Dal Pozzo; José Roberto Pimenta Oliveira; Rafael Valim. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tratado Sobre o princípio da segurança jurídica no direito administrativo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Forum, pp.24-39, 2013, 978-85-7700-728-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02405741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erasmus Mundus, (petites et) grande histoire(s)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Calmes Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Legal Studies II by European Scholars of the ELPIS Network, Bernd H. Oppermann (Ed.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Legal Studies II by European Scholars of the ELPIS Network (LXVII), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Universitätsverlag Halle-Wittenberg, Halle an der Saale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.21-29, 2013, International Legal Studies II by European Scholars of the ELPIS Network, Bernd H. Oppermann (Ed.), 978-3-86977-066-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Universitätsverlag Halle-Wittenberg, Halle an der Saale</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02407047v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-02405932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La confiance en droit constitutionnel français</w:t>
               </w:r>
@@ -8267,303 +8267,303 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Rouen Métropole européenne durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Albertini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] Université Rouen Normandie. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02432587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un Monde de régions ? Echanges et croisements disciplinaires sur l’intégration régionale dans le monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Beckouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Calmes Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Georgakakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Mareï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Regnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] Collège international des sciences territoriales (CIST); Laboratoire d'excellence (LabEx) DynamiTe; UMR Prodig. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02411544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quelle gouvernance pour la Métropole de Rouen Normandie?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Plantrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] Groupe d'Etude de la Métropole de Rouen Normandie (GEM). 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02432605v1</w:t>
-              </w:r>
-[...195 lines deleted...]
-                <w:t xml:space="preserve">hal-02432587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8809,51 +8809,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A9B6F537"/>
+    <w:nsid w:val="439D19B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8957,51 +8957,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="812DDAC8"/>
+    <w:nsid w:val="C00B53D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9191,51 +9191,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvia-brunet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8072-3388" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/055756808" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05363146v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Brunet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05363035v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04323138v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04323162v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04323237v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Germelmann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927800v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04323224v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02483311v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03232713v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tvii.005.0079" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02406478v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Calmes Brunet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407385v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407028v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407020v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408830v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408898v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407399v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407272v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Burgorgue-Larsen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407294v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407336v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407308v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407345v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407253v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407354v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05363154v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05363097v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05363169v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04992323v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04445300v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04992334v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04992328v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04992325v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04992331v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325374v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325045v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325278v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325063v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325093v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325086v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325342v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325315v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03232716v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03232960v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02409880v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325336v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410381v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325350v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411521v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410403v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410661v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410743v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410752v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410765v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410771v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411522v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410782v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410783v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410784v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410786v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411528v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411494v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411498v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411509v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411513v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411515v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411519v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05362813v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04322836v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aldhuy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ghiotti" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gigot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Maccaglia" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04322804v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02403434v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Lebon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Pierrick G&#233;rald Richard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02403716v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02403720v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01520345v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Adalid" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Broch" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Chicot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Goy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02403729v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02404590v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02403298v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05362965v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408245v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04337949v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Mele" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04992024v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04322878v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04322940v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Philippe" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405093v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03232683v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04322995v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04323035v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02483322v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405256v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02908151v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407814v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405339v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405699v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408304v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408268v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408280v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405978v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405905v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405887v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405924v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405741v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407047v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvhw.de/files/3_uvHW_Leseproben/uvHW-066-6_TOC.+INTRO.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405932v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408609v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405945v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408986v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02409580v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04992322v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.4xtdekq6k" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325310v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02908160v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325352v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02432605v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Plantrou" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411544v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Beckouche" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Georgakakis" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Mare&#239;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Regnault" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02432587v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Albertini" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04322868v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04992006v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvia-brunet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8072-3388" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/055756808" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05363146v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Brunet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05363035v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04323138v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04323237v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Germelmann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04323162v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927800v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04323224v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03232713v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tvii.005.0079" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02483311v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02406478v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Calmes Brunet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407385v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407028v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407020v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408830v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408898v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407399v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407272v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Burgorgue-Larsen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407294v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407336v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407308v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407345v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407253v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407354v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05363154v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05363097v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05363169v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04445300v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04992323v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04992334v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04992328v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04992325v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325374v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04992331v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325045v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325063v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325278v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325093v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325086v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325342v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325315v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03232716v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03232960v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02409880v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325336v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410381v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325350v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411521v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410403v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410661v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410743v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410752v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410765v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410771v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411522v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410782v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410783v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410786v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02410784v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411528v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411494v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411498v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411509v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411513v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411515v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411519v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05362813v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04322836v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aldhuy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ghiotti" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gigot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Maccaglia" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04322804v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02403434v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Lebon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Pierrick G&#233;rald Richard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02403716v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02403720v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01520345v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Adalid" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Broch" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Chicot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Goy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02403729v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02404590v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02403298v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05362965v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408245v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04337949v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Mele" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04992024v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04322878v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04322940v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Philippe" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405093v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03232683v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04322995v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04323035v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02483322v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405256v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02908151v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407814v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405339v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405699v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408304v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408268v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408280v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405978v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405905v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405887v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405924v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405932v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405741v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407047v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvhw.de/files/3_uvHW_Leseproben/uvHW-066-6_TOC.+INTRO.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408609v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02405945v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408986v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02409580v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04992322v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.4xtdekq6k" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325310v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02908160v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04325352v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02432587v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Albertini" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02411544v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Beckouche" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Georgakakis" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Mare&#239;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Regnault" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02432605v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Plantrou" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04322868v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04992006v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>