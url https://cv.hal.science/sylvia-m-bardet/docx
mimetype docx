--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -100,883 +100,883 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosuvastatin for intracranial aneurysms treated with flow diverters: preclinical study in rabbits</w:t>
+                <w:t xml:space="preserve">Comparison of Three Nebulizer Nozzles Used During Pressurized Intraperitoneal Aerosol Chemotherapy Procedures in a Rabbit Model with Peritoneal Surface Malignancies: NOMOS Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Diana</w:t>
+                <w:t xml:space="preserve">Abdelkader Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraud Forestier</w:t>
+                <w:t xml:space="preserve">Marie-Laure Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Chauvet</w:t>
+                <w:t xml:space="preserve">Catherine Yardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Laure Perrin</w:t>
+                <w:t xml:space="preserve">Julie Usseglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Baudouin</w:t>
+                <w:t xml:space="preserve">Sylvaine Durand Fontanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurointerventional Surgery</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 46 (9), pp.jnis-2025-024237. </w:t>
+              <w:t xml:space="preserve">Annals of Surgical Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 33, pp.2161-2168. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/jnis-2025-024237⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1245/s10434-025-18002-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05460578v1</w:t>
+                <w:t xml:space="preserve">hal-05460644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feasibility of Pressurized Intraperitoneal Aerosol Chemotherapy (PIPAC) in a Rabbit Model of Peritoneal Metastases: PIPALIM Project</w:t>
+                <w:t xml:space="preserve">Comparative assessment of early neointimal formation: P8RI-coated Silk Vista versus Pipeline Vantage (Shield) in a rabbit model using optical coherence tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jonathan Cortese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sylvia Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Yardin</w:t>
+                <w:t xml:space="preserve">Maxime Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Chaunavel</w:t>
+                <w:t xml:space="preserve">Romain Chauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Surgical Oncology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 32 (8), pp.6050-6057. </w:t>
+              <w:t xml:space="preserve">Journal of Neurointerventional Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.jnis-2025-024213. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1245/s10434-025-17251-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/jnis-2025-024213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05149252v1</w:t>
+                <w:t xml:space="preserve">hal-05460606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative assessment of early neointimal formation: P8RI-coated Silk Vista versus Pipeline Vantage (Shield) in a rabbit model using optical coherence tomography</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">ASO Author Reflections: PIPAC Nozzles and Therapeutic Impact: Lessons from the NOMOS Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkader Taibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Usseglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Yardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Bardet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurointerventional Surgery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/jnis-2025-024213⟩</w:t>
+              <w:t xml:space="preserve">Annals of Surgical Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32 (12), pp.9374-9375. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1245/s10434-025-18211-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05460606v1</w:t>
+                <w:t xml:space="preserve">hal-05460634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Three Nebulizer Nozzles Used During Pressurized Intraperitoneal Aerosol Chemotherapy Procedures in a Rabbit Model with Peritoneal Surface Malignancies: NOMOS Project</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">ASO Author Reflections: Animal Models for Pressurized Intraperitoneal Aerosol Chemotherapy (PIPAC) Research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Yardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Durand Fontanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Surgical Oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 17 (7), pp.jnis-2025-024213. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1245/s10434-025-18002-4⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 32 (8), pp.6100-6101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1245/s10434-025-17378-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05460644v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05149245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ASO Author Reflections: PIPAC Nozzles and Therapeutic Impact: Lessons from the NOMOS Study</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Feasibility of Pressurized Intraperitoneal Aerosol Chemotherapy (PIPAC) in a Rabbit Model of Peritoneal Metastases: PIPALIM Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Yardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Chaunavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Surgical Oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 32 (12), pp.9374-9375. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1245/s10434-025-18211-x⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 32 (8), pp.6050-6057. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1245/s10434-025-17251-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05460634v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05149252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ASO Author Reflections: Animal Models for Pressurized Intraperitoneal Aerosol Chemotherapy (PIPAC) Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdelkader Taibi</w:t>
+                <w:t xml:space="preserve">Rosuvastatin for intracranial aneurysms treated with flow diverters: preclinical study in rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Diana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Laure Perrin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valentin David</w:t>
+                <w:t xml:space="preserve">Géraud Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Laure Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Yardin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvaine Durand Fontanier</w:t>
+                <w:t xml:space="preserve">Maxime Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Surgical Oncology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 32 (8), pp.6100-6101. </w:t>
+              <w:t xml:space="preserve">Journal of Neurointerventional Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 46 (9), pp.jnis-2025-024237. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1245/s10434-025-17378-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/jnis-2025-024237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05149245v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05460578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of HyaRegen gel on tumour proliferation of colorectal peritoneal metastases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bassetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Durand Fontanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Yardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1027,103 +1027,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preclinical in vitro and in vivo results of the new silk vista flow diverter with P8RI coating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Cortese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraud Forestier</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurointerventional Surgery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 16 (3), pp.jnis-2024-021694. </w:t>
@@ -1563,90 +1563,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of arterial wall integration of different flow diverters in rabbits: The CICAFLOW study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Cortese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Janot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1710,90 +1710,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fucoidan-coated coils improve healing in a rabbit elastase aneurysm model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoltán Szatmáry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Janot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Cortese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurointerventional Surgery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
@@ -1825,295 +1825,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04184254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WEB shape modifications: angiography–histopathology correlations in rabbits</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kevin Janot</w:t>
+                <w:t xml:space="preserve">Developing a core set of patient-reported outcomes and patient-reported experience measures for peritoneal surface malignancies (COMETE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkader Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégoire Boulouis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Géraud Forestier</w:t>
+                <w:t xml:space="preserve">Olivia Sgarbura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fouzi Bala</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Cortese</w:t>
+                <w:t xml:space="preserve">Laurent Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Eveno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Pocard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurointerventional Surgery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/jnis-2023-020193⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 110 (9), pp.1087-1091. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bjs/znad071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04412992v1</w:t>
+                <w:t xml:space="preserve">hal-04412830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing a core set of patient-reported outcomes and patient-reported experience measures for peritoneal surface malignancies (COMETE)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Villeneuve</w:t>
+                <w:t xml:space="preserve">WEB shape modifications: angiography–histopathology correlations in rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Janot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clarisse Eveno</w:t>
+                <w:t xml:space="preserve">Grégoire Boulouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Pocard</w:t>
+                <w:t xml:space="preserve">Fouzi Bala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Cortese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Surgery</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 110 (9), pp.1087-1091. </w:t>
+              <w:t xml:space="preserve">Journal of Neurointerventional Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.jnis-2023-020193. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/bjs/znad071⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/jnis-2023-020193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04412830v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04412992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel histological occlusion classification for coiled aneurysms based on multiphoton microscopy</w:t>
               </w:r>
@@ -2233,103 +2233,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of 5-Fluoro-Uracile + Oxaliplatin chemotherapy on the histological response of PEritoneal and hePatIc corectal metasTases in a mOuse model: PEPITO experimental study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Yardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Durand Fontanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Taibi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EJSO - European Journal of Surgical Oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 49 (3), pp.619-625. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2357,1095 +2357,1095 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04523013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ASO Visual Abstract: Feasibility and Safety of Oxaliplatin-Based Pressurized Intraperitoneal Aerosol Chemotherapy with or Without Intraoperative Intravenous 5-Fluorouracil and Leucovorin for Colorectal Peritoneal Metastases: A Multicenter Comparative Cohort Study</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Predictive value of C-reactive protein levels for the early and later detection of postoperative complications after cytoreductive surgery and HIPEC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Hübner</w:t>
+                <w:t xml:space="preserve">Alexia Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvia M Bardet</w:t>
+                <w:t xml:space="preserve">Sylvia Bardet M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed Alyami</w:t>
+                <w:t xml:space="preserve">Emilie Auditeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Durand Fontanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Surgical Oncology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 29 (8), pp.5254-5255. </w:t>
+              <w:t xml:space="preserve">Frontiers in Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1245/s10434-022-11675-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fonc.2022.943522⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04413344v1</w:t>
+                <w:t xml:space="preserve">hal-04540218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive value of C-reactive protein levels for the early and later detection of postoperative complications after cytoreductive surgery and HIPEC</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Feasibility and Safety of Oxaliplatin-Based Pressurized Intraperitoneal Aerosol Chemotherapy With or Without Intraoperative Intravenous 5-Fluorouracil and Leucovorin for Colorectal Peritoneal Metastases: A Multicenter Comparative Cohort Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkader Taibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Sgarbura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexia Roux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valentin David</w:t>
+                <w:t xml:space="preserve">Martin Hübner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvia Bardet M</w:t>
+                <w:t xml:space="preserve">Sylvia M Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Auditeau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvaine Durand Fontanier</w:t>
+                <w:t xml:space="preserve">Mohammed Alyami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Oncology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12, </w:t>
+              <w:t xml:space="preserve">Annals of Surgical Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29 (8), pp.5243-5251. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fonc.2022.943522⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1245/s10434-022-11577-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04540218v1</w:t>
+                <w:t xml:space="preserve">hal-04413348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feasibility and Safety of Oxaliplatin-Based Pressurized Intraperitoneal Aerosol Chemotherapy With or Without Intraoperative Intravenous 5-Fluorouracil and Leucovorin for Colorectal Peritoneal Metastases: A Multicenter Comparative Cohort Study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">ASO Visual Abstract: Feasibility and Safety of Oxaliplatin-Based Pressurized Intraperitoneal Aerosol Chemotherapy with or Without Intraoperative Intravenous 5-Fluorouracil and Leucovorin for Colorectal Peritoneal Metastases: A Multicenter Comparative Cohort Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Sgarbura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Hübner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Alyami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Surgical Oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 29 (8), pp.5243-5251. </w:t>
+              <w:t xml:space="preserve">, 2022, 29 (8), pp.5254-5255. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1245/s10434-022-11577-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1245/s10434-022-11675-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04413348v1</w:t>
+                <w:t xml:space="preserve">hal-04413344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CD31 Mimetic Coating Enhances Flow Diverting Stent Integration into the Arterial Wall Promoting Aneurysm Healing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">10 ns PEFs induce a histological response linked to cell death and cytotoxic T-lymphocytes in an immunocompetent mouse model of peritoneal metastasis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Rasser</w:t>
+                <w:t xml:space="preserve">A. Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Even</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvia Bardet</w:t>
+                <w:t xml:space="preserve">M.-L. Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Choqueux</w:t>
+                <w:t xml:space="preserve">J. Albouys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Yardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stroke</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/STROKEAHA.120.030624⟩</w:t>
+              <w:t xml:space="preserve">Clinical and Translational Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (6), pp.1220-1237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12094-020-02525-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04449203v1</w:t>
+                <w:t xml:space="preserve">hal-04449233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of megawatt soliton at 1680 nm in very large mode area antiresonant fiber and application to three-photon microscopy</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multiphoton microscopy for pre-clinical evaluation of flow-diverter stents for treating aneurysms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Cortese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I Tiliouine</w:t>
+                <w:t xml:space="preserve">Raphaël Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Granger</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Charbel Mounayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Rouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Optics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/2040-8986/ac26cf⟩</w:t>
+              <w:t xml:space="preserve">Journal de Neuroradiologie / Journal of Neuroradiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurad.2020.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03769259v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03010851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">10 ns PEFs induce a histological response linked to cell death and cytotoxic T-lymphocytes in an immunocompetent mouse model of peritoneal metastasis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bioactive refinement for endosaccular treatment of intracranial aneurysms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-L. Perrin</w:t>
+                <w:t xml:space="preserve">Zoltan Szatmary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Janot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Cortese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Albouys</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Yardin</w:t>
+                <w:t xml:space="preserve">Claude Couquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical and Translational Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12094-020-02525-1⟩</w:t>
+              <w:t xml:space="preserve">The Neuroradiology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34 (6), pp.534-541. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/19714009211024631⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04449233v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04449118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiphoton microscopy for pre-clinical evaluation of flow-diverter stents for treating aneurysms</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">CD31 Mimetic Coating Enhances Flow Diverting Stent Integration into the Arterial Wall Promoting Aneurysm Healing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Cortese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Rasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Blanc</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christine Choqueux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Neuroradiologie / Journal of Neuroradiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurad.2020.03.005⟩</w:t>
+              <w:t xml:space="preserve">Stroke</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 52 (2), pp.677-686. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/STROKEAHA.120.030624⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03010851v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04449203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioactive refinement for endosaccular treatment of intracranial aneurysms</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Generation of megawatt soliton at 1680 nm in very large mode area antiresonant fiber and application to three-photon microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Delahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C-H Hage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zoltan Szatmary</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Cortese</w:t>
+                <w:t xml:space="preserve">I Tiliouine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Couquet</w:t>
+                <w:t xml:space="preserve">G Granger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Neuroradiology Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 34 (6), pp.534-541. </w:t>
+              <w:t xml:space="preserve">Journal of Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (11), pp.115504. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/19714009211024631⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/2040-8986/ac26cf⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04449118v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03769259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Cellulose Nanofibrils and Cellulose Microparticles Impact Paper Strength – A Visualization Approach</w:t>
               </w:r>
@@ -3565,77 +3565,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Managing chemotherapy extravasation in totally implantable central venous access: Use of subcutaneous wash-out technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Bardet M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Durand Fontanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Deluche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3872,51 +3872,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Brevier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3961,429 +3961,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05462387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long‐term survival after surgery of pancreatic primary squamous cell carcinoma: A case report and literature review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Comparison of implantation sites for the development of peritoneal metastasis in a colorectal cancer mouse model using non-invasive bioluminescence imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Albouys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Yardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Case Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ccr3.2429⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14 (7), pp.e0220360. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0220360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359124v1</w:t>
+                <w:t xml:space="preserve">hal-02359123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A readily usable two‐photon fluorescence lifetime microendoscope</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabert Marc</w:t>
+                <w:t xml:space="preserve">Long‐term survival after surgery of pancreatic primary squamous cell carcinoma: A case report and literature review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkader Taibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Durand Fontanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Charissoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Brevier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biophotonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jbio.201800276⟩</w:t>
+              <w:t xml:space="preserve">Clinical Case Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ccr3.2429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02114968v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02359124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of implantation sites for the development of peritoneal metastasis in a colorectal cancer mouse model using non-invasive bioluminescence imaging</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Catherine Yardin</w:t>
+                <w:t xml:space="preserve">A readily usable two‐photon fluorescence lifetime microendoscope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles‐henri Hage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabert Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Brevier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0220360⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (5), pp.e201800276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jbio.201800276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359123v1</w:t>
+                <w:t xml:space="preserve">hal-02114968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localization of cellulosic fines in paper via fluorescent labeling</w:t>
               </w:r>
@@ -4627,295 +4627,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01888008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma membrane depolarization and permeabilization due to electric pulses in cell lines of different excitability</w:t>
+                <w:t xml:space="preserve">Delivery devices for exposure of biological cells to nanosecond pulsed electric fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Janja Dermol-Černe</w:t>
+                <w:t xml:space="preserve">Malak Soueid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damijan Miklavčič</w:t>
+                <w:t xml:space="preserve">Martinus Dobbelaar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matej Reberšek</w:t>
+                <w:t xml:space="preserve">Sabrina Bentouati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primož Mekuč</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+                <w:t xml:space="preserve">Rodney O’connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioelectrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 122, pp.103 - 114. </w:t>
+              <w:t xml:space="preserve">Medical and Biological Engineering and Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 56 (1), pp.85-97. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bioelechem.2018.03.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11517-017-1676-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01889248v1</w:t>
+                <w:t xml:space="preserve">hal-02373112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delivery devices for exposure of biological cells to nanosecond pulsed electric fields</w:t>
+                <w:t xml:space="preserve">Plasma membrane depolarization and permeabilization due to electric pulses in cell lines of different excitability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malak Soueid</w:t>
+                <w:t xml:space="preserve">Janja Dermol-Černe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martinus Dobbelaar</w:t>
+                <w:t xml:space="preserve">Damijan Miklavčič</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Bentouati</w:t>
+                <w:t xml:space="preserve">Matej Reberšek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Primož Mekuč</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rodney O’connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical and Biological Engineering and Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 56 (1), pp.85-97. </w:t>
+              <w:t xml:space="preserve">Bioelectrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 122, pp.103 - 114. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11517-017-1676-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bioelechem.2018.03.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02373112v1</w:t>
+                <w:t xml:space="preserve">hal-01889248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-photon microscopy with a frequency-doubled fully fusion-spliced fiber laser at 1840 nm</w:t>
               </w:r>
@@ -5705,51 +5705,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electromagnetic analysis of an aperture modified TEM cell including an ITO layer for real-time observation of biological cells exposed to microwaves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malak Soueid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Kohler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6113,278 +6113,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01082217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Pretectal Genoarchitectonic Pattern between Quail and Chicken Embryos.</w:t>
+                <w:t xml:space="preserve">Topography of Somatostatin Gene Expression Relative to Molecular Progenitor Domains during Ontogeny of the Mouse Hypothalamus.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P Merchán</w:t>
+                <w:t xml:space="preserve">N Morales-Delgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Merchan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jl Ferrán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Puelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Neuroanatomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 5 (5), pp.5-23. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnana.2011.00023⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 5, pp.5-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnana.2011.00010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01082215v1</w:t>
+                <w:t xml:space="preserve">hal-01082213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topography of Somatostatin Gene Expression Relative to Molecular Progenitor Domains during Ontogeny of the Mouse Hypothalamus.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of Pretectal Genoarchitectonic Pattern between Quail and Chicken Embryos.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P Merchan</w:t>
+                <w:t xml:space="preserve">P Merchán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Puelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jl Ferrán</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jl. Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Neuroanatomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 5, pp.5-10. </w:t>
+              <w:t xml:space="preserve">, 2011, 5 (5), pp.5-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnana.2011.00010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnana.2011.00023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01082213v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01082215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Testosterone recruits new aromatase-imunoreactive cells in neonatal quail brain.</w:t>
               </w:r>
@@ -7130,936 +7130,936 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01082203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (36)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (45)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the therapeutic efficacy of PIPAC Oxaliplatin versus PIPAC Cisplatin-Doxorubicin: experimental study in rabbit model with gastric peritoneal metastases</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Is pressurized intraperitoneal aerosol chemotherapy (PIPAC) feasible in a rabbit model of gastric peritoneal metastases?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Aymeric Rouchaud</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Brandy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Yardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Durand-Fontanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PSOGI - ISSPP 2024</w:t>
+              <w:t xml:space="preserve">PSOGI-ISSPP 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Lyon, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04717985v1</w:t>
+                <w:t xml:space="preserve">hal-04717930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is pressurized intraperitoneal aerosol chemotherapy (PIPAC) feasible in a rabbit model of gastric peritoneal metastases?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of HyaRegen® Gel on tumour proliferation of colorectal peritoneal metastases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bassetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Durand-Fontanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Yardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sylvaine Durand-Fontanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PSOGI-ISSPP 2024</w:t>
+              <w:t xml:space="preserve">Psogi-isspp 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Lyon, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04717930v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04717900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of HyaRegen® Gel on tumour proliferation of colorectal peritoneal metastases</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Comparison of the therapeutic efficacy of PIPAC Oxaliplatin versus PIPAC Cisplatin-Doxorubicin: experimental study in rabbit model with gastric peritoneal metastases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkader Taibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Yardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Rouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psogi-isspp 2024</w:t>
+              <w:t xml:space="preserve">PSOGI - ISSPP 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Lyon, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04717900v1</w:t>
+                <w:t xml:space="preserve">hal-04717985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergistic cell death effect of 10 ns PEFs and low-concentration gemcitabine on pancreatic cancer in vitro</w:t>
+                <w:t xml:space="preserve">Development of flexible organic microelectrodes for the detection and treatment of brain cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Albouys</w:t>
+                <w:t xml:space="preserve">M Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ml Perrin</w:t>
+                <w:t xml:space="preserve">D O’connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Taibi</w:t>
+                <w:t xml:space="preserve">G Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Yardin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J Jacques</w:t>
+                <w:t xml:space="preserve">D Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd World Congress on Electroporation and Pulsed Electric Fields in Biology, Medicine and Food &amp; Environmental Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, TOULOUSE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03032242v1</w:t>
+                <w:t xml:space="preserve">hal-03032396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A syngeneic orthotopic graft murine model for studying nsPEF effects on peritoneal carcinomatosis tumors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ml Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Albouys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Yardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Durand-Fontanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd World Congress on Electroporation and Pulsed Electric Fields in Biology, Medicine and Food &amp; Environmental Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, TOULOUSE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03032390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">nsPEF dramatically affects peritoneal carcinomatosis tumors in a syngeneic orthotopic graft murine model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Albouys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Yardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Durand-Fontanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIOEM 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, MONTPELLIER, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03032230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of flexible organic microelectrodes for the detection and treatment of brain cancer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D O’connor</w:t>
+                <w:t xml:space="preserve">Synergistic cell death effect of 10 ns PEFs and low-concentration gemcitabine on pancreatic cancer in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Albouys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ml Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Dijk</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+                <w:t xml:space="preserve">C Yardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Moreau</w:t>
+                <w:t xml:space="preserve">J Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd World Congress on Electroporation and Pulsed Electric Fields in Biology, Medicine and Food &amp; Environmental Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, TOULOUSE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03032396v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential of autofluorescent intracellular NADH and FAD to be used as biomarkers of the vulnerability of the atheromatous plaques</w:t>
               </w:r>
@@ -8265,103 +8265,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of non linear optical imaging as a tool for biomedical studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Rouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Cortese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MIFOBIO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, SEIGNOSSE, France</w:t>
@@ -8390,90 +8390,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of experimental mouse models of colorectal peritoneal carcinomatosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M-L Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Yardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Durand Fontanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8511,103 +8511,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generation of a syngeneic orthotopic graft murine model of peritoneal carcinomatosis for studying in vivo nsPEF anticancerous effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynn Carr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Yardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Durand-Fontanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioEM2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Portoroz, Slovenia. 2018</w:t>
@@ -8636,51 +8636,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanosecond pulses electric field (nsPEF) treatment for peritoneal metastases from colorectal cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M-L Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9005,2935 +9005,4064 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01844579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neurostimulation with nanosecond pulsed electric fields: A combined electrophysiology and multiphoton imaging approach in intact ganglia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sergii Romanenko</w:t>
+                <w:t xml:space="preserve">Calcium-independent disruption of microtubule growth following nanosecond pulsed electric field exposure in U87 human glioblastoma cells”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynn Carr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malak Soueid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delia Arnaud-Cormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioEM2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Asilomar Conference center, United States. BioEM2015_AbstractBook</w:t>
+              <w:t xml:space="preserve">1er workshop "Cancer et Technologies pour la santé"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, TOULOUSE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02455824v1</w:t>
+                <w:t xml:space="preserve">hal-02466689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcium-independent disruption of microtubule growth following nanosecond pulsed electric field exposure in U87 human glioblastoma cells”</w:t>
+                <w:t xml:space="preserve">Calcium-independent disruption of microtubule growth following nanosecond pulsed electric field exposure in U87 human glioblastoma cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynn Carr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malak Soueid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delia Arnaud-Cormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er workshop "Cancer et Technologies pour la santé"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, TOULOUSE, France</w:t>
+              <w:t xml:space="preserve">BioEM2015, Joint Meeting of the BioElectroMagnetics Society and the European BioElectromagnetics Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Pacific Grove, CA, United States. BioEM2015, Joint Meeting of the BioElectroMagnetics Society and the European BioElectromagnetics Association</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02466689v1</w:t>
+                <w:t xml:space="preserve">hal-01336787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcium-independent disruption of microtubule growth following nanosecond pulsed electric field exposure in U87 human glioblastoma cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lynn Carr</w:t>
+                <w:t xml:space="preserve">Increase of fucosylation during bovine fetal development contributes to myofibers organization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie M. Malhouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Duprat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lévêque</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Grassot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioEM2015, Joint Meeting of the BioElectroMagnetics Society and the European BioElectromagnetics Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Pacific Grove, CA, United States. BioEM2015, Joint Meeting of the BioElectroMagnetics Society and the European BioElectromagnetics Association</w:t>
+              <w:t xml:space="preserve">11th Jenner glycobiology and medicine symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01336787v1</w:t>
+                <w:t xml:space="preserve">hal-02114998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increase of fucosylation during bovine fetal development contributes to myofibers organization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Duprat</w:t>
+                <w:t xml:space="preserve">Neurostimulation with nanosecond pulsed electric fields: A combined electrophysiology and multiphoton imaging approach in intact ganglia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergii Romanenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delia Arnaud-Cormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodney P O'Connor</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th Jenner glycobiology and medicine symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, PARIS, France</w:t>
+              <w:t xml:space="preserve">BioEM2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Asilomar Conference center, United States. BioEM2015_AbstractBook</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02114998v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mouse/chick revised model of dorsoventral organization of the secondary prosencephalon in the developing embryo based on molecular marker patterns</w:t>
+                <w:t xml:space="preserve">Imagerie multiphotonique en temps réel de l’ablation in vivo de la vascularisation tumorale après traitement par des champs électromagnétiques pulsés nanosecondes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynn Carr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jose Luis Ferran</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Margaret Martinez-De-La-Torre</w:t>
+                <w:t xml:space="preserve">Sophie Kholer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malak Soueid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de printemps de la société belge de biologie cellulaire et de développement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Leuven, Belgium</w:t>
+              <w:t xml:space="preserve">Journée de la section Rayonnements Non Ionisants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, LIMOGES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04435478v1</w:t>
+                <w:t xml:space="preserve">hal-05564349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extended neural proliferation in the embryonic medial preoptic nucleus in female quail</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nuevas aportaciones sobre la organización prosomerica en lampreas.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel A Pombal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mercedes Megias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jacques Balthazart</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Puelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13TH ANNUAL MEETING OF THE SBN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, EAST LANSING, United States</w:t>
+              <w:t xml:space="preserve">13ème congrès de la société espagnole de neuroscience (Tarragona, Espagne) – 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, TARRAGONA, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04441134v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sexually dimorphic neuronal populations in the embryonic medial preoptic nucleus in japanese quail</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId311" w:history="1">
+                <w:t xml:space="preserve">Extended neural proliferation in the embryonic medial preoptic nucleus in female quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jared Woods</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Balthazart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème congrès de la Société des neurosciences belge</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Liège (Belgique), Belgium</w:t>
+              <w:t xml:space="preserve">13TH ANNUAL MEETING OF THE SBN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, EAST LANSING, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04441091v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04441134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markers characterizing the sexually dimorphic medial preoptic nucleus in developing Japanese quail.</w:t>
+                <w:t xml:space="preserve">A mouse/chick revised model of dorsoventral organization of the secondary prosencephalon in the developing embryo based on molecular marker patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte A Cornil</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jose Luis Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Sanchez-Arrones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Eugenio Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaret Martinez-De-La-Torre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème congrès de la Société des neurosciences belge</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, LIEGE, Belgium</w:t>
+              <w:t xml:space="preserve">Congrès de printemps de la société belge de biologie cellulaire et de développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Leuven, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04441086v1</w:t>
+                <w:t xml:space="preserve">hal-04435478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the sexually dimorphic distribution of somatostatin mRNA in the preoptic region of the developping quail</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sexually dimorphic neuronal populations in the embryonic medial preoptic nucleus in japanese quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jared Woods</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Balthazart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Annual Society for Behavioral Neuroendocrinology Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Gröningen, Netherlands. 2008</w:t>
+              <w:t xml:space="preserve">8ème congrès de la Société des neurosciences belge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Liège (Belgique), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04414022v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04441091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In search of cellular markers for sexually dimorphic neuronal populations in the quail medial preoptic.</w:t>
+                <w:t xml:space="preserve">Markers characterizing the sexually dimorphic medial preoptic nucleus in developing Japanese quail.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte A Cornil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Balthazart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38th Society for Neuroscience Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, washington, United States</w:t>
+              <w:t xml:space="preserve">8ème congrès de la Société des neurosciences belge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, LIEGE, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04435457v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04441086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular characterisation of the developing chick paraventricular nucleus : Otp, Sim1, Sim2, Npn2, Dlx5 and Nkx2.2</w:t>
+                <w:t xml:space="preserve">Analysis of the sexually dimorphic distribution of somatostatin mRNA in the preoptic region of the developping quail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Luis Puelles</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Balthazart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Chick Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Barcelona (ES), Spain</w:t>
+              <w:t xml:space="preserve">12th Annual Society for Behavioral Neuroendocrinology Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Gröningen, Netherlands. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04413805v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04414022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular characterisation of the developing chick paraventricular nucleus : Otp, Sim1, Sim2, Npn2, Dlx5 and Nkx2.2</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conserved early pretectal gene patterns between chick and mouse support field homologies and a canalized Bauplan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Luis Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Sánchez-Arrones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Eugenio Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paloma Merchán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème Colloque de la société française des neurosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Montpellier, France</w:t>
+              <w:t xml:space="preserve">2ème congrès de la Société Européenne de Biologie Développementale Evolutive (Ghent, Belgique) – 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04413809v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conservative pattern of OTP positive cells in the hypothalamic paraventricular nucleus of tetrapods</w:t>
+                <w:t xml:space="preserve">In search of cellular markers for sexually dimorphic neuronal populations in the quail medial preoptic.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Luis Puelles</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Balthazart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th European Conference on Comparative Neurobiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Paris, France. Evolution and the Generation of Novelties in the Nervous System Proceedings, 2008</w:t>
+              <w:t xml:space="preserve">38th Society for Neuroscience Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04413846v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04435457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histogenetic molecular subdivisions of the developing chick hypothalamus, characterized according to the prosomeric longitudinal axis.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chick diencephalic prosomeric boundaries can be traced across the basal plate with gene markers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Luis Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Sánchez-Arrones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Eugenio Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paloma Merchán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quinto congreso SEBD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, ALICANTE, Spain</w:t>
+              <w:t xml:space="preserve">6ème forum européen de neuroscience (Genève, Suisse) – 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Geneve, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04413502v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histogenetic molecular subdivisions of the developing chick hypothalamus, characterized according to the prosomeric longitudinal axis.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Early chicken thalamic regionalization based on gene expression patterns.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Luis Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matías Hidalgo-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Sánchez-Arrones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Eugenio Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5TH FENS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, VIENNA, Austria</w:t>
+              <w:t xml:space="preserve">12ème congrès de la société espagnole de neuroscience (Valence, Espagne) – 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04413497v1</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrón de expresión de Sonic Hedgehog en la placa alar del prosencéfalo secundario de Pollo.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Early diencephalic chicken gene expression patterns suggest a thalamic regionalization model.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Luis Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matías Hidalgo-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Sánchez-Arrones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Eugenio Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5 congreso de la SEBD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Alicante (SPAIN), Spain</w:t>
+              <w:t xml:space="preserve">Symposium Book (Lisboa, Portugal) – 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04413506v1</w:t>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The avian lateroseptal and preoptic circumventricular organs are formed continuously along the molecular striatopallidal border</w:t>
+                <w:t xml:space="preserve">Molecular characterisation of the developing chick paraventricular nucleus : Otp, Sim1, Sim2, Npn2, Dlx5 and Nkx2.2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Puelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXII Congreso de la Sociedad Anatómica Española</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Murcia - Espagne, Spain</w:t>
+              <w:t xml:space="preserve">International Chick Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Barcelona (ES), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04413473v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04413805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The avian lateroseptal and preoptic circumventricular organs are formed continuously along the molecular striatopallidal border</w:t>
+                <w:t xml:space="preserve">Molecular characterisation of the developing chick paraventricular nucleus : Otp, Sim1, Sim2, Npn2, Dlx5 and Nkx2.2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Puelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">64th Annual Meeting of the Society for Developmental Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, San Francicco, United States</w:t>
+              <w:t xml:space="preserve">8ème Colloque de la société française des neurosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04413450v1</w:t>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04413809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topologic analysis of the Orthopedia positive paraventricular nucleus primordium relative to the forebrain alar-basal boundary</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A model of pretectal regionalization based on gene expression patterns compared between chicken and mouse embryos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Luis Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Sánchez-Arrones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Eugenio Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaret Martínez-De-La-Torre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourth meeting of the Spanish Developmental Biology Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, SANTANDER, Spain</w:t>
+              <w:t xml:space="preserve">Symposium du développement du cerveau (Londres, Angleterre) – 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, LONDRES, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04413418v1</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonic hedgehog expression and dorsoventral markers in the chicken rostral forebrain</w:t>
+                <w:t xml:space="preserve">Conservative pattern of OTP positive cells in the hypothalamic paraventricular nucleus of tetrapods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaret Martinez-De-La-Torre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Glenn Northcutt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Puelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium Fondation Juan March “Interpreting Hedgehog-Gli signalling”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, MADRID, Spain</w:t>
+              <w:t xml:space="preserve">5th European Conference on Comparative Neurobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Paris, France. Evolution and the Generation of Novelties in the Nervous System Proceedings, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04413441v1</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04413846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Early pretectal gene expression pattern shows a conserved anteroposterior tripartition in mouse and chicken.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jl Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Sánchez-Arrones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Je Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Martínez-De-La-Torre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5ème conférence européenne de neurobiologie comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, PARIS, France. 75 (2-4), pp.295-298, 2007, Evolution and the Generation of Novelties in the Nervous System Proceedings. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.brainresbull.2007.10.039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histogenetic molecular subdivisions of the developing chick hypothalamus, characterized according to the prosomeric longitudinal axis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Puelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quinto congreso SEBD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, ALICANTE, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04413502v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chemo- and gene-architectonic subdivisions in the avian classical archistriatum (amygdala)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Puelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Eugenio Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonia Alonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Luis Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">36ème congrès de la société américaine de neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, ATLANTA, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histogenetic molecular subdivisions of the developing chick hypothalamus, characterized according to the prosomeric longitudinal axis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Puelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5TH FENS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, VIENNA, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04413497v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrón de expresión de Sonic Hedgehog en la placa alar del prosencéfalo secundario de Pollo.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Sanchez-Arrones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loreta Medina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Luis Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 congreso de la SEBD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Alicante (SPAIN), Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04413506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The avian lateroseptal and preoptic circumventricular organs are formed continuously along the molecular striatopallidal border</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inmaculada Cobos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Puelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaret Martinez-De-La-Torre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Puelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">64th Annual Meeting of the Society for Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, San Francicco, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04413450v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The avian lateroseptal and preoptic circumventricular organs are formed continuously along the molecular striatopallidal border</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inmaculada Cobos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Puelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaret Martinez-De-La-Torre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Puelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXII Congreso de la Sociedad Anatómica Española</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Murcia - Espagne, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04413473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonic hedgehog expression and dorsoventral markers in the chicken rostral forebrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Luis Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Puelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Puelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium Fondation Juan March “Interpreting Hedgehog-Gli signalling”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, MADRID, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04413441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Topologic analysis of the Orthopedia positive paraventricular nucleus primordium relative to the forebrain alar-basal boundary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Puelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème forum européen de neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, LISBONNE, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04413429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Topologic analysis of the Orthopedia positive paraventricular nucleus primordium relative to the forebrain alar-basal boundary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Puelles Luis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fourth meeting of the Spanish Developmental Biology Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, SANTANDER, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04413418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cicaflow étude animale sur l'endothélialisation des stents à diversion de flux: analyse histologique, en tomographie par cohérence optique, et angiographique chez le lapin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Rouchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Cortese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faraj Terro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50ème congrès de la société française de neuroradiologie SFNR (Paris)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Neuroradiologie / Journal of Neuroradiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 50 (2), pp.108-109, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neurad.2023.01.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04413393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intracranial Aneurysm Treatment by New Bioactive Endoprosthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Szatmary Zoltan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Chaubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janot Kevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAIRS 2023 Annual Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1055/s-0043-1763456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04413400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O04/35 Comparison of arterial wall integration of different flow diverters in rabbits : the cicaflow study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Cortese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Janot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15TH Congress of the European Society of Minimally Invasive Neurological Therapy 2023 Abstracts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, BMJ Publishing Group Ltd., pp.A2.1-A2, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/jnis-2023-ESMINT.4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04413408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flow-diverter biological improvement with CD31 biomimetic: preclinical experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Cortese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Rasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Choqueux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SNIS 16TH ANNUAL MEETING</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, BMJ Publishing Group Ltd., pp.A9-A10, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/neurintsurg-2019-SNIS.13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04413151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traitement de la carcinose péritonéale colique par ondes électriques pulsées nanosecondes : étude expérimentale sur modèle murin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.T. Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.L. Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.C. Carr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.Y. Yardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.D.F. Durand Fontanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">120e Congrès Français de Chirurgie, Paris 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Chirurgie Viscérale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 155, pp.S65, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jchirv.2018.07.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04413128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Super-resolution microscopy reveals microtubule buckling and breaking following nanosecond pulsed electric field exposure in U87 human glioblastoma cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynn Carr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malak Soueid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delia Arnaud-Cormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11952,1348 +13081,1348 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioEM2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, GHENT, Belgium. , 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02469406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (23)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (25)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cicatrisation des anévrismes par coils fucoidanés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoltan Szatmary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Janot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Deniau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50ème congrès de la société française de neuroradiologie SFNR (Paris)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Paris, France. pp.113, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neurad.2023.01.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04413378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séminaire : Apport de la microscopie électronique à l’étude de la colonisation osseuse d’implants céramiques in vivo sur modèle murin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Flow-diverter biological optimization with CD 31 biomimetic : Preclinical experience in rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Cortese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Rasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Chantal Damia</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire dans le cadre des Journées SEMPA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Limoges, France</w:t>
+              <w:t xml:space="preserve">WLNC 2019 World Live Neurovascular Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, BARCELONE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02419473v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow-diverter biological optimization with CD 31 biomimetic : Preclinical experience in rabbits</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G Even</w:t>
+                <w:t xml:space="preserve">Séminaire : Apport de la microscopie électronique à l’étude de la colonisation osseuse d’implants céramiques in vivo sur modèle murin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Nouguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Pascaud-Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Damia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Magnaudeix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WLNC 2019 World Live Neurovascular Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, BARCELONE, France</w:t>
+              <w:t xml:space="preserve">Journées SEMPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03032215v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séminaire : Apport de la microscopie électronique à l’étude de la colonisation osseuse d’implants céramiques in vivo sur modèle murin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Nouguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Pascaud-Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Damia</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amandine Magnaudeix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées SEMPA</w:t>
+              <w:t xml:space="preserve">Séminaire dans le cadre des Journées SEMPA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02409738v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo multiphoton microscopy of bioceramic implant colonization and vascularization</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of in vitro calcium electroporation on mitochondrial membrane potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stine Frandsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan Burke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Arnaud-Cormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioceramics 29</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Toulouse, France</w:t>
+              <w:t xml:space="preserve">2nd World Congress on Electroporation and Pulsed Electric Fields in Biology, Medicine and Food &amp; Environmental Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Norfolk, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01894447v1</w:t>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02465549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of in vitro calcium electroporation on mitochondrial membrane potential</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">D. Arnaud-Cormos</w:t>
+                <w:t xml:space="preserve">Dosimetric characterizations of electromagnetic fields exposures for biomedical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delia Arnaud-Cormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodney Philip O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lévêque</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd World Congress on Electroporation and Pulsed Electric Fields in Biology, Medicine and Food &amp; Environmental Technologies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2017 11th European Conference on Antennas and Propagation (EUCAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Paris, France. pp.664-666, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EuCAP.2017.7928146⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02465549v1</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02465506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dosimetric characterizations of electromagnetic fields exposures for biomedical applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delia Arnaud-Cormos</w:t>
+                <w:t xml:space="preserve">Mesures de température dans des systèmes biologiques sous excitation infrarouge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodney Philip O'Connor</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lévêque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 11th European Conference on Antennas and Propagation (EUCAP)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JNOG 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Limoges, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02465506v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01583041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures de température dans des systèmes biologiques sous excitation infrarouge</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Novel molecular-based fluorescent nanoparticles for three-photon excited microscopy at 1700 nm (Conference Presentation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Henri Hage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Cadroas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Pagano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiano Mastrodonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNOG 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Limoges, France</w:t>
+              <w:t xml:space="preserve">Photonics West - BIOS - Reporters, Markers, Dyes, Nanoparticles, and Molecular Probes for Biomedical Applications IX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, San Francisco, United States. pp.13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01583041v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02103859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel molecular-based fluorescent nanoparticles for three-photon excited microscopy at 1700 nm (Conference Presentation)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christiano Mastrodonato</w:t>
+                <w:t xml:space="preserve">Cell Membrane Depolarization and Permeability of Three Cell Lines of Different Excitability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janja Dermol-Černe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damijan Miklavcic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matej Reberšek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Primož Mekuč</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photonics West - BIOS - Reporters, Markers, Dyes, Nanoparticles, and Molecular Probes for Biomedical Applications IX</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, San Francisco, United States. pp.13</w:t>
+              <w:t xml:space="preserve">BES2017, XXIV International Symposium on Bioelectrochemistry and Bioenergetics of the Bioelectrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02103859v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02465534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell Membrane Depolarization and Permeability of Three Cell Lines of Different Excitability</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Primož Mekuč</w:t>
+                <w:t xml:space="preserve">Non-invasive surface dielectric barrier discharges device for biological cells exposures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martinus Dobbelaar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bessières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Arnaud-Cormos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BES2017, XXIV International Symposium on Bioelectrochemistry and Bioenergetics of the Bioelectrochemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Lyon, France</w:t>
+              <w:t xml:space="preserve">WC2017, 2nd World Congress on Electroporation and Pulsed Electric Fields in Biology, Medicine and Food &amp; Environmental Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Norfolk, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02465534v1</w:t>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02465539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IMAGERIE MULTIPHOTONIQUE DE TISSUS MUSCULAIRES PAR SOURCE ULTRALARGE SPECTRE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13302,288 +14431,288 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodney Philip O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique V. Blanquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia L. Magnol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNOG 2017 Journées Nationales d’Optique Guidée 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01583036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-invasive surface dielectric barrier discharges device for biological cells exposures</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lévêque</w:t>
+                <w:t xml:space="preserve">In vivo multiphoton microscopy of bioceramic implant colonization and vascularization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Pascaud-Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Damia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WC2017, 2nd World Congress on Electroporation and Pulsed Electric Fields in Biology, Medicine and Food &amp; Environmental Technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Norfolk, United States</w:t>
+              <w:t xml:space="preserve">Bioceramics 29</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02465539v1</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01894447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Super-resolution microscopy reveals microtubule buckling and breaking following nanosecond pulsed electric field exposure in U87 human glioblastoma cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynn Carr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malak Soueid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delia Arnaud-Cormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13602,73 +14731,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioEM2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, BEMS - Bioelectromagnetics Society; EBEA - European BioElectromagnetics Association, Jun 2016, GHENT, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02115483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of scaffolds for bone tissue engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Pascaud-Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13727,73 +14856,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioceramics 28</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Charlotte, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01867710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studying the mechanism of neurostimulation by infrared laser light using GCaMP6s and Rhodamine B imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13835,73 +14964,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Clinical and Translational Neurophotonics; Neural Imaging and Sensing; and Optogenetics and Optical Manipulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2017, San Francisco, CA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01676332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neurostimulation with nanosecond pulsed electric fields: A combined electrophysiology and multiphoton imaging approach in intact ganglia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergii Romanenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13956,428 +15085,428 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIOEM 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, BEMS AND EBEAM, 2015, ASILOMAR, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02469315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Ondes, photons et cancer : vers de nouvelles thérapies ?”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Faculté des Sciences et Techniques aux côtés de la Ligue contre le Cancer.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, LIMOGES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02469252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo multiphoton microscopy shows that a single 10 nanosecond pulsed electric field is sufficient to disrupt vasculature in xenografted human glioblastoma spheroids</w:t>
+                <w:t xml:space="preserve">Disruption of xenografted human glioblastoma vasculature is provoked by a single 10 nanosecond pulsed electric field in vivo under multiphoton microscopy imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynn Carr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delia Arnaud-Cormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodney Philip O'Connor</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioEM2015, Joint Meeting of the BioElectroMagnetics Society and the European BioElectromagnetics Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, BEMS &amp; EBEA, Jun 2015, Pacific Grove, CA, United States</w:t>
+              <w:t xml:space="preserve">COST LEA EBAM Toulouse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IPBS Toulouse, Apr 2015, TOULOUSE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02469279v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02466642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disruption of xenografted human glioblastoma vasculature is provoked by a single 10 nanosecond pulsed electric field in vivo under multiphoton microscopy imaging</w:t>
+                <w:t xml:space="preserve">In vivo multiphoton microscopy shows that a single 10 nanosecond pulsed electric field is sufficient to disrupt vasculature in xenografted human glioblastoma spheroids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynn Carr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malak Soueid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delia Arnaud-Cormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COST LEA EBAM Toulouse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IPBS Toulouse, Apr 2015, TOULOUSE, France</w:t>
+              <w:t xml:space="preserve">BioEM2015, Joint Meeting of the BioElectroMagnetics Society and the European BioElectromagnetics Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, BEMS &amp; EBEA, Jun 2015, Pacific Grove, CA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02466642v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02469279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calcium-independent disruption of microtubule growth following nanosecond pulsed electric field exposure in U87 human glioblastoma cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynn Carr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malak Soueid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delia Arnaud-Cormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14396,113 +15525,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIOEM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, BEMS and EBEAM, 2015, Pacific Grove, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02469304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calcium-independent disruption of microtubule growth following nanosecond pulsed electric field exposure in U87 human glioblastoma cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynn Carr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malak Soueid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delia Arnaud-Cormos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14521,258 +15650,508 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EBTT WORKSHOP 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Ljubljana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02469230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet anti-tumoral des champs électriques pulsés nanoseconde sur les cellules du cancer du colon humain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Fredon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Bentouati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Durand-Fontanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique GEIST</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, LIMOGES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02469259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Caracterización genoarquitectónica y homología de campo en la región pretectal de pollos y ratones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Luis Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Eugenio Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paloma Merchán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Sánchez-Arrones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13ème congrès de la société espagnole de neuroscience – Club Jamón y Cajal (Tarragona, Espagne) – 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, société espagnole de neuroscience, 2009, Tarragona, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gene-architectonics and morphologic analysis of the pretectum: a comparative study in chick and mouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Puelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Luis Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Sánchez-Arrones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Eugenio Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8ème Colloque de la société française des neurosciences (Montpellier, France) – 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, société française des neurosciences, 2008, MONTPELLIER (FRANCE), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Estudio comparativo de la expresión del gen homeobox Orthopedia en el hipotálamo embrionario y adulto del pollo, el ratón y la rana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Puelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XI congreso de la sociedad espanola de neurociencia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, sociedad espanola de neurociencia, 2005, Malaga, Espagne, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04413492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14782,51 +16161,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studying the mechanism of neurostimulation by infrared laser light using GCaMP6s and Rhodamine B imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14869,70 +16248,70 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE BiOS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, San Francisco, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 9690 (96901M), 2016, Clinical and Translational Neurophotonics; Neural Imaging and Sensing; and Optogenetics and Optical Manipulation;, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.2211355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02469376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14942,160 +16321,160 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The hypothalamus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Puelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaret Martinez-De-La-Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia M. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L.R. Rubenstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Mouse Nervous System</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Academic press; Elsevier, Chapter 8, Pages 221-312,, 2012, 978-0-12-369497-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-369497-3.10008-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01082200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId402"/>
+      <w:footerReference w:type="default" r:id="rId422"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -15242,51 +16621,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460578v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Diana" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Forestier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chauvet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Perrin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Baudouin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnis-2025-024237" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149252v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Bardet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Perrin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin David" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Yardin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chaunavel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-025-17251-7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460606v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cortese" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnis-2025-024213" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460644v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Taibi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Usseglio" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Durand Fontanier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-025-18002-4" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460634v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-025-18211-x" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149245v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-025-17378-7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693831v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bassetti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia M. Bardet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0307965" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648358v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnis-2024-021694" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413405v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Janet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Albouys" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Napoleon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Jacques" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mathonnet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-023-13598-x" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927253v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-023-13466-8" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544123v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04277637v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Janot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurad.2023.08.005" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04184254v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n Szatm&#225;ry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Mounier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Janot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnis-2023-020596" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04412992v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Boulouis" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzi Bala" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnis-2023-020193" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04412830v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Sgarbura" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Villeneuve" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Eveno" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pocard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bjs/znad071" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04413033v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szatmary Zoltan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cortese Jonathan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounier Jeremy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrin Marie-Laure" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janot Kevin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/15910199231157926" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523013v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejso.2022.11.097" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413344v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin H&#252;bner" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia M Bardet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Alyami" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-022-11675-1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540218v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Roux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Bardet M" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Auditeau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fonc.2022.943522" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413348v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-022-11577-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449203v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Rasser" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Even" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Choqueux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/STROKEAHA.120.030624" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769259v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Delahaye" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C-H Hage" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Tiliouine" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Granger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8986/ac26cf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449233v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Taibi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Perrin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Albouys" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jacques" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Yardin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12094-020-02525-1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010851v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Blanc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Mounayer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Rouchaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurad.2020.03.005" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449118v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoltan Szatmary" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Couquet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19714009211024631" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031412v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Hobisch" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Zabler" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armin Zankel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiina Nypel&#246;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2020.117406" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448581v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Deluche" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Fredon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1129729820905174" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114970v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cortese" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rasser" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Even" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Choqueux" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurad.2019.01.060" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462387v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles&#8208;henri Hage" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leclerc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fabert" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brevier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbio.201800276" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359124v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Charissoux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ccr3.2429" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114968v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabert Marc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359123v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0220360" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359120v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bossu" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mandlez" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Spirk" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10570-019-02556-0" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888008v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Carr" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delia Arnaud-Cormos" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodney Philip O'Connor" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2017.09.003" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889248v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janja Dermol-&#268;erne" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damijan Miklav&#269;i&#269;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matej Reber&#353;ek" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Primo&#382; Meku&#269;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2018.03.011" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02373112v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malak Soueid" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martinus Dobbelaar" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Bentouati" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodney O&#8217;connor" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11517-017-1676-0" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102526v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Hage" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Thomas Gomes" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Bardet-Coste" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Granger" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jossent" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.43.005098" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656507v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moreau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lefort" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolien Pas" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbio.201700020" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889246v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Capitaine" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawell Ould-Moussa" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Louot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideaki Kano" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.9.000245" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887989v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Burke" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergii Romanenko" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2017.07.004" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452396v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn C Carr" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep41267" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452395v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn M Carr" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malak M Soueid" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep34443" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219647v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kohler" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIER14053108" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112042v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Laffleur" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Garot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Brousse" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Baylet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/gene.2014.25" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082217v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ciampolini" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cecchi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Spaterna" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bramante" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2012.02364.x" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z7H7V2MS-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082215v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Merch&#225;n" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Puelles" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl. Ferran" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnana.2011.00023" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082213v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Morales-Delgado" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Merchan" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Ferr&#225;n" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnana.2011.00010" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082211v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ca Cornil" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Balthazart" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/WNR.0b013e3283378edf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082209v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Ferran" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Sanchez-Arrones" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Puelles" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnana.2010.00028" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082206v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Pombal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meg&#237;as" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000229009" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082205v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L S&#225;nchez-Arrones" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Je Sandoval" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mart&#237;nez-De-La-Torre" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainresbull.2007.10.039" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1N5FV5PT-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082204v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Martinez-De-La-Torre" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rg Northcutt" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Rubenstein" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainresbull.2007.10.037" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q3V84LJ7-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082203v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Cobos" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Puelles" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.21121" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DRPTR18F-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717985v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717930v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Brandy" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Durand-Fontanier" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717900v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032242v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Albouys" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ml Perrin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Taibi" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Yardin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Jacques" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032390v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Durand-Fontanier" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032230v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Albouys" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032396v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lefevre" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D O&#8217;connor" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Dijk" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Moreau" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031538v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brevier" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ottones" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Clofent-Sanchez" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Laroche" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031490v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodney P O'Connor" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032188v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Jacques" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031572v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-L Perrin" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Durand Fontanier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031472v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031803v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lynn" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arnaud-Cormos" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01841914v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Nouguier" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Pascaud-Mathieu" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Damia" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. O'Connor" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Champion" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01844579v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chartier" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455824v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466689v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336787v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02114998v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Terrade" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie M. Malhouroux" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Duprat" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grassot" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435478v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Ferran" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Sanchez-Arrones" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Eugenio Sandoval" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Martinez-De-La-Torre" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04441134v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared Woods" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Balthazart" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04441091v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04441086v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte A Cornil" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414022v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435457v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413805v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Puelles" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413809v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413846v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Glenn Northcutt" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413502v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413497v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413506v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loreta Medina" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413473v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Cobos" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Puelles" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413450v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413418v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puelles Luis" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413441v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413429v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413393v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faraj Terro" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurad.2023.01.015" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413400v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chaubet" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0043-1763456" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413408v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnis-2023-ESMINT.4" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413151v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Cortese" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Rasser" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Even" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Choqueux" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/neurintsurg-2019-SNIS.13" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413128v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.T. Taibi" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Perrin" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.C. Carr" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.Y. Yardin" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.D.F. Durand Fontanier" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchirv.2018.07.031" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469406v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413378v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Mounier" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Deniau" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurad.2023.01.021" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02419473v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Nouguier" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Launay" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032215v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rouchaud" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02409738v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Magnaudeix" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01894447v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465549v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stine Frandsen" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465506v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP.2017.7928146" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01583041v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103859v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cadroas" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Daniel" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pagano" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiano Mastrodonato" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465534v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damijan Miklavcic" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01583036v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique V. Blanquet" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia L. Magnol" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465539v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bessi&#232;res" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115483v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01867710v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676332v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469315v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469252v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469279v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466642v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469304v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469230v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469259v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413492v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469376v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2211355" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082200v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L.R. Rubenstein" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-369497-3.10008-1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460644v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Taibi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Perrin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Yardin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Usseglio" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Durand Fontanier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-025-18002-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460606v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cortese" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Forestier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Bardet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Baudouin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chauvet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnis-2025-024213" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460634v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-025-18211-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149245v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin David" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-025-17378-7" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149252v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chaunavel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-025-17251-7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460578v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Diana" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Perrin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnis-2025-024237" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693831v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bassetti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia M. Bardet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0307965" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648358v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnis-2024-021694" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413405v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Janet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Albouys" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Napoleon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Jacques" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mathonnet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-023-13598-x" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927253v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-023-13466-8" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544123v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04277637v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Janot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurad.2023.08.005" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04184254v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n Szatm&#225;ry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Mounier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Janot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnis-2023-020596" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04412830v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Sgarbura" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Villeneuve" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Eveno" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pocard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bjs/znad071" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04412992v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Boulouis" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzi Bala" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnis-2023-020193" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04413033v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szatmary Zoltan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cortese Jonathan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounier Jeremy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrin Marie-Laure" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janot Kevin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/15910199231157926" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523013v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejso.2022.11.097" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540218v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Roux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Bardet M" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Auditeau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fonc.2022.943522" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413348v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin H&#252;bner" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia M Bardet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Alyami" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-022-11577-2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413344v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-022-11675-1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449233v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Taibi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Perrin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Albouys" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jacques" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Yardin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12094-020-02525-1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010851v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Blanc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Mounayer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Rouchaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurad.2020.03.005" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449118v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoltan Szatmary" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Couquet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19714009211024631" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449203v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Rasser" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Even" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Choqueux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/STROKEAHA.120.030624" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769259v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Delahaye" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C-H Hage" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Tiliouine" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Granger" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8986/ac26cf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031412v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Hobisch" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Zabler" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armin Zankel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiina Nypel&#246;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2020.117406" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448581v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Deluche" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Fredon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1129729820905174" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114970v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cortese" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rasser" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Even" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Choqueux" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurad.2019.01.060" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462387v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles&#8208;henri Hage" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leclerc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fabert" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brevier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbio.201800276" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359123v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0220360" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359124v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Charissoux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ccr3.2429" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114968v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabert Marc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359120v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bossu" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mandlez" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Spirk" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10570-019-02556-0" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888008v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Carr" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delia Arnaud-Cormos" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodney Philip O'Connor" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2017.09.003" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02373112v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malak Soueid" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martinus Dobbelaar" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Bentouati" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodney O&#8217;connor" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11517-017-1676-0" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889248v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janja Dermol-&#268;erne" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damijan Miklav&#269;i&#269;" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matej Reber&#353;ek" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Primo&#382; Meku&#269;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2018.03.011" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102526v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Hage" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Thomas Gomes" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Bardet-Coste" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Granger" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jossent" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.43.005098" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656507v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moreau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lefort" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolien Pas" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbio.201700020" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889246v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Capitaine" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawell Ould-Moussa" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Louot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideaki Kano" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.9.000245" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887989v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Burke" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergii Romanenko" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2017.07.004" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452396v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn C Carr" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep41267" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452395v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn M Carr" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malak M Soueid" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep34443" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219647v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kohler" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIER14053108" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112042v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Laffleur" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Garot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Brousse" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Baylet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/gene.2014.25" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082217v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ciampolini" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cecchi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Spaterna" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bramante" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2012.02364.x" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z7H7V2MS-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082213v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Morales-Delgado" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Merchan" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Ferr&#225;n" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Puelles" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnana.2011.00010" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082215v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Merch&#225;n" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl. Ferran" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnana.2011.00023" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082211v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ca Cornil" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Balthazart" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/WNR.0b013e3283378edf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082209v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Ferran" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Sanchez-Arrones" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Puelles" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnana.2010.00028" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082206v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Pombal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meg&#237;as" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000229009" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082205v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L S&#225;nchez-Arrones" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Je Sandoval" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mart&#237;nez-De-La-Torre" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainresbull.2007.10.039" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1N5FV5PT-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082204v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Martinez-De-La-Torre" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rg Northcutt" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Rubenstein" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainresbull.2007.10.037" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q3V84LJ7-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082203v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Cobos" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Puelles" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.21121" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DRPTR18F-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717930v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Brandy" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Durand-Fontanier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717900v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717985v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032396v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lefevre" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D O&#8217;connor" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Dijk" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Moreau" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032390v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Taibi" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ml Perrin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Albouys" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Durand-Fontanier" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032230v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Albouys" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032242v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Yardin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Jacques" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031538v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brevier" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ottones" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Clofent-Sanchez" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Laroche" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031490v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodney P O'Connor" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032188v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Jacques" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031572v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-L Perrin" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Durand Fontanier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031472v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031803v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lynn" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arnaud-Cormos" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01841914v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Nouguier" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Pascaud-Mathieu" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Damia" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. O'Connor" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Champion" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01844579v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chartier" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466689v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336787v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02114998v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Terrade" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie M. Malhouroux" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Duprat" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grassot" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455824v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564349v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kholer" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564436v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel A Pombal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Megias" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Puelles" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04441134v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared Woods" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Balthazart" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435478v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Ferran" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Sanchez-Arrones" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Eugenio Sandoval" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Martinez-De-La-Torre" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04441091v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04441086v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte A Cornil" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414022v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564432v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Ferran" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa S&#225;nchez-Arrones" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Merch&#225;n" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435457v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564428v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564420v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#237;as Hidalgo-S&#225;nchez" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564413v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413805v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413809v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564391v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Mart&#237;nez-De-La-Torre" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413846v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Glenn Northcutt" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564379v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413502v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564368v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Alonso" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413497v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413506v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loreta Medina" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413450v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Cobos" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Puelles" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413473v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413441v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413429v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413418v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puelles Luis" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413393v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faraj Terro" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurad.2023.01.015" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413400v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chaubet" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0043-1763456" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413408v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnis-2023-ESMINT.4" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413151v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Cortese" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Rasser" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Even" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Choqueux" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/neurintsurg-2019-SNIS.13" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413128v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.T. Taibi" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Perrin" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.C. Carr" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.Y. Yardin" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.D.F. Durand Fontanier" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchirv.2018.07.031" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469406v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413378v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Mounier" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Deniau" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurad.2023.01.021" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032215v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rouchaud" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02409738v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Launay" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Magnaudeix" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02419473v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Nouguier" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465549v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stine Frandsen" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465506v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP.2017.7928146" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01583041v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103859v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cadroas" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Daniel" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pagano" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiano Mastrodonato" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465534v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damijan Miklavcic" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465539v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bessi&#232;res" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01583036v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique V. Blanquet" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia L. Magnol" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01894447v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115483v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01867710v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676332v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469315v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469252v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466642v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469279v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469304v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469230v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469259v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564467v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564406v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413492v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469376v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2211355" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082200v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L.R. Rubenstein" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-369497-3.10008-1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>