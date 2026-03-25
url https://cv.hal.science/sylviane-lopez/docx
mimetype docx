--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sylviane Lopez </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Psychopédagogue  – Thérapeute certifiée à la méthode  (CPIM). Spécialisation HPI (réseau Alexalie) - Formatrice expert à l’ENSOSP. Valorisation du vécu professionnel - Analyse des facteurs organisationnels et humains en situation opérationnelle (FOH) - Situations dynamiques et complexes. </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sylviane-lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4776-0627</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">260204838</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">83164960148424022445</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Docteure ès Sciences de l'Éducation et de la Formation</w:t></w:r><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Praticienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Psychopédagogue – Formatrice experte – Spécialiste de l'analyse des vécus professionnels par l'analyse de l'activité des dynamiques attentionnelles</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approches mobilisées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Analyse de l'activité humaine – Cours d’action – Entretien d’explicitation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Affiliation académique</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNU Section</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : 70</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">UMR 7039 – Laboratoire EFTS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Toulouse Jean Jaurès</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thème 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Pratiques et acteurs – Transformations des acteurs et des pratiques en éducation et formation</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Titre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformation de l’activité d’apprenants de l’enseignement agricole en situation de presque accident : Une approche énactive</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Autres travaux</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Analyse de l’activité d’élèves internes de seconde générale pendant le travail personnel accompagné (étude du soir)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Analyse de l’activité d’élèves de l’enseignement professionnel agricole en stage, lors de situations d’accidents</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Autres affiliations et groupes de recherche</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENSOSP – CERISC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Centre d’Études et de Recherche Interdisciplinaires sur la Sécurité Civile</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">GREX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Groupe de Recherche sur l’Entretien d’Explicitation</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Participation aux </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Universités d’été 2023 et 2024</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Site associé : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Expliciter</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Communications scientifiques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Colloque : « L'horizon du savoir-relation : pour une éducation des liens » INSPE VERSAILLES : CPIM (Child-Parent Interregulatory Method), École et savoir-relation (Gabriela Lizette Perez Acevedo, Sylviane Lopez) le 15 octobre 2025</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Le colloque international « la Bande Dessinée : un support pour l’investigation en classe ? avec le Réseau Régional de Recherche Nouvelle-Aquitaine en Bande Dessinée 3RBD INSPE Caudéran du 20 au 22 octobre 2025 - Faire parler l'expérience vécue en formation professionnelle : la bande dessinée un outil de prévention des risques professionnels</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Rencontres RETEX SDIS 76, nov 2024</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Rencontres nationales RETEX, ENSOSP mars 2024</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Rencontres RETEX SDIS 76, nov 2024</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Colloque Pierre Vermersch – CNRS, Marseille, oct-nov 2022</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Séminaire des doctorants </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Toulouse-Montréal), 2021</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formations reçues</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">-</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master Class HPI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- janvier 2026</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formation dispensée par Muriel Escribe, docteure en psychologie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Accompagner des enfants et des adultes HPI</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Childre parents inter-regulation method CPIM</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">-Formée par Gabriela L. Pérez Acevedo, Neuropsychologue & fondatrice de CPIM– juin 2025 (module 1 )– août 2025 (module 2 - Thérapeute certifiée )</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entretien de décryptage</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formation avec Nadine Faingold et Jocelyne Leblanc – février 2025</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Auto-explicitation</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formation avec Anne Cazemajou – juillet 2024</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Programme ASPIE-FRIENDLY</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Interventions pédagogiques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ateliers bi-hebdomadaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Réflexion sur les adaptations pour l’accueil universitaire des étudiants avec TSA/Asperger</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Module MTU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Méthodologie de Travail Universitaire) : Séance hebdomadaire et nationale destinée aux étudiants autistes (2022–2023)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Projet CNSA</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expérimentation d’une démarche de labellisation pour accompagner l’université vers l’inclusion des personnes autistes et TND</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Contenus de formation suivis</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">TDC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Trouble Développemental de la Coordination (Caroline Huron, Inserm)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Troubles neurodéveloppementaux et dyslexie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">TDAH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Trouble Déficit de l’Attention avec ou sans Hyperactivité</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignement et expertise</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">École Nationale des Officiers de Sapeurs-Pompiers (ENSOSP, Aix-en-Provence)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="10"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intervenante experte depuis juin 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Retour d’Expérience & Facteurs Humains</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coopération internationale – Expertise France / DCSD</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="11"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Missions d’appui au groupe de travail RETEX – </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ONPC Tunisie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="11"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Novembre 2024</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="11"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mai 2025</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="11"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Juin 2025  (FHO - ROI )</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Création de Formations</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Boucliers Bleus France</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="12"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Février 2026</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  : Séminaire de Formation BBF en collaboration avec la BSPP - Sensibilisation à la démarche du RetEx (session2)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="12"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décembre 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">: Séminaire de Formation BBF en collaboration avec la BSPP - Sensibilisation à la démarche du RetEx (session1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignement universitaire</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Université Toulouse Jean Jaurès</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="13"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Licence Sciences de l'Éducation (L3)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – Dispositif DARE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="13"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master MEEF 1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – ENSFEA</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="13"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Interventions sur :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="13"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Didactique professionnelle</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="13"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Analyse de l’activité</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Séminaires & formations nationales</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Plan National de Formation (PNF) – DGER/ENSFEA/MAA/AgroSup Dijon</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="14"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roanne, 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Organiser un ReTex avec des apprenants (formateurs forestiers et paysagistes)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="14"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nov. 2023 & Nov. 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Ateliers outils sur la valorisation du vécu en milieu professionnel et les compétences psychosociales</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="14"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022–2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="14"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Séminaires VVMP (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valorisation du Vécu en Milieu Professionnel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="14"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formation SST – Chantiers paysagers</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="14"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Analyse de l’activité et retour d’expérience</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="14"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Concepts de psychologie ergonomique appliqués à la sécurité (risques, danger, dommage, charge de travail)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="14"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Utilisation pédagogique de la BD autour de « presque accidents » vécus par des apprenants</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation de l’activité d’apprenants de l’enseignement agricole en situation de presque accident. Une approche énactive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1 (22)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05035583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plus-value du &amp;quot;B sceptique&amp;quot; : une analyse comparée de deux entretiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expliciter [Journal de l’association GREX2]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, relecture Catherine Hatier, Corinne Divorne, 143, pp.36-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05016059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CPIM École : une pédagogie de la relation au service des apprentissages et de l’inclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela L. Pérez Acevedo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : « L'horizon du savoir-relation : pour une éducation des liens »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire BONHEURS de CY Paris Université, Oct 2025, Visio-conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05316385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation à la sécurité au travail dans l'enseignement agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Lopez-Jan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès des Doctorants UPVDOC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expérience subjective en bulle pour la prévention des risques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Veyrac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Pierre Vermersch, L'apport de Pierre Vermersch à l'étude de la subjectivité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Marseille, France. , Revue Expliciter, Hors Série numero 1, pp.244 - 250, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03825162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation de l'activité d'apprenants de l'enseignement professionnel en situation de presque accident : une approche énactive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Education. Université de Toulouse, 2024. Français. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2024TLSEJ014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04620077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de thèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expliciter [Journal de l’association GREX2] (ISSN : 1621-8256)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05016047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId23"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sylviane Lopez </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Psychopédagogue  – Experte en analyse des comportements parents / enfants - Spécialisation HPI (experte du réseau Alexalie Toulouse) - Thérapeute certifiée à la méthode  (CPIM).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sylviane-lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4776-0627</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">260204838</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">83164960148424022445</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Docteure ès Sciences de l'Éducation et de la Formation</w:t></w:r><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Praticienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Psychopédagogue – Formatrice experte (ENSOSP)– Spécialiste de l'analyse des vécus professionnels par l'analyse de l'activité des dynamiques attentionnelles</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approches mobilisées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Analyse de l'activité humaine – Cours d’action – Entretien d’explicitation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Affiliation académique</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNU Section</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : 70</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">UMR 7039 – Laboratoire EFTS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Toulouse Jean Jaurès</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thème 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Pratiques et acteurs – Transformations des acteurs et des pratiques en éducation et formation</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Titre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformation de l’activité d’apprenants de l’enseignement agricole en situation de presque accident : Une approche énactive</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Autres travaux</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Analyse de l’activité d’élèves internes de seconde générale pendant le travail personnel accompagné (étude du soir)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Analyse de l’activité d’élèves de l’enseignement professionnel agricole en stage, lors de situations d’accidents</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Autres affiliations et groupes de recherche</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENSOSP – CERISC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Centre d’Études et de Recherche Interdisciplinaires sur la Sécurité Civile</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">GREX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Groupe de Recherche sur l’Entretien d’Explicitation</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Participation aux </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Universités d’été 2023 et 2024</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Site associé : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Expliciter</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Communications scientifiques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Colloque international - </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’autre dans le miroir – Littérature jeunesse et numérique : les nouveaux outils de la rencontre ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ICT - Campus de Toulouse), le 5 MARS 2026</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Colloque : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'horizon du savoir-relation : pour une éducation des liens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> INSPE VERSAILLES : CPIM (Child-Parent Interregulatory Method), École et savoir-relation (Gabriela Lizette Perez Acevedo, Sylviane Lopez) le 15 octobre 2025</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Le colloque international </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">la Bande Dessinée : un support pour l’investigation en classe ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> avec le Réseau Régional de Recherche Nouvelle-Aquitaine en Bande Dessinée 3RBD INSPE Caudéran du 20 au 22 octobre 2025 - Faire parler l'expérience vécue en formation professionnelle : la bande dessinée un outil de prévention des risques professionnels</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Rencontres RETEX SDIS 76, nov 2024</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Rencontres nationales RETEX, ENSOSP mars 2024</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Rencontres RETEX SDIS 76, nov 2024</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Colloque </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommage à Pierre Vermersch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – CNRS, Marseille, oct-nov 2022</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Séminaire des doctorants </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Toulouse-Montréal), 2021</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formations reçues</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">-</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master Class HPI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- janvier 2026</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formation dispensée par Muriel Escribe, docteure en psychologie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Accompagner des enfants et des adultes HPI</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Montée en compétence sur l'accompagnement de personnes HPI</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Childre parents inter-regulation method CPIM</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">-Formée par Gabriela L. Pérez Acevedo, Neuropsychologue & fondatrice de CPIM– juin 2025 (module 1 )– août 2025 (module 2 - Thérapeute certifiée )</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entretien de décryptage</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formation avec Nadine Faingold et Jocelyne Leblanc – février 2025</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Auto-explicitation</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formation avec Anne Cazemajou – juillet 2024</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">TDC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Trouble Développemental de la Coordination (Caroline Huron, Inserm)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Troubles neurodéveloppementaux et dyslexie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">TDAH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Trouble Déficit de l’Attention avec ou sans Hyperactivité</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Programme ASPIE-FRIENDLY</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Interventions pédagogiques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ateliers bi-hebdomadaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Réflexion sur les adaptations pour l’accueil universitaire des étudiants avec TSA/Asperger</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Module MTU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Méthodologie de Travail Universitaire) : Séance hebdomadaire et nationale destinée aux étudiants autistes (2022–2023)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Projet CNSA</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expérimentation d’une démarche de labellisation pour accompagner l’université vers l’inclusion des personnes autistes et TND</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignement et expertise</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">École Nationale des Officiers de Sapeurs-Pompiers (ENSOSP, Aix-en-Provence)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="9"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intervenante experte depuis juin 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Retour d’Expérience & Facteurs Humains</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coopération internationale – Expertise France / DCSD</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="10"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Missions d’appui au groupe de travail RETEX – </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ONPC Tunisie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="10"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Novembre 2024</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="10"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mai 2025</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="10"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Juin 2025  (FHO - ROI )</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Création de Formations</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Boucliers Bleus France</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="11"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Février 2026</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  : Séminaire de Formation BBF en collaboration avec la BSPP - Sensibilisation à la démarche du RetEx (session2)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="11"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décembre 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">: Séminaire de Formation BBF en collaboration avec la BSPP - Sensibilisation à la démarche du RetEx (session1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignement universitaire</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Université Toulouse Jean Jaurès</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="12"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Licence Sciences de l'Éducation (L3)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – Dispositif DARE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="12"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master MEEF 1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – ENSFEA</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="12"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Interventions sur :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="12"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Didactique professionnelle</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="12"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Analyse de l’activité</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Séminaires & formations nationales</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Plan National de Formation (PNF) – DGER/ENSFEA/MAA/AgroSup Dijon</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="13"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roanne, 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Organiser un ReTex avec des apprenants (formateurs forestiers et paysagistes)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="13"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nov. 2023 & Nov. 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Ateliers outils sur la valorisation du vécu en milieu professionnel et les compétences psychosociales</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="13"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022–2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="13"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Séminaires VVMP (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valorisation du Vécu en Milieu Professionnel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="13"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formation SST – Chantiers paysagers</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="13"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Analyse de l’activité et retour d’expérience</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="13"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Concepts de psychologie ergonomique appliqués à la sécurité (risques, danger, dommage, charge de travail)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="13"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Utilisation pédagogique de la BD autour de « presque accidents » vécus par des apprenants</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation de l’activité d’apprenants de l’enseignement agricole en situation de presque accident. Une approche énactive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1 (22)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05035583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plus-value du &amp;quot;B sceptique&amp;quot; : une analyse comparée de deux entretiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expliciter [Journal de l’association GREX2]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, relecture Catherine Hatier, Corinne Divorne, 143, pp.36-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05016059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CPIM École : une pédagogie de la relation au service des apprentissages et de l’inclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela L. Pérez Acevedo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : « L'horizon du savoir-relation : pour une éducation des liens »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire BONHEURS de CY Paris Université, Oct 2025, Visio-conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05316385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation à la sécurité au travail dans l'enseignement agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Lopez-Jan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès des Doctorants UPVDOC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expérience subjective en bulle pour la prévention des risques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Veyrac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Pierre Vermersch, L'apport de Pierre Vermersch à l'étude de la subjectivité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Marseille, France. , Revue Expliciter, Hors Série numero 1, pp.244 - 250, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03825162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation de l'activité d'apprenants de l'enseignement professionnel en situation de presque accident : une approche énactive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Education. Université de Toulouse, 2024. Français. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2024TLSEJ014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04620077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de thèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expliciter [Journal de l’association GREX2] (ISSN : 1621-8256)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05016047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId23"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FA309E61"/>
+    <w:nsid w:val="9CAF183D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -254,51 +254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="4FE75B65"/>
+    <w:nsid w:val="4A78EF82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -402,51 +402,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="202746BF"/>
+    <w:nsid w:val="57AEE4EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -550,51 +550,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="570FC2C0"/>
+    <w:nsid w:val="99DAEDC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -698,51 +698,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="E2FF9D97"/>
+    <w:nsid w:val="C6F907D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -846,51 +846,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="8DE2F507"/>
+    <w:nsid w:val="B0A4F169"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -994,51 +994,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="B6F8EBC3"/>
+    <w:nsid w:val="75A1A145"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1142,51 +1142,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="8944CFD5"/>
+    <w:nsid w:val="57FE6E98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1290,51 +1290,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="51ECB855"/>
+    <w:nsid w:val="86DF7124"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1438,51 +1438,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="72A6343A"/>
+    <w:nsid w:val="5D6F7311"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1586,51 +1586,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="4DA4D4DA"/>
+    <w:nsid w:val="E7A70641"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1734,51 +1734,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="38BA6E01"/>
+    <w:nsid w:val="A5357B5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1882,199 +1882,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="8EF49996"/>
-[...147 lines deleted...]
-    <w:nsid w:val="A9845BAA"/>
+    <w:nsid w:val="0B584768"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2215,53 +2067,50 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="13"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>