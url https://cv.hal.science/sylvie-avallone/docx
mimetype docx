--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:109.09090909091px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> SYLVIE AVALLONE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur en sciences des aliments et nutrition</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Institut Agro Montpellier</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Département des Sciences des Agro-Bio-Procédés</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Chaire UNESCO &amp;quot;Alimentation du monde&amp;quot;</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">UMR Qualisud (Univ Montpellier, CIRAD, Institut Agro, Université d'Avignon, Université de La Réunion, Montpellier, France)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond their nutritional value, school meal programs support agricultural and food transition toward sustainability by creating multi-sectoral values in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nicklaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Giner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana F. W. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Verguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12 (Sec. Food Policy and Economics), pp.1616375. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnut.2025.1616375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05211597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy insights for national school meals programmes: Annual Research Statements to the members of the School Meals Coalition - 2022, 2023, and 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.P. Bundy Donald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Schultz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Morris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jasmine Catmull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgia Crowley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpubh.2025.1416165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutritional and microbiological dynamics in the preparation of prahoc fish paste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Channmuny Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chochois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Douny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Bethune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (4), pp.e0321834. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0321834⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of Iron and β‐Carotene Bioaccessibility in Complementary Foods: Biofortification of Local Crops With Organic Residual Products and Microorganisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mbeugué Thiam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adama Diouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christèle Icard-Vernière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ndèye Fatou Ndiaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Science &amp; Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (1), pp.e4745. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/fsn3.4745⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microencapsulation techniques and encapsulating materials influenced the shelf life and digestion release of vitamin E and isoflavones in soymilk powder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pakkawat Detchewa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chutima Aphibanthammakit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anuchita Moongngarm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patcharee Prasajak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (1), pp.10627. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-025-95284-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05412951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biofortification versus diversification to fight micronutrient deficiencies: an interdisciplinary review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Malézieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric O. Verger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlène Alpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Biu Ngigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16, pp.261-275. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12571-023-01422-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renforcer les synergies entre acteurs pour une alimentation saine et durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Benkhala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Costis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grain de sel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 86 (1), pp.30-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04851451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the nutritional profiles and potentially toxic elements of wild and farmed freshwater fish in Cambodia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Channmuny Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasika Mith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanthol Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlie Poss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Composition and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133, pp.106357. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jfca.2024.106357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investing in school systems: conceptualising returns on investment across the health, education and social protection sectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Verguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratibha Gautam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arif Husain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Global Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (12), pp.e012545. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjgh-2023-012545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Specific Fluorescence Post-column Derivatization Method Coupled with Ion-Pair Chromatography for Phytate Analysis in Food</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Akissoe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Sautot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Mertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bohin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 73 (1), pp.880-889. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jafc.4c09065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04913385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of cooking, drying and grinding operations on chemical content, functional and sensorial qualities of Curcuma longa L.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molika Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Maraval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Forestier-Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Measurement and Characterization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 17 (1), pp.998-1008. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11694-022-01683-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does drying preserve the nutritional quality of small freshwater fish without excessive concentrations of heavy metals?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sengly Sroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sokneang In</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Arnaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Research in Food Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6, pp.100489. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crfs.2023.100489⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04072447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of cooking and drying operations on color, curcuminoids, and aroma of Curcuma longa L.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molika Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Conejero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Processing and Preservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 46 (5), </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jfpp.16643⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03650586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How cold storage influences physicochemical properties of mango cv. 'Kent' according to the density</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sivmey Hor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lechaudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bugaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 77 (3), pp.1-11. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17660/th2022/015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05179349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antioxidants and Bioactive Compounds in Food: Critical Review of Issues and Prospects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mia Kurek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjet Benaida-Debbache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivona Elez Garofulić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kata Galić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antioxidants </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (4), pp.742. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/antiox11040742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03660017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postharvest treatments of turmeric (Curcuma longa L.) in Cambodia – Impact on quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molika Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Bohuon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sokneang In</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Weil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 77 (6), pp.1-13. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17660/th2022/026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04977053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutritional quality of Ready-to-Use Therapeutic Foods: focus on lipid composition and vitamin content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Moustiés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youna Hemery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Barea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Villeneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 29, pp.13. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ocl/2022007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03600890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural and synthetic antioxidants prevent the degradation of vitamin D3 fortification in canola oil during baking and in vitro digestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Goebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pakkawat Detchewa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patcharee Prasajak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wichien Sriwichai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Science and Engineering Progress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (2), pp.247-258. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14416/J.ASEP.2021.01.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutritional benefits and heavy metal contents of freshwater fish species from Tonle Sap Lake with SAIN and LIM nutritional score</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sengly Sroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sokneang In</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Composition and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 96, pp.103731 -. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jfca.2020.103731⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03493962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of an experimental design to optimise the saponification reaction and the quantification of vitamins A 1 and A 2 in whole fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sengly Sroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wichien Sriwichai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sokneang In</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Vitamin and Nutrition Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1024/0300-9831/a000729⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural diversity in the carotene, tocochromanol and fatty acid composition of crude palm oil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Morcillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Vaissayre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Serret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Domonhédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 365, pp.130638. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2021.130638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partial disintegration of vegetable cell wall during cooking improves vitamin K1 (phylloquinone) bioaccessibility in in vitro digestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wichien Sriwichai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Vitamin and Nutrition Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 91 (5-6), pp.439-450. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1024/0300-9831/a000717⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AsiFood and its output and prospects: An Erasmus+ project on capacity building in food safety and quality for South-East Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anal Anil Kumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Waché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Louzier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Mens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 109, pp.106913. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodcont.2019.106913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of storage conditions and packaging of fortified wheat flour on microbial load and stability of folate and vitamin B12</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youna M. Hemery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Fontan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Laillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regina Moench-Pfanner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry: X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.100076 -. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fochx.2019.100076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03489318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food safety risks in traditional fermented food from South-East Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anil Kumar Anal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Perpetuini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Awanwee Petchkongkaew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasmey Phary Tan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 109, pp.106922. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodcont.2019.106922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lipid Composition and State of Oxidation of Fortified Infant Flours in Low‐Income Countries Are Not Optimal and Strongly Affected by the Time of Storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Moustiès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Barea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Alter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 121 (11), </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejlt.201900173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02619244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of the content in bioaccessible lipophilic micronutrients in raw and processed drumstick leaves ( Moringa oleifera Lam.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wichien Sriwichai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Tranbarger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LWT - Food Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 75, pp.279-285. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lwt.2016.09.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03204426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Duru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Lairon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Zakhia-Rozis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (1), pp.9-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in nutritional value of a multi-vitamins fortified juice packed in glass and standard PET bottles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Bacigalupi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Maurey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Boutroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 60, pp.256 - 262. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodcont.2015.07.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01506485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro lipid peroxidation of intestinal bile salt-based nanoemulsions: potential role of antioxidants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Courraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarence Charnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Cristol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Free Radical Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 47 (12), pp.1076-87. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3109/10715762.2013.853877⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00925121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insight into β-Carotene thermal degradation in oils with multiresponse modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawel Achir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pénicaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bohuon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Oil Chemists' Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 88 (12), pp.2035-2045. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11746-011-1864-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01506489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic study of β-carotene and lutein degradation in oils during heat treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawel Achir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verohanitra Randrianatoandro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bohuon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréina Laffargue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 112 (3), pp.NA-NA. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejlt.200900165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02033560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of deep-fat frying on ascorbic acid, carotenoids and potassium contents of plantain cylinders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Rojas-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Brat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Trystram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Bohuon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Food Sciences and Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 57 (1-2), pp.123-136. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09637480600658393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal Sensitivity of Some Plantain Micronutrients during Deep‐Fat Frying</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Rojas-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Trystram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Bohuon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 74 (5), pp.511-518. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1750-3841.2009.01155.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of the in vitro Digestible Iron and Zinc Content of Okra ( Hibiscus esculentus L. ) Sauce Widely Consumed in Sahelian Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Bohuon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youna Hemery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Treche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 72 (2), </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1750-3841.2007.00280.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis and characterization of wine condensed tannins precipitated by proteins used as fining agent in enology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Manchado-Sarni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Deleris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique V. Cheynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Moutounet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Enology and Viticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 50 (1), pp.81-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The multisectoral value of school meals programmes beyond nutrition: examples from Europe and Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nicklaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Akparibo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Liguori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Savy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IUNS-ICN 2025 : International Congress of Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05474358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">School Meals as a Lever for Transforming Food Systems. Nutrition for Growth (N4G) Summit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donald A. P. Bundy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Day of the French Development Agency</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFD, Mar 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05474534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biofortification or diversification? Moving toward a food system approach to overcome the controversy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Malézieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Verger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Biu Ngigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissia Lourme-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Global Food Security Conference : Towards equitable, sustainable and resilient food systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wageningen University &amp; Research; Elsevier, Apr 2024, Leuven, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La restauration scolaire en France : quelles leçons pour la Coalition pour l'alimentation scolaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Giner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nicklaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Darmon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Consortium for School Health and Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, School meals coalition, Sep 2023, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04200397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La biodiversité dans les sols en milieu agricole, un atout pour la qualité et la sécurité alimentaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain A. Brauman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AdNatura 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AdNatura, Oct 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">School feeding & sustainable development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Session du Groupe "Aide humanitaire et aide alimentaire" (COHAFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conseil de l'Union Européenne, Jun 2022, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online course on food environments for healthy sustainable diets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Liguori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilse de Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inge Brouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oluranti Lawal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. International Symposium on Nutrition (ISN 2022) : Urban Food Policies for Sustainable Nutrition and Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Nutrition Society, Jan 2022, Online, France. pp.E65, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S002966512200088X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03681479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques publiques au cœur de la transformation des systèmes alimentaires urbains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bricas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahondra Ratsimbazafy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kako Nubukpo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des systèmes alimentaires urbains inclusifs et durables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cirad; Agence Française de Développement (AFD), Mar 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What We are Learning from National Programmes in School Health and Nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine de la coalition internationale pour l'alimentation scolaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Programme Alimentaire Mondial (WFP); ONU; FAO, Oct 2022, En Ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restauration scolaire et nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête Internationale de la Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Représentation permanente de la France auprès des Nations Unies, Nov 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essence et défis des partenariats pour des systèmes alimentaires durables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Fautrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Sadiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Koné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Montpellier Global Days - Africa 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Montpellier University Of Excellence (MUSE), Oct 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of colour and curcuminoids during the turmeric processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bohuon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th EFFoST International Conference 2021 : Healthy Individuals, Resilient Communities, and Global Food Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EFFOST, Nov 2021, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03894390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional Policy Dialogue on the Sustainable Lifestyles for SCP with an additional focus on COVID-19 with a Focus on Food</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation and Connectivity through Farm to Fork for Sustainable Food Systems and Healthier Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SWITCH-Asia, Nov 2020, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation between fruit density and beta-carotene content in ripe mango</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sivmey Hor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasika Mith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lechaudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bugaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Carotenoid research and applications in agro-food and health EUROCAROTEN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, COST; Cyprus University of Technology; Agricultural University of Athens, Nov 2019, Lemesos, Cyprus. pp.66-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to make the food system more sensitive to nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Petracchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Fracassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Food Systems and Nutrition: Making agriculture and food systems nutrition-sensitive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Food And Agriculture Organization of The United Nations, Apr 2020, En Ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grands enjeux nutritionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Josèphe Amiot Carlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Chaire Unesco Alimentations du monde sur les Enjeux contemporains de l'alimentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unesco Chair Food, Oct 2019, Montpellier (34000), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation between fruit density and B-carotene content in ripe mango</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hor S.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Léchaudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bugaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Carotenoid Research and Applications in Agro-Food and Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Internationan Carotenoid Society, Nov 2019, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03986481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notre assiette a-t-elle un genre ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Meatlab Charal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Charal, Jan 2019, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitamines liposolubles: hétérogénéité et instabilité dans les matrices alimentaires complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comportement des lipides en systèmes hétérogènes et stratégies de stabilisation, 19ème journée scientifique de l'IMBL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Multidisciplinaire de Biochimie des Lipides (IMBL), May 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilité à l’oxydation des aliments fortifiés en vitamines dans les pays du Sud : détermination des leviers d’amélioration via un modèle prédictif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Moustiés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée GLN 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe Lipides et Nutrition, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability of fortified infant formulas in the real food system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Moustiés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Barea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youna Hémery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. International Conference on Innovations in Food Ingredients &amp; Food Safety (IFIFS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Innovations in Food Ingredients &amp; Food Safety (IFIFS), Sep 2018, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of fish quality (Channa micropeltes) in natural ecosystems and farmed systems in Southeast Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Channmuny Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasika Mith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanthol Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noel Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th ELLS Scientific Student Conference 2023, The power of Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Stuttgart, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of a post-column synchronous fluorescence derivatization to analyze phytates in foods by chromatography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorene Akissoe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Mertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. de Saint Priest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Engineering and Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Nantes, France. IAEF, pp.431, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The potential of Henicorhynchus siamensis for the development of fish powders for the prevention and treatment of malnutrition in Cambodia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sengly Sroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydon Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sokneang In</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EFFoST International Conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Lausanne, Switzerland. Agroscope, 1 p., 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05178983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutritional quality and safety of ten freshwater fish species from the Tonle Sap Lake in Cambodia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sengly Sroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sokneang In</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EFFoST International Conference 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, s.l., Netherlands. EFFoST, 1 p., 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualité nutritionnelle, microbiologique et stabilité à l’oxydation de formules infantiles fortifiées ou aliments thérapeutiques dans les pays du sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Moustiès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bourlieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Barea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youna Hémery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées Francophones de nutrition JFN 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Nantes, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fortifier les aliments pour lutter contre les carences ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlène Alpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bricas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bricas Nicolas (ed.); Conaré Damien (ed.); Walser Marie (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une écologie de l'alimentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ed. Quae, pp.177-184, 2021, 978-2-7592-3352-6. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35690/978-2-7592-3353-3/c12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les légumineuses, accélérateur de transition ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">School meals case study: France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Giner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nicklaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Darmon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La restauration scolaire en France : quelles leçons pour la Coalition pour l'alimentation scolaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Giner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nicklaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Darmon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04215167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan final du projet Foodscapes. Connaître les paysages alimentaires des habitants : une recherche dans le Grand Montpellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bricas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Carrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Chaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Cheyns</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; Cirad; Chaire Unesco Alimentation du monde; Institut Agro Montpelier. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04781560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId262"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:109.09090909091px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> SYLVIE AVALLONE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur en sciences des aliments et nutrition</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Institut Agro Montpellier</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Département des Sciences des Agro-Bio-Procédés</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Chaire UNESCO &amp;quot;Alimentation du monde&amp;quot;</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">UMR Qualisud (Univ Montpellier, CIRAD, Institut Agro, Université d'Avignon, Université de La Réunion, Montpellier, France)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of Iron and β‐Carotene Bioaccessibility in Complementary Foods: Biofortification of Local Crops With Organic Residual Products and Microorganisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mbeugué Thiam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adama Diouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christèle Icard-Vernière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ndèye Fatou Ndiaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Science &amp; Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (1), pp.e4745. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/fsn3.4745⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond their nutritional value, school meal programs support agricultural and food transition toward sustainability by creating multi-sectoral values in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nicklaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Giner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana F. W. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Verguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12 (Sec. Food Policy and Economics), pp.1616375. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnut.2025.1616375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05211597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy insights for national school meals programmes: Annual Research Statements to the members of the School Meals Coalition - 2022, 2023, and 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.P. Bundy Donald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Schultz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Morris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jasmine Catmull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgia Crowley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpubh.2025.1416165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutritional and microbiological dynamics in the preparation of prahoc fish paste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Channmuny Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chochois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Douny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Bethune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (4), pp.e0321834. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0321834⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microencapsulation techniques and encapsulating materials influenced the shelf life and digestion release of vitamin E and isoflavones in soymilk powder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pakkawat Detchewa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chutima Aphibanthammakit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anuchita Moongngarm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patcharee Prasajak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (1), pp.10627. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-025-95284-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05412951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Specific Fluorescence Post-column Derivatization Method Coupled with Ion-Pair Chromatography for Phytate Analysis in Food</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Akissoe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Sautot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Mertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bohin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 73 (1), pp.880-889. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jafc.4c09065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04913385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biofortification versus diversification to fight micronutrient deficiencies: an interdisciplinary review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Malézieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric O. Verger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlène Alpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Biu Ngigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16, pp.261-275. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12571-023-01422-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renforcer les synergies entre acteurs pour une alimentation saine et durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Benkhala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Costis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grain de sel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 86 (1), pp.30-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04851451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the nutritional profiles and potentially toxic elements of wild and farmed freshwater fish in Cambodia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Channmuny Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasika Mith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanthol Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlie Poss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Composition and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133, pp.106357. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jfca.2024.106357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investing in school systems: conceptualising returns on investment across the health, education and social protection sectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Verguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratibha Gautam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arif Husain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Global Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (12), pp.e012545. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjgh-2023-012545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of cooking, drying and grinding operations on chemical content, functional and sensorial qualities of Curcuma longa L.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molika Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Maraval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Forestier-Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Measurement and Characterization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 17 (1), pp.998-1008. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11694-022-01683-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does drying preserve the nutritional quality of small freshwater fish without excessive concentrations of heavy metals?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sengly Sroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sokneang In</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Arnaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Research in Food Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6, pp.100489. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crfs.2023.100489⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04072447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of cooking and drying operations on color, curcuminoids, and aroma of Curcuma longa L.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molika Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Conejero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Processing and Preservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 46 (5), </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jfpp.16643⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03650586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How cold storage influences physicochemical properties of mango cv. 'Kent' according to the density</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sivmey Hor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lechaudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bugaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 77 (3), pp.1-11. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17660/th2022/015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05179349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antioxidants and Bioactive Compounds in Food: Critical Review of Issues and Prospects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mia Kurek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjet Benaida-Debbache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivona Elez Garofulić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kata Galić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antioxidants </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (4), pp.742. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/antiox11040742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03660017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postharvest treatments of turmeric (Curcuma longa L.) in Cambodia – Impact on quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molika Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Bohuon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sokneang In</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Weil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 77 (6), pp.1-13. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17660/th2022/026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04977053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutritional quality of Ready-to-Use Therapeutic Foods: focus on lipid composition and vitamin content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Moustiés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youna Hemery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Barea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Villeneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 29, pp.13. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ocl/2022007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03600890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutritional benefits and heavy metal contents of freshwater fish species from Tonle Sap Lake with SAIN and LIM nutritional score</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sengly Sroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sokneang In</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Composition and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 96, pp.103731 -. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jfca.2020.103731⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03493962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural and synthetic antioxidants prevent the degradation of vitamin D3 fortification in canola oil during baking and in vitro digestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Goebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pakkawat Detchewa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patcharee Prasajak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wichien Sriwichai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Science and Engineering Progress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (2), pp.247-258. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14416/J.ASEP.2021.01.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of an experimental design to optimise the saponification reaction and the quantification of vitamins A 1 and A 2 in whole fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sengly Sroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wichien Sriwichai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sokneang In</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Vitamin and Nutrition Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1024/0300-9831/a000729⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural diversity in the carotene, tocochromanol and fatty acid composition of crude palm oil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Morcillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Vaissayre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Serret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Domonhédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 365, pp.130638. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2021.130638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partial disintegration of vegetable cell wall during cooking improves vitamin K1 (phylloquinone) bioaccessibility in in vitro digestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wichien Sriwichai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Vitamin and Nutrition Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 91 (5-6), pp.439-450. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1024/0300-9831/a000717⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of storage conditions and packaging of fortified wheat flour on microbial load and stability of folate and vitamin B12</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youna M. Hemery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Fontan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Laillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regina Moench-Pfanner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry: X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.100076 -. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fochx.2019.100076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03489318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food safety risks in traditional fermented food from South-East Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anil Kumar Anal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Perpetuini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Awanwee Petchkongkaew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasmey Phary Tan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 109, pp.106922. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodcont.2019.106922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AsiFood and its output and prospects: An Erasmus+ project on capacity building in food safety and quality for South-East Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anal Anil Kumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Waché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Louzier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Mens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 109, pp.106913. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodcont.2019.106913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lipid Composition and State of Oxidation of Fortified Infant Flours in Low‐Income Countries Are Not Optimal and Strongly Affected by the Time of Storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Moustiès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Barea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Alter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 121 (11), </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejlt.201900173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02619244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of the content in bioaccessible lipophilic micronutrients in raw and processed drumstick leaves ( Moringa oleifera Lam.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wichien Sriwichai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Tranbarger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LWT - Food Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 75, pp.279-285. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lwt.2016.09.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03204426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Duru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Lairon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Zakhia-Rozis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (1), pp.9-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in nutritional value of a multi-vitamins fortified juice packed in glass and standard PET bottles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Bacigalupi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Maurey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Boutroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 60, pp.256 - 262. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodcont.2015.07.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01506485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro lipid peroxidation of intestinal bile salt-based nanoemulsions: potential role of antioxidants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Courraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarence Charnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Cristol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Free Radical Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 47 (12), pp.1076-87. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3109/10715762.2013.853877⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00925121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insight into β-Carotene thermal degradation in oils with multiresponse modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawel Achir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pénicaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bohuon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Oil Chemists' Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 88 (12), pp.2035-2045. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11746-011-1864-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01506489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic study of β-carotene and lutein degradation in oils during heat treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawel Achir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verohanitra Randrianatoandro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bohuon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréina Laffargue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 112 (3), pp.NA-NA. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejlt.200900165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02033560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of deep-fat frying on ascorbic acid, carotenoids and potassium contents of plantain cylinders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Rojas-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Brat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Trystram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Bohuon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Food Sciences and Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 57 (1-2), pp.123-136. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09637480600658393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal Sensitivity of Some Plantain Micronutrients during Deep‐Fat Frying</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Rojas-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Trystram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Bohuon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 74 (5), pp.511-518. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1750-3841.2009.01155.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of the in vitro Digestible Iron and Zinc Content of Okra ( Hibiscus esculentus L. ) Sauce Widely Consumed in Sahelian Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Bohuon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youna Hemery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Treche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 72 (2), </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1750-3841.2007.00280.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis and characterization of wine condensed tannins precipitated by proteins used as fining agent in enology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Manchado-Sarni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Deleris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique V. Cheynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Moutounet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Enology and Viticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 50 (1), pp.81-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The multisectoral value of school meals programmes beyond nutrition: examples from Europe and Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nicklaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Akparibo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Liguori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Savy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IUNS-ICN 2025 : International Congress of Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05474358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">School Meals as a Lever for Transforming Food Systems. Nutrition for Growth (N4G) Summit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donald A. P. Bundy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Day of the French Development Agency</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFD, Mar 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05474534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biofortification or diversification? Moving toward a food system approach to overcome the controversy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Malézieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Verger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Biu Ngigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissia Lourme-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Global Food Security Conference : Towards equitable, sustainable and resilient food systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wageningen University &amp; Research; Elsevier, Apr 2024, Leuven, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La restauration scolaire en France : quelles leçons pour la Coalition pour l'alimentation scolaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Giner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nicklaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Darmon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Consortium for School Health and Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, School meals coalition, Sep 2023, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04200397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La biodiversité dans les sols en milieu agricole, un atout pour la qualité et la sécurité alimentaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain A. Brauman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AdNatura 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AdNatura, Oct 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">School feeding & sustainable development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Session du Groupe "Aide humanitaire et aide alimentaire" (COHAFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conseil de l'Union Européenne, Jun 2022, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online course on food environments for healthy sustainable diets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Liguori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilse de Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inge Brouwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oluranti Lawal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. International Symposium on Nutrition (ISN 2022) : Urban Food Policies for Sustainable Nutrition and Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Nutrition Society, Jan 2022, Online, France. pp.E65, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S002966512200088X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03681479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques publiques au cœur de la transformation des systèmes alimentaires urbains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bricas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahondra Ratsimbazafy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kako Nubukpo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des systèmes alimentaires urbains inclusifs et durables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cirad; Agence Française de Développement (AFD), Mar 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What We are Learning from National Programmes in School Health and Nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine de la coalition internationale pour l'alimentation scolaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Programme Alimentaire Mondial (WFP); ONU; FAO, Oct 2022, En Ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restauration scolaire et nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête Internationale de la Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Représentation permanente de la France auprès des Nations Unies, Nov 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essence et défis des partenariats pour des systèmes alimentaires durables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Fautrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Sadiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Koné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Montpellier Global Days - Africa 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Montpellier University Of Excellence (MUSE), Oct 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of colour and curcuminoids during the turmeric processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bohuon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th EFFoST International Conference 2021 : Healthy Individuals, Resilient Communities, and Global Food Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EFFOST, Nov 2021, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03894390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional Policy Dialogue on the Sustainable Lifestyles for SCP with an additional focus on COVID-19 with a Focus on Food</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation and Connectivity through Farm to Fork for Sustainable Food Systems and Healthier Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SWITCH-Asia, Nov 2020, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation between fruit density and beta-carotene content in ripe mango</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sivmey Hor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasika Mith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lechaudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bugaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Carotenoid research and applications in agro-food and health EUROCAROTEN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, COST; Cyprus University of Technology; Agricultural University of Athens, Nov 2019, Lemesos, Cyprus. pp.66-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to make the food system more sensitive to nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Petracchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Fracassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Food Systems and Nutrition: Making agriculture and food systems nutrition-sensitive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Food And Agriculture Organization of The United Nations, Apr 2020, En Ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grands enjeux nutritionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Josèphe Amiot Carlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Chaire Unesco Alimentations du monde sur les Enjeux contemporains de l'alimentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unesco Chair Food, Oct 2019, Montpellier (34000), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation between fruit density and B-carotene content in ripe mango</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hor S.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Léchaudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bugaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Carotenoid Research and Applications in Agro-Food and Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Internationan Carotenoid Society, Nov 2019, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03986481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notre assiette a-t-elle un genre ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Meatlab Charal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Charal, Jan 2019, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitamines liposolubles: hétérogénéité et instabilité dans les matrices alimentaires complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comportement des lipides en systèmes hétérogènes et stratégies de stabilisation, 19ème journée scientifique de l'IMBL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Multidisciplinaire de Biochimie des Lipides (IMBL), May 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilité à l’oxydation des aliments fortifiés en vitamines dans les pays du Sud : détermination des leviers d’amélioration via un modèle prédictif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Moustiés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée GLN 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe Lipides et Nutrition, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability of fortified infant formulas in the real food system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Moustiés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Barea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youna Hémery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. International Conference on Innovations in Food Ingredients &amp; Food Safety (IFIFS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Innovations in Food Ingredients &amp; Food Safety (IFIFS), Sep 2018, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of a post-column synchronous fluorescence derivatization to analyze phytates in foods by chromatography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorene Akissoe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Mertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. de Saint Priest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Engineering and Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Nantes, France. IAEF, pp.431, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of fish quality (Channa micropeltes) in natural ecosystems and farmed systems in Southeast Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Channmuny Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasika Mith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanthol Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noel Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th ELLS Scientific Student Conference 2023, The power of Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Stuttgart, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The potential of Henicorhynchus siamensis for the development of fish powders for the prevention and treatment of malnutrition in Cambodia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sengly Sroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydon Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sokneang In</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EFFoST International Conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Lausanne, Switzerland. Agroscope, 1 p., 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05178983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutritional quality and safety of ten freshwater fish species from the Tonle Sap Lake in Cambodia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sengly Sroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sokneang In</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EFFoST International Conference 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, s.l., Netherlands. EFFoST, 1 p., 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualité nutritionnelle, microbiologique et stabilité à l’oxydation de formules infantiles fortifiées ou aliments thérapeutiques dans les pays du sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Moustiès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bourlieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Barea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Servent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youna Hémery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées Francophones de nutrition JFN 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Nantes, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fortifier les aliments pour lutter contre les carences ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlène Alpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bricas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bricas Nicolas (ed.); Conaré Damien (ed.); Walser Marie (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une écologie de l'alimentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ed. Quae, pp.177-184, 2021, 978-2-7592-3352-6. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35690/978-2-7592-3353-3/c12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment garantir l’autonomie des cantines scolaires ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05554682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les légumineuses, accélérateur de transition ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">School meals case study: France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Giner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nicklaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Darmon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La restauration scolaire en France : quelles leçons pour la Coalition pour l'alimentation scolaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Giner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nicklaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Darmon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04215167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan final du projet Foodscapes. Connaître les paysages alimentaires des habitants : une recherche dans le Grand Montpellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Avallone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bricas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Carrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Chaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Cheyns</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; Cirad; Chaire Unesco Alimentation du monde; Institut Agro Montpelier. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04781560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId263"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211597v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Avallone" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nicklaus" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Giner" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana F. W. Cohen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Verguet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2025.1616375" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05458611v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Bundy Donald" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Schultz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Morris" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Catmull" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Crowley" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2025.1416165" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05067452v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Channmuny Thanh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chochois" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Douny" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bethune" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0321834" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04907607v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mbeugu&#233; Thiam" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Diouf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Icard-Verni&#232;re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nd&#232;ye Fatou Ndiaye" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fsn3.4745" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05412951v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pakkawat Detchewa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chutima Aphibanthammakit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anuchita Moongngarm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patcharee Prasajak" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-95284-4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04369464v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mal&#233;zieux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric O. Verger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arl&#232;ne Alpha" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Biu Ngigi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12571-023-01422-z" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04851451v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Benkhala" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Costis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04620474v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasika Mith" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanthol Peng" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Servent" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Poss" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfca.2024.106357" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04529629v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pratibha Gautam" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Ali" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arif Husain" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Meyer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2023-012545" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04913385v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Akissoe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Sautot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mertz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Morel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bohin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.4c09065" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04529579v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molika Yin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Weil" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maraval" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Forestier-Chiron" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11694-022-01683-w" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04072447v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sengly Sroy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokneang In" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Arnaud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crfs.2023.100489" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03650586v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lebrun" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Conejero" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfpp.16643" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179349v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivmey Hor" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lechaudel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bugaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/th2022/015" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03660017v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mia Kurek" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjet Benaida-Debbache" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivona Elez Garofuli&#263;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kata Gali&#263;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox11040742" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04977053v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Bohuon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/th2022/026" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600890v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Mousti&#233;s" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu-Lacanal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youna Hemery" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barea" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Villeneuve" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2022007" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03906113v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Goebel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wichien Sriwichai" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14416/J.ASEP.2021.01.005" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493962v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfca.2020.103731" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03906103v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1024/0300-9831/a000729" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03906079v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Morcillo" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vaissayre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Serret" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Domonh&#233;do" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.130638" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03906091v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Collin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1024/0300-9831/a000717" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02514950v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anal Anil Kumar" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Wach&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Louzier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Roy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mens" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2019.106913" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489318v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youna M. Hemery" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fontan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Laillou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jallier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Moench-Pfanner" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochx.2019.100076" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02514915v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Kumar Anal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Perpetuini" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awanwee Petchkongkaew" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reasmey Phary Tan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2019.106922" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619244v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Mousti&#232;s" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Alter" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201900173" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204426v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Tranbarger" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Berger" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2016.09.001" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604499v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duru" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lairon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Zakhia-Rozis" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506485v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Bacigalupi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Maurey" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Boutroy" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Peyron" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2015.07.039" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7T3XCR0T-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925121v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Courraud" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarence Charnay" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Cristol" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/10715762.2013.853877" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506489v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Achir" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline P&#233;nicaud" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bohuon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11746-011-1864-2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-P0MHJXJS-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02033560v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verohanitra Randrianatoandro" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;ina Laffargue" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.200900165" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LSRNZC18-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04976740v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Rojas-Gonzalez" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brat" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Trystram" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09637480600658393" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04976752v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1750-3841.2009.01155.x" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K3DH6PF6-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04976743v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Treche" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1750-3841.2007.00280.x" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SHSDQQ1H-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698589v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Manchado-Sarni" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Deleris" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Cheynier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Moutounet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05474358v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Akparibo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Liguori" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Savy" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05474534v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald A. P. Bundy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04938665v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.O. Verger" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alissia Lourme-Ruiz" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04200397v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Darmon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991860v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Brauman" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991962v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681479v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilse de Jager" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Brouwer" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oluranti Lawal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S002966512200088X" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991869v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bricas" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahondra Ratsimbazafy" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kako Nubukpo" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03992018v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991833v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991922v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fautrel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sadiki" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Amrani" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kon&#233;" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03894390v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weil" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991225v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174690v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991246v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Petracchi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Fracassi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991814v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jos&#232;phe Amiot Carlin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03986481v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hor S." TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mith" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu L&#233;chaudel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991820v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991211v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991884v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991902v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youna H&#233;mery" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04530997v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Durand" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181535v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorene Akissoe" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Saint Priest" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178983v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydon Paul" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177053v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837518v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177626v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3353-3/c12" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991954v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529695v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04215167v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04781560v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Carr&#232;re" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Chaboud" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cheyns" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04907607v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mbeugu&#233; Thiam" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Diouf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Icard-Verni&#232;re" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Avallone" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nd&#232;ye Fatou Ndiaye" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fsn3.4745" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211597v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nicklaus" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Giner" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana F. W. Cohen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Verguet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2025.1616375" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05458611v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Bundy Donald" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Schultz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Morris" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Catmull" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Crowley" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2025.1416165" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05067452v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Channmuny Thanh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chochois" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Douny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bethune" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0321834" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05412951v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pakkawat Detchewa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chutima Aphibanthammakit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anuchita Moongngarm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patcharee Prasajak" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-95284-4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04913385v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Akissoe" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Sautot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mertz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Morel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bohin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.4c09065" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04369464v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mal&#233;zieux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric O. Verger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arl&#232;ne Alpha" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Biu Ngigi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12571-023-01422-z" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04851451v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Benkhala" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Costis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04620474v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasika Mith" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanthol Peng" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Servent" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Poss" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfca.2024.106357" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04529629v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pratibha Gautam" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Ali" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arif Husain" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Meyer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2023-012545" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04529579v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molika Yin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Weil" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maraval" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Forestier-Chiron" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11694-022-01683-w" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04072447v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sengly Sroy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokneang In" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Arnaud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crfs.2023.100489" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03650586v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lebrun" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Conejero" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfpp.16643" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179349v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivmey Hor" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lechaudel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bugaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/th2022/015" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03660017v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mia Kurek" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjet Benaida-Debbache" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivona Elez Garofuli&#263;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kata Gali&#263;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox11040742" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04977053v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Bohuon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/th2022/026" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600890v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Mousti&#233;s" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu-Lacanal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youna Hemery" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barea" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Villeneuve" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2022007" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493962v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfca.2020.103731" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03906113v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Goebel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wichien Sriwichai" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14416/J.ASEP.2021.01.005" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03906103v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1024/0300-9831/a000729" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03906079v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Morcillo" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vaissayre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Serret" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Domonh&#233;do" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.130638" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03906091v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Collin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1024/0300-9831/a000717" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489318v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youna M. Hemery" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fontan" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Laillou" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jallier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Moench-Pfanner" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochx.2019.100076" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02514915v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Kumar Anal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Perpetuini" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awanwee Petchkongkaew" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reasmey Phary Tan" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2019.106922" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02514950v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anal Anil Kumar" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Wach&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Louzier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Roy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mens" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2019.106913" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619244v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Mousti&#232;s" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Alter" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201900173" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204426v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Tranbarger" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Berger" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2016.09.001" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604499v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duru" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lairon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Zakhia-Rozis" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506485v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Bacigalupi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Maurey" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Boutroy" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Peyron" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2015.07.039" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7T3XCR0T-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925121v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Courraud" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarence Charnay" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Cristol" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/10715762.2013.853877" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506489v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Achir" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline P&#233;nicaud" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bohuon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11746-011-1864-2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-P0MHJXJS-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02033560v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verohanitra Randrianatoandro" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;ina Laffargue" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.200900165" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LSRNZC18-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04976740v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Rojas-Gonzalez" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brat" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Trystram" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09637480600658393" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04976752v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1750-3841.2009.01155.x" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K3DH6PF6-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04976743v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Treche" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1750-3841.2007.00280.x" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SHSDQQ1H-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698589v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Manchado-Sarni" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Deleris" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Cheynier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Moutounet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05474358v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Akparibo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Liguori" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Savy" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05474534v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald A. P. Bundy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04938665v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.O. Verger" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alissia Lourme-Ruiz" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04200397v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Darmon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991860v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Brauman" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991962v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681479v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilse de Jager" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Brouwer" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oluranti Lawal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S002966512200088X" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991869v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bricas" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahondra Ratsimbazafy" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kako Nubukpo" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03992018v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991833v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991922v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fautrel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sadiki" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Amrani" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kon&#233;" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03894390v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weil" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991225v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174690v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991246v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Petracchi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Fracassi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991814v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jos&#232;phe Amiot Carlin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03986481v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hor S." TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mith" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu L&#233;chaudel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991820v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991211v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991884v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991902v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youna H&#233;mery" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181535v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorene Akissoe" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Saint Priest" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04530997v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Durand" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178983v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydon Paul" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177053v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837518v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177626v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3353-3/c12" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05554682v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03991954v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529695v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04215167v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04781560v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Carr&#232;re" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Chaboud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cheyns" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>