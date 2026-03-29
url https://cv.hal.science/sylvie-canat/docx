--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -253,2438 +253,2420 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Nouvelle revue – Éducation et société inclusives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, n° 102 (1), pp.5-11. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2025, n° 102 (1), pp.5-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05414616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...4 lines deleted...]
-            </w:hyperlink>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'éducation inclusive, de l'école à l'université</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Ployé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magdalena Kohout-Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Carnet psy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 259, pp.44-46</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04333721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’éducation inclusive, de l’école à l’université</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Ployé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Canat-Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Ployé</w:t>
+                <w:t xml:space="preserve">Magdalena Kohout-Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Carnet psy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, N° 259 (2), pp.44-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lcp.259.0044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05136445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’inclusion à la première personne. Expérience(s), prise(s) de parole et résistances. Présentation du dossier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Assude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Magdalena Kohout-Diaz</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Godefroy Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Canat</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 259, pp.44-46</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Nouvelle revue – Éducation et société inclusives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2023/3 (97), p. 5-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04987385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche clinique et didactique de l’inclusion des élèves porteurs de troubles du comportement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Ployé</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Canat-Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capucine Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 65, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/edso.20964⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03994343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inclure sans exclure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Canat-Faure</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Volume 7, Numéro 1, pp.81-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17184/eac.3864⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03994350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser l’éducation thérapeutique Approche éducative à visée thérapeutique des jeunes avec troubles psychiques et du comportement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Canat-Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Nouvelle revue – Éducation et société inclusives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, N° 87 (3), pp.191-206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/nresi.087.0191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04000120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réponse pédagogique est dans la question énoncée par les troubles envahissant le comportement de certains sujets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La nouvelle revue de l'adaptation et de la scolarisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/nras.072.0125⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01683747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratiquer la pédagogie institutionnelle adaptée avec des élèves porteurs de troubles envahissant le comportement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cliopsy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cliop.014.0089⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01683750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apprendre à enseigner auprès d'enfants porteurs de troubles envahissant du comportement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de l'Actif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01683752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le visible et l'invisible du dispositif ITEP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...28 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/lcp.259.0044⟩</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La nouvelle revue de l'adaptation et de la scolarisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 67 (3), pp.5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/nras.067.0021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Teresa Assude</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01683757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Face aux troubles du comportement, une pédagogie institutionnelle adaptée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cliopsy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cliop.012.0007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01683756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">note critique de l'ouvrage Le sujet handicap de JS Morvan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01683754v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dispositifs Itep en devenir. Présentation du dossier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Godefroy Lansade</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La nouvelle revue de l'adaptation et de la scolarisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 67, pp.5-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traumatismes et construction du moi social dans la scolarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La nouvelle revue de l'adaptation et de la scolarisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/nras.062.0079⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01683759v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un enfant ment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enfances &amp; Psy </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 53, pp.n.c</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02920873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pédagogie et psychanalyse. Présentation du dossier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Nouvelle revue – Éducation et société inclusives</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La nouvelle revue de l'adaptation et de la scolarisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 54, pp.5-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...77 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/edso.20964⟩</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elèves troublants? Une approche des troubles scolaires en pédagogie institutionnelle adaptée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards, Enfance et Psy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ep.053.0122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17184/eac.3864⟩</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01683760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pédagogie et psychanalyse vers une pédagogie institutionnelle adaptée aux troubles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La nouvelle revue de l'adaptation et de la scolarisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/nras.054.0017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/nresi.087.0191⟩</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01683762v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Co-intervenir pour aider dans le cadre de la classe : le rôle du maître E et du professeur des écoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La nouvelle revue de l'adaptation et de la scolarisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 51, pp.203-222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/nras.051.0203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01684460v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La co-intervention maître E/maître</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chantiers formations et pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 49, pp.30-39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’inclusion : l’accueil de la différence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La nouvelle revue de l'adaptation et de la scolarisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01684463v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'inclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La nouvelle revue de l'adaptation et de la scolarisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 5 hors série, pp.147-156</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062177v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Vers une pédagogie institutionnelle adaptée, les besoins particuliers des élèves en situation de difficultés scolaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reliance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/reli.026.0114⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01684475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nous sommes inégaux devant la loi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La nouvelle revue de l'adaptation et de la scolarisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 67 (3), pp.5. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/nras.067.0021⟩</w:t>
+              <w:t xml:space="preserve">, 2007, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/nras.038.0141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/cliop.012.0007⟩</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01684470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une autorité qui ne fait pas ses preuves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Empan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/empa.063.0066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01684479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les troubles du comportement et du caractère : une subjectivité inattendue à l'école</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rechercheseducations.396⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01684499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une autorité qui ne fait pas ses preuves...</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Empan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 63 (3), pp.n.c</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02872739v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire face aux troubles du comportement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Pedagogiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01684490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contre-transfert dans la classe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le sociographe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 1, pp.n.c</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03061034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une pédagogie sourde à la différence des enfants accueillis en Institut de Rééducation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La nouvelle revue de l'adaptation et de la scolarisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 67, pp.5-10</w:t>
+              <w:t xml:space="preserve">, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...1140 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
-              <w:r>
-[...183 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01684493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2694,228 +2676,228 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enfants à besoins éducatifs particuliers et pédagogie institutionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Champ Social éditions, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une pédagogie institutionnelle adaptée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Champ social éditions. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">Champ Social éditions, 2012</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Champ social éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 978-2-913376-82-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03051038v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01683744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une pédagogie institutionnelle adaptée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 978-2-913376-82-3</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Champ social, 136 p., 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
-              <w:r>
-[...60 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02872738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2925,439 +2907,439 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entretiens cliniques à visée de recherche en éducation et formation (p. 60-64)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ESF Sciences humaines. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mener des entretiens de recherche en éducation et en formation. C. Barniaudy, S., Connac et A. Zwang.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ESF Sciences humaines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Pédagogies, 978-2-7101-4789-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04947866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entretiens cliniques à visée de recherche en éducation et formation (p. 60-64)</w:t>
+                <w:t xml:space="preserve">De la formation aux gestes et paroles inclusifs.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Canat-Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capucine Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">EDUL. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Formation aux pratiques inclusives : tensions(s) entre reproduction et innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Éditions de l'Université de Lorraine, pp.249-261, 2024, 978-2-336-47303-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.62688/edul/b9782384510856/19⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04699840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du médic inclusif à une fonction inclusive de l'université.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Canat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, 2025, Pédagogies, 978-2-7101-4789-3</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De la communauté éducative inclusive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, https://www.editions-harmattan.fr/livre-de_la_communaute_educative_inclusive_penser_et_construire_des_institutions_inclusives_thibaud_pombet_fabienne_serina_karsky_augustin_mutuale-9782336473031-80480.html, 2024, 9782384510856</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-            </w:r>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04699822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">⟨10.62688/edul/b9782384510856/19⟩</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Devenir des ITEP : de la métamorphose à la mutation institutionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">champ social éditions. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dispositif ITEP : métamorphoses institutionnelles : Enjeux pour les différents acteurs, les organisations et l’environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, champ social éditions, pp.73-78, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/chaso.aire.2016.01.0073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Du médic inclusif à une fonction inclusive de l'université.</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04699856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enfants du conflit ? Ou enfantés par le conflit ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Canat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">De la communauté éducative inclusive</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ITEP, dispositif d'avenir. Difficultés psychologiques / Troubles psychiques ? Évolutions sociétales et pratiques d'institution(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Champ social, pp.26-42, 2014, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/chaso.aire.2014.01.0026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
-              <w:r>
-[...136 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04947909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3367,3755 +3349,3755 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche clinique des troubles du lien et de la scolarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eduquer, enseigner et soigner en équipe, une nécessité et une ambition pour l’Itep</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, arnouville, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Education et thérapeutique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vers une pédagogie institutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, gennevilliers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche clinique des troubles du lien et de la scolarité</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, 2017, arnouville, France</w:t>
+                <w:t xml:space="preserve">Droit de parole des enfants d’Itep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les enjeux méthodologiques de la collecte de la parole avec des personnes ayant des déficiences intellectuelles ou des troubles du comportement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693352v1</w:t>
+                <w:t xml:space="preserve">hal-01693343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Droit de parole des enfants d’Itep</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, 2017, montpellier, France</w:t>
+                <w:t xml:space="preserve">Les effets de la loi de 2005 sur les pratiques en Itep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">enseigner en ITEP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Les effets de la loi de 2005 sur les pratiques en Itep , France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693343v1</w:t>
+                <w:t xml:space="preserve">hal-01693359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Education et thérapeutique</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, 2017, gennevilliers, France</w:t>
+                <w:t xml:space="preserve">Pour un accueil de qualité de l’enfant en situation de handicap », Accueil des enfants en situation de handicap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Accueil des enfants en situation de handicap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693348v1</w:t>
+                <w:t xml:space="preserve">hal-01693355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les effets de la loi de 2005 sur les pratiques en Itep</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Les effets de la loi de 2005 sur les pratiques en Itep , France</w:t>
+                <w:t xml:space="preserve">Pour une pédagogie institutionnelle adaptée aux troubles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les enfants difficiles et turbulents, APPEA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693359v1</w:t>
+                <w:t xml:space="preserve">hal-01693363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour un accueil de qualité de l’enfant en situation de handicap », Accueil des enfants en situation de handicap</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Montpellier, France</w:t>
+                <w:t xml:space="preserve">La pédagogie institutionnelle adaptée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4e colloque international d'actualité de la clinique d'orientation psychanalytique en sciences de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693355v1</w:t>
+                <w:t xml:space="preserve">hal-01693372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une pédagogie institutionnelle adaptée aux troubles</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Paris, France</w:t>
+                <w:t xml:space="preserve">Pratiquer une pédagogie au singulier de l'universel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecole et Handicap, Ophrys, ENS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693363v1</w:t>
+                <w:t xml:space="preserve">hal-01693379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiquer une pédagogie au singulier de l'universel</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Lyon, France</w:t>
+                <w:t xml:space="preserve">Les troubles du comportement et les troubles traumatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Repérage des souffrances psychiques </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693379v1</w:t>
+                <w:t xml:space="preserve">hal-01693366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La pédagogie institutionnelle adaptée</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Paris, France</w:t>
+                <w:t xml:space="preserve">Troubles du comportement et scolarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées nationales de l'AIRE, Saint malo, 6 décembre 2012.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693372v1</w:t>
+                <w:t xml:space="preserve">hal-03074659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les troubles du comportement et les troubles traumatiques</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Besançon, France</w:t>
+                <w:t xml:space="preserve">Vers une pédagogie institutionnelle adaptée aux troubles psychiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8ème Rencontre nationale des responsables de master ASH "La précocité intellectuelle et l'adaptation des pratiques pédagogiques", Aix en provence, 14 mai 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693366v1</w:t>
+                <w:t xml:space="preserve">hal-02920874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Troubles du comportement et scolarité</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Saint-Malo, France</w:t>
+                <w:t xml:space="preserve">Scolarité et difficultés psychologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychanalyse et pédagogie, Aix en Provence, 22 juin 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03074659v1</w:t>
+                <w:t xml:space="preserve">hal-03074657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scolarité et difficultés psychologiques</w:t>
-[...22 lines deleted...]
-              <w:t xml:space="preserve">Psychanalyse et pédagogie, Aix en Provence, 22 juin 2012</w:t>
+                <w:t xml:space="preserve">Vers une pédagogie institutionnelle adaptée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dimension institutionnelle du soin et de l'accompagnement,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, La Baume, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693384v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intervenir auprès des publics à Besoins éducatifs particuliers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée ASH/DAFPEN, Toulouse, 7 mars 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03074655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enfants du conflit ou enfantés par le conflit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XII journées nationales de formation et d'études et de recherche de l'AIRE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, saint malo, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Repérer et analyser les troubles de la scolarité en tant que psychologue scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée ASH, Aix-en Provence, 30 mars 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03074656v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enseigner aux élèves TED</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scolarité et TED, Montpellier, 9 novembre 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03074658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Troubles du sujet et troubles institutionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Troubles du comportement et pédagogie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une pédagogie adaptée aux troubles du comportement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ITEP: troubles du comportement et scolarité, Aix en provence, 24 juin 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Aix-en-Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03074660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enseigner aux élèves souffrant de troubles du comportement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">scolarité et troubles du comportement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03071358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Psychanalyse et pédagogie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque de l'AIRE "Scolarités et difficultés psychologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Aix en provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693390v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse institutionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pédagogie institutionnelle adaptée et analyse institutionnelle, IRTS, 8 décembre 2010.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03074662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La précocité intellectuelle et l'adaptation des pratiques pédagogiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque Précocité atout ou handicap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pédagogie Institutionnelle Adaptée et analyse institutionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">analyse institutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693392v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Troubles du comportement et échec pédagogique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque de l'ANPEC, Forges les eaux, 15-18 septembre 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Forges-les-Eaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02872744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une école nouvelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Salon européen de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Handicap, force, vulnérabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Handicap, force, vulnérabilité - Journée d’étude Interuniversitaire (UM1, UM2, UM3), secteur médico-social, Rectorat, IUFM, CG, CR, Mairie, Université Paul Valéry, Montpellier, le 28 mai 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03074661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Troubles du comportement et échec pédagogique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque de l'ANPEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Forges les eaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solidarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIXe colloque "Surdités, solidarités, quoi de neuf?", Arieda, CHU, IRTS, Montpellier, 17 octobre 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02920875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une école nouvelle adaptée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude de l'AIRE 44 "La scolarisation partagée", Cholet, 19 juin 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Cholet, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03075468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solidarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIX colloque international, Surdités, solidarités : quoi de neuf ? Arieda, CHU, IRTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693396v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Troubles des apprentissages des adolescents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence-débat "Pour une meilleure orientation", Rectorat de Versailles, Versailles, 9 janvier 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Versailles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02897175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adapter nos pratiques aux troubles des élèves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque organisé par le CREAI (Centre Régional pour les Enfants, les Adolescents et les Adultes Indaptés), Orléans, Octobre 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Orléans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03075467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adaptation des pratiques aux singularités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude Interuniversitaire "Handicap, Force, vulnérabilité", Université Paul Valéry, Montpellier, 28 mai 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03074186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Troubles du comportement et autorité de l'enseignant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude "Ecoles primaires", IME L'ENSOLEILLADE, Vendargues, 23 mai 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Vendargues, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02897174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enseigner en ITEP, pour une pédagogie institutionnelle adaptée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Première journée d'étude "Entraide universitaire", ITEP Pierre Male, Val d'Oise, 28 novembre 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Arnouville, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03075489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La loi de 2005 et les formations adaptées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude Institut Régional du Travail Social L-R, Montpellier, avril 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03075486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une pédagogie institutionnelle adaptée aux troubles du comportement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIIème Journées d'étude, de recherche et de formation des Instituts thérapeutiques, éducatifs et pédagogiques, Nancy, 12-14 décembre 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Nîmes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02872740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scolarisation pour tous</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude, IME l'Ensoleillade, Montpellier, Juin 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02897173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Handicap, éducation et scolarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée "Liberté, Solidarité, Travail et handicap", Domaine de Grammont, Montpellier, 29 mai 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03075487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les enfants à besoins éducatifs particuliers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude, IUFM, Nîmes, 11 avril 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Nîmes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03075488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donner la parole aux enfants-entendre en adultes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude, ITEP, Nancy, 13 décembre 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03075484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment repérer et accompagner les troubles du comportement au sein de sa classe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'Etude "Enfants à besoins particuliers", IUFM, Nîmes, 28 février 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Nîmes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03075481v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donner la parole aux enfants-entendre en adultes 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude, ITEP, Nancy, 30 novembre 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03075483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donner la parole aux enfants-entendre en adultes 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude, ITEP, Nancy, 5 octobre 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03075482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une éthique d'accompagnement des personnes en situation de handicap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée "Le forum de la dysphasie", Montpellier, 23 juin 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Nîmes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03074185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ethique et handicap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude Dafpen Montpellier, collège Louise Michel, Ganges, Mars 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Ganges, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03075485v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une pédagogie institutionnelle adaptée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, 2012, La Baume, France</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deuxième colloque international d'actualité de la clinique d'orientation psychanalytique en sciences de l'éducation "Quels liens à la psychanalyse? Quelles recherches?", Cliopsy, Paris V Sorbonne, 24-25 novembre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Aix-en-Provence, France</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03071970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une autorité qui ne fait pas ses preuves dans le champ de la toxicomanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence "Réseau toxicomanie 34", Clermont l'Hérault, 18 novembre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Clermont-L'Hérault, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, saint malo, France</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02897172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une autorité qui fait mal ou le mal qui fait autorité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Loi et relation", IRTS, Montpellier, 18 janvier 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02897171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une clinique de l'autorité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Cerfee-Lirdef "Autorité éducative, savoir et socialisation démocratique", CAPREC, Montpellier, 8-9 septembre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Aix-en-Provence, France</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02897176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les élèves à besoins spécifiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude IUFM, Nîmes, 22 mars 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Montpellier, France</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03074184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La question de l'habité en milieu institutionnel interrogée par la philosophie et la psychanalyse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude du réseau des CHRS, Montpellier, 24 octobre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Montpellier, France</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03075480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les fonctions symboliques de l'école et des parents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Ecole-Famille", Montpellier, 4 mai 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...2297 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
-              <w:r>
-[...183 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03074183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7125,315 +7107,315 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une université inclusive : les processus collectifs, pédagogiques et technologiques à mettre en œuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Monthubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Nouvelle revue – Éducation et société inclusives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1 (102), 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05414627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’inclusion à la première personne. Expérience(s), prise(s) de parole et résistances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Assude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Godefroy Lansade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Nouvelle revue – Éducation et société inclusives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, volume 97, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04436555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une université inclusive : les processus collectifs, pédagogiques et technologiques à mettre en œuvre</w:t>
-[...52 lines deleted...]
-              <w:t xml:space="preserve">, 1 (102), 2025</w:t>
+                <w:t xml:space="preserve">Pédagogie et psychanalyse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Faure Canat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La nouvelle revue de l'adaptation et de la scolarisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 54, 258 p., 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
-              <w:r>
-[...175 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03054743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId138"/>
+      <w:footerReference w:type="default" r:id="rId136"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7580,51 +7562,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947816v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Canat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Boucquemont" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414616v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Monthubert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Benoit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.102.0005" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333721v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ploy&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Kohout-Diaz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136445v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Canat-Faure" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcp.259.0044" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-04987385v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Assude" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godefroy Lansade" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.097.0005" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994343v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Huet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.20964" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994350v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3864" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000120v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.087.0191" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683747v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Faure Canat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.072.0125" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683750v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cliop.014.0089" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683752v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683757v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.067.0021" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683756v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cliop.012.0007" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-02459816v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683754v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683759v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.062.0079" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920873v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683760v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ep.053.0122" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-02475945v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683762v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.054.0017" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684460v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.051.0203" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062178v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684463v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062177v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684470v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.038.0141" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684475v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reli.026.0114" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684479v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.063.0066" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684499v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.396" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872739v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684490v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061034v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684493v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051038v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683744v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://champsocial.com/book-vers_une_pedagogie_institutionnelle_adaptee,3.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872738v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947866v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf-scienceshumaines.fr/education/467-mener-des-entretiens-de-recherche-en-education-et-en-formation.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699840v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62688/edul/b9782384510856/19" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699822v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699856v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/chaso.aire.2016.01.0073" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947909v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/chaso.aire.2014.01.0026" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693352v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693343v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693348v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693359v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693355v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693363v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693379v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693372v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693366v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074659v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074657v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693384v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920874v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693383v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074655v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074656v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074658v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693387v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074660v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071358v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693390v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693393v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074662v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693392v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872744v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693395v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897175v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074661v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693406v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693396v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920875v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075468v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075467v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074186v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897174v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075489v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872740v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075486v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897173v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075487v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075488v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075484v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075481v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075483v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075482v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074185v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075485v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897171v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897176v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897172v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074184v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071970v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075480v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074183v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414627v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04436555v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054743v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947816v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Canat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Boucquemont" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414616v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Monthubert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Benoit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333721v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ploy&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Kohout-Diaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136445v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Canat-Faure" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcp.259.0044" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-04987385v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Assude" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godefroy Lansade" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994343v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Huet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.20964" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994350v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3864" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000120v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.087.0191" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683747v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Faure Canat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.072.0125" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683750v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cliop.014.0089" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683752v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683757v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.067.0021" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683756v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cliop.012.0007" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683754v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-02459816v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683759v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.062.0079" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920873v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-02475945v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683760v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ep.053.0122" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683762v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.054.0017" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684460v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.051.0203" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062178v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684463v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062177v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684475v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reli.026.0114" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684470v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.038.0141" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684479v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.063.0066" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684499v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.396" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872739v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684490v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061034v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684493v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051038v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683744v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://champsocial.com/book-vers_une_pedagogie_institutionnelle_adaptee,3.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872738v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947866v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf-scienceshumaines.fr/education/467-mener-des-entretiens-de-recherche-en-education-et-en-formation.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699840v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62688/edul/b9782384510856/19" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699822v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699856v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/chaso.aire.2016.01.0073" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947909v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/chaso.aire.2014.01.0026" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693352v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693348v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693343v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693359v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693355v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693363v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693372v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693379v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693366v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074659v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920874v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074657v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693384v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074655v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693383v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074656v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074658v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693387v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074660v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071358v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693390v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074662v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693393v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693392v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872744v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693395v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074661v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693406v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920875v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075468v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693396v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897175v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075467v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074186v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897174v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075489v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075486v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872740v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897173v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075487v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075488v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075484v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075481v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075483v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075482v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074185v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075485v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071970v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897172v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897171v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897176v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074184v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075480v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074183v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414627v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04436555v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054743v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>