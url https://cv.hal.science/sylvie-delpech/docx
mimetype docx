--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:119.6261682243px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sylvie DELPECH </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur de Recherche au CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the corrosion behaviour of beryllium in solutions representative of Portland cement and magnesium phosphate cement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Caes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Bukaemskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdir de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 616, pp.156023. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2025.156023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05162345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion of iron in liquid uranium hexafluoride at 80 °C. Part II: Corrosion mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Miserque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jouffret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluorine Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 281, pp.110373. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jfluchem.2024.110373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04998264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salt potential control by titanium chloride to mitigate the corrosion in molten chloride salts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charly Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Delpech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 518, pp.145805. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2025.145805⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarizable force fields for the structural and thermophysical properties of molten actinide chlorides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Pireddu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agustin Salcedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Sauzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 612, pp.155822. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2025.155822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05059685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the safety and performance of molten salt reactors for their deployment in the European Union: the MIMOSA and ENDURANCE projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Morlaes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Lorenzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Deanesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Visser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ N - Nuclear Sciences &amp; Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11 (30), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjn/2025026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passivation of aluminium A1050 in MKPC matrices: effect of MgO type and chemical retarder composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Fernández-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim-Khanh Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Cruz Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 525, pp.146104. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2025.146104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05024949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion Mitigation in Molten Salt Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charly Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Chmakoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (3), pp.581. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma17030581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04735433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilization and Solidification of Beryllium Waste: Influence of the Cement Composition on the Corrosion of Be Metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Laflotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Haas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (22), pp.5401. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma17225401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion of iron in liquid uranium hexafluoride at 80 °C. Part I: Normal and abnormal experimental kinetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Miserque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jouffret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluorine Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 280, pp.110370. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jfluchem.2024.110370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical Behavior of Al/Mg Alloys Immobilized in a Magnesium Potassium Phosphate Cement-Based Mortar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Poras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Antonucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MATERIALS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 16 (15), pp.5415. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma16155415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactivity of beryllium in aqueous solution from acidic to basic pH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Grisolia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Electroanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 950, pp.117879. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jelechem.2023.117879⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical behavior of iodide ions in molten fluoride salts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela Durán-Klie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 445, pp.142019. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2023.142019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04016019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redox properties of the carbonate molten salt Li$_2$CO$_ 3$Na$_ 2$CO$_ 3$-K$_ 2$CO$_ 3$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Sauzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Héau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pupier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochim.Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 405, pp.139765. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2021.139765⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03578840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of several conditioning matrices for the management of radioactive metal beryllium wastes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Grisolia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 559, pp.153464. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2021.153464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03552819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical measurements of LiF-CaF2-ThF4 melt and activity coefficient of ThF4 in LiF-CaF2 eutectic melt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Souček</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Beneš</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 380, pp.138198. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2021.138198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03280068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of ion and neutron irradiation on the corrosion of the 6061-T6 aluminium alloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah L’haridon-Quaireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kimberly Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Kapusta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Verhaeghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Loyer-Prost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 553, pp.153051. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2021.153051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03412888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of temperature and pH on uniform and pitting corrosion of aluminium alloy 6061-T6 and characterisation of the hydroxide layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah L’haridon-Quaireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Laot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kimberly Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Kapusta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 833, pp.155146. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jallcom.2020.155146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary proliferation study of the molten salt fast reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Gerardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ N - Nuclear Sciences &amp; Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 6, pp.5. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjn/2019062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous Determination of Neutron-Induced Fission and Radiative Capture Cross Sections from Decay Probabilities Obtained with a Surrogate Reaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pérez Sánchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Jurado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Méot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (12), pp.122502. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.122502⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactivity of uranium in geopolymers, confinement matrices proposed to encapsulate MgZr waste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 518, pp.370-379. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2019.03.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02323355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thorium oxide dissolution in HNO$_3$-HF mixture: kinetics and mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romuald Drot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Le Naour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Sladkov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radiochim.Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 107 (4), pp.289-297. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/ract-2018-3052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of fluoride ions on the uranium oxidation mechanism in highly alkaline solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochim.Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 266, pp.384-394. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2018.02.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02008874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the w/c ratio on the hydration process of a magnesium phosphate cement and on its retardation by boric acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Lahalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cement and Concrete Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 109, pp.159-174. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cemconres.2018.04.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02008865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic Model of Aluminum Behavior in Cement-Based Matrices Analyzed by Impedance Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quan Thuan Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of The Electrochemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 164 (13), pp.C717-C727. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1149/2.0211713jes⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01998990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion of iron in liquid uranium hexafluoride</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jouffret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion Engineering, Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 52 (8), pp.611 - 617. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1478422X.2017.1344039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01643438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiparametric study of thorium oxide dissolution in aqueous media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Simonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Drot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Naour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Sladkov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radiochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 104 (10), pp.691-700. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/ract-2016-2607⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01409742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Reference Electrode development for redox potential measurements in fluoride molten salt at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Durán-Klie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 195, pp.19-26. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2016.02.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01342782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of magnesium phosphate cement hydration in diluted suspension and its retardation by boric acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Lahalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Mesbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cement and Concrete Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 87, pp.77-86. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cemconres.2016.04.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyrochemical reprocessing of molten salt fast reactor fuel: focus on the reductive extraction step</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela Durán-Klie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nukleonika</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 60 (4), pp.907-914. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/nuka-2015-0153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04228812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellular automata modeling of Scanning Electrochemical Microscopy (SECM) experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stafiej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Slim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dung Di Caprio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 145, pp.314-318. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2014.08.074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01101713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemistry of thorium fluoride in LiCl-KCl eutectic melts and methodology for speciation studies with fluorides ions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jaskierowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rodrigues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 144, pp.383-390. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2014.07.096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01097928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection of a mineral binder with potentialities for the stabilization/solidification of aluminum metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lahalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Antonucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 453, pp.31-40. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2014.06.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01072468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The molten salt reactor (MSR) in generation IV: Overview and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Serp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Beneš</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Feynberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 77, pp.308-319. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pnucene.2014.02.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01096273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molten fluorides for nuclear applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Slim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.S. Picard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Today</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 13, pp.34-41. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1369-7021(10)70222-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00781900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactor physic and reprocessing scheme for innovative molten salt reactor system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Merle-Lucotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ghetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluorine Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 130, pp.11-17. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jfluchem.2008.07.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00355091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation mechanism of a Fe–9Cr–1Mo steel by liquid Pb–Bi eutectic alloy (Part I)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Balbaud-Célérier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Terlain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Santarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 50 (9), pp.2523 - 2536. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.corsci.2008.06.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01911375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical determination of gadolinium and plutonium solvation propertiesin liquid gallium at high temperature.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Finne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Walle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Conocar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13182/NT08-A3996⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02341708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution Studies of Isomeric States in $^{236}$U with the nu-Ball2 Spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Hiver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.N Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Pasqualato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Lebois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57th Zakopane Conference on Nuclear Physics Extremes of the Nuclear Landscape, Extremes of the Nuclear Landscape</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Zakopane, Poland. pp.2-A25, </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolBSupp.18.2-A25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05039138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accelerated Discovery of Corrosion Resistant Materials for Molten Salt Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Balbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Achache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charly Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75th Annual Meeting of the International Society of Electrochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04852474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highlighting aluminium-magnesium alloys passivation in magnesium potassium phosphate cement: a step forward towards the conditioning of such metallic waste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Poras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Antonucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2024 - European corrosion congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04715496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MOSARWASTE, a French institutional project on molten salt reactor ultimate waste management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magaly Tribet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Laplace-Ploquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Saturnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Molten Salt Chemistry and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04831422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnesium potassium phosphate cement: a promising binder for the conditioning of aluminum-magnesium alloys waste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Poras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Antonucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WM2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04175075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent advances in the immobilization of low- or intermediate-level radioactive waste in cementitious materials: potential of magnesium potassium phosphate cements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Poras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Chartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIMTEC 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Perugia, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04665166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical impedance spectroscopy: a non-destructive method to study the corrosion of aluminum-magnesium alloys in a magnesium phosphate cement-based matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Poras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Antonucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NUWCEM 2022 – International Symposium on Cement-Based Materials for Nuclear Wastes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03670583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of electrochemical impedance spectroscopy to the study of aluminium-magnesium alloys corrosion in magnesium potassium phosphate cement pore solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Poras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Antonucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMCR 2022Electrochemical Methods in Corrosion Research Conference 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Saint-Pierre-d'Oléron, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03906751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion in molten chlorides - CEA developments and research program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Balbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Chmakoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geneve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Gruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Laghoutaris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SMINS-6</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Idaho Falls, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03805637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of chloride and fluoride molten salt reactor concepts for pyrochemical treatments and salt redox control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFEN, Jun 2022, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A closed fuel cycle option using the MSFR concept with chloride salts and the U/Pu cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Pitois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Laureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBAL 2022: International Conference on Nuclear Fuel Cycle | New nuclear perspectives in the energy supply crisis and climate emergency</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFEN, Jul 2022, Reims, France. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.7323019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the conditioning of aluminum-magnesium alloys in magnesium potassium phosphate cement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Poras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Antonucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBNWM 2021 - 45th Scientific Basis for Nuclear Waste Management Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Cologne, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03468358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of ion irradiation on aluminium hydroxide in an Al-Mg-Si alloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. L'Haridon-Quaireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Colas-Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kapusta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Verhaeghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Cloute-Cazalaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Meeting of the International Group on Research Reactors (RRFM/IGORR - 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Kazan, Jordan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02394064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction of zirconium in the Molten Salt Fast Reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela Duran-Klie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Congress on Advances in Nuclear Power Plants ICPPP 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Juan Les Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluoride in the nuclear process: its implication for metal corrosion.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jouffret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMSE 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Le Caire, Egypt</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02500571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molten Salt Reactor to close the fuel cycle: example of MSFR multi-recycling applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Guidez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Campioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Advances in Nuclear Power Plants (ICAPP 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFEN, May 2019, Juan les pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02973276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of ion irradiation on aluminium hydroxide on an Al-Mg-Si alloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. L'Haridon--Quair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Colas-Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kapusta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Verhaeghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Meeting of the International Group on Research Reactors (RRFM/IGORR - 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Swemeh, Jordan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02411083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the influence of the initial pH on the aqueous corrosion of an Al-Mg-Si alloy at 70°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. L'Haridon-Quaireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kapusta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAA16 - 16th International Congres of Aluminium Alloys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02338588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French R&D Activities Progress Summary, GIF MSR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Gerardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Laureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GIF MSR pSSC, IAEA Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02412914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concept of the Molten Salt Fast Reactor (MSFR) developed at CNRS in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Brovchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gerardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technical Meeting on the Status of Molten Salt Reactor Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01404131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les minéralisations à Cu et à Pb de la Grande Saule, Falck, Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Cauzid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Atton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01455836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet FrenchTeamMSFR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Gerardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Doche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier bilan Needs 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02410062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion mechanism of iron in liquid uranium hexafluoride environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jouffret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROCORR 2016 - European Corrosion Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02442237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of boric acid on the hydration of magnesium phosphate cement at an early age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lahalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cauditcoumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCC-2015 - 14th International Congress on the Chemistry of Cement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Beijin, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02509270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'hydratation du ciment phospho-magnésien au jeune age influence de l'acide borique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lahalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cauditcoumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GFC Journees Annuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02489476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelisation of the SECMin molten salts environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Slim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dung Di Caprio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stafiej</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SNA + MC 2013 - Joint International Conference on Supercomputing in Nuclear Applications + Monte Carlo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Paris, France. pp.05109, </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/snamc/201405109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02354738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The molten salt reactor (MSR) in Genration IV: overview ans perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Boussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ghetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.-E. Holcomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Generation IV International Forum (GIF) Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, San Diego, United States. pp.95-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00853628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyrochemical reprocessing of thorium-based fuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jaskierowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Slim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Advances in Nuclear Power Plants 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00781252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thorium Molten Salt Reactor reprocessing unit: characterization and influence on the core behaviour.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Doligez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Merle-Lucotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ghetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 Joint Symposium on Molten Salts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Kobe, Japan. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00336542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a cementitious matrix to stabilize and solidify radwaste containing beryllium metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Laflotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Haas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murielle Rivenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCCW23 - Joint 6th International Workshop on Mechanisms and Modelling of Waste / Cement Interactions &amp; EURAD –WP CORI Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Prague, Czech Republic. , 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04468293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential of magnesium potassium phosphate cements for the stabilization / solidification of low- or intermediate-level radioactive waste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Diaz Caselles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Poras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Chartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balar Chemistry Conference 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Montpellier, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04665161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 5 - France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Giot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Laureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas James Dolan; John Kutsch. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Progress on Molten Salt Reactors. A Companion to Dolan' s Molten Salt Reactors and Thorium Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.19-29, 2024, 978-0-323-99129-2. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-323-99377-7.00005-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04502781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogeneous Molten Salt Reactors (MSRs): The Molten Salt Fast Reactor (MSFR) concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Gerardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Laureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I.L. Pioro. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Generation IV Nuclear Reactors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.231-257, 2023, 978-0-12-820588-4. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-820588-4.00005-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-04026453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquid Fuel for Nuclear Energy: The Molten Salt Fast Reactor (MSFR) Concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Merle-Lucotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Slim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D.A. Carasillo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Liquid Fuels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nova Science Publishers Inc., pp.255-282, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00702131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId288"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:119.6261682243px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sylvie DELPECH </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur de Recherche au CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion of iron in liquid uranium hexafluoride at 80 °C. Part II: Corrosion mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Miserque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jouffret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluorine Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 281, pp.110373. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jfluchem.2024.110373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04998264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the corrosion behaviour of beryllium in solutions representative of Portland cement and magnesium phosphate cement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Caes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Bukaemskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdir de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 616, pp.156023. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2025.156023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05162345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarizable force fields for the structural and thermophysical properties of molten actinide chlorides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Pireddu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agustin Salcedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Sauzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 612, pp.155822. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2025.155822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05059685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salt potential control by titanium chloride to mitigate the corrosion in molten chloride salts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charly Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Delpech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 518, pp.145805. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2025.145805⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the safety and performance of molten salt reactors for their deployment in the European Union: the MIMOSA and ENDURANCE projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Morlaes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Lorenzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Deanesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Visser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ N - Nuclear Sciences &amp; Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11 (30), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjn/2025026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passivation of aluminium A1050 in MKPC matrices: effect of MgO type and chemical retarder composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Fernández-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim-Khanh Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Cruz Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 525, pp.146104. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2025.146104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05024949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilization and Solidification of Beryllium Waste: Influence of the Cement Composition on the Corrosion of Be Metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Laflotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Haas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (22), pp.5401. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma17225401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion of iron in liquid uranium hexafluoride at 80 °C. Part I: Normal and abnormal experimental kinetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Miserque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jouffret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluorine Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 280, pp.110370. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jfluchem.2024.110370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion Mitigation in Molten Salt Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charly Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Chmakoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (3), pp.581. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma17030581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04735433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactivity of beryllium in aqueous solution from acidic to basic pH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Grisolia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Electroanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 950, pp.117879. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jelechem.2023.117879⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical Behavior of Al/Mg Alloys Immobilized in a Magnesium Potassium Phosphate Cement-Based Mortar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Poras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Antonucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MATERIALS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 16 (15), pp.5415. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma16155415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical behavior of iodide ions in molten fluoride salts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela Durán-Klie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 445, pp.142019. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2023.142019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04016019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redox properties of the carbonate molten salt Li$_2$CO$_ 3$Na$_ 2$CO$_ 3$-K$_ 2$CO$_ 3$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Sauzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romaric Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Héau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pupier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochim.Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 405, pp.139765. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2021.139765⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03578840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of several conditioning matrices for the management of radioactive metal beryllium wastes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Grisolia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 559, pp.153464. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2021.153464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03552819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical measurements of LiF-CaF2-ThF4 melt and activity coefficient of ThF4 in LiF-CaF2 eutectic melt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Souček</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Beneš</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 380, pp.138198. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2021.138198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03280068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of ion and neutron irradiation on the corrosion of the 6061-T6 aluminium alloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah L’haridon-Quaireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kimberly Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Kapusta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Verhaeghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Loyer-Prost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 553, pp.153051. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2021.153051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03412888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of temperature and pH on uniform and pitting corrosion of aluminium alloy 6061-T6 and characterisation of the hydroxide layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah L’haridon-Quaireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Laot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kimberly Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Kapusta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 833, pp.155146. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jallcom.2020.155146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary proliferation study of the molten salt fast reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Gerardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ N - Nuclear Sciences &amp; Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 6, pp.5. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjn/2019062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous Determination of Neutron-Induced Fission and Radiative Capture Cross Sections from Decay Probabilities Obtained with a Surrogate Reaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pérez Sánchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Jurado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Méot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (12), pp.122502. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.122502⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactivity of uranium in geopolymers, confinement matrices proposed to encapsulate MgZr waste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 518, pp.370-379. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2019.03.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02323355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thorium oxide dissolution in HNO$_3$-HF mixture: kinetics and mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romuald Drot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Le Naour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Sladkov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radiochim.Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 107 (4), pp.289-297. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/ract-2018-3052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of fluoride ions on the uranium oxidation mechanism in highly alkaline solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochim.Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 266, pp.384-394. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2018.02.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02008874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the w/c ratio on the hydration process of a magnesium phosphate cement and on its retardation by boric acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Lahalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cement and Concrete Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 109, pp.159-174. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cemconres.2018.04.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02008865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic Model of Aluminum Behavior in Cement-Based Matrices Analyzed by Impedance Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quan Thuan Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of The Electrochemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 164 (13), pp.C717-C727. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1149/2.0211713jes⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01998990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion of iron in liquid uranium hexafluoride</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jouffret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion Engineering, Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 52 (8), pp.611 - 617. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1478422X.2017.1344039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01643438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiparametric study of thorium oxide dissolution in aqueous media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Simonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Drot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Naour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Sladkov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radiochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 104 (10), pp.691-700. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/ract-2016-2607⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01409742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Reference Electrode development for redox potential measurements in fluoride molten salt at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Durán-Klie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 195, pp.19-26. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2016.02.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01342782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of magnesium phosphate cement hydration in diluted suspension and its retardation by boric acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Lahalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Mesbah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cement and Concrete Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 87, pp.77-86. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cemconres.2016.04.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyrochemical reprocessing of molten salt fast reactor fuel: focus on the reductive extraction step</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela Durán-Klie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nukleonika</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 60 (4), pp.907-914. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/nuka-2015-0153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04228812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellular automata modeling of Scanning Electrochemical Microscopy (SECM) experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stafiej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Slim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dung Di Caprio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 145, pp.314-318. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2014.08.074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01101713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemistry of thorium fluoride in LiCl-KCl eutectic melts and methodology for speciation studies with fluorides ions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jaskierowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rodrigues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 144, pp.383-390. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2014.07.096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01097928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection of a mineral binder with potentialities for the stabilization/solidification of aluminum metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lahalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Antonucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 453, pp.31-40. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2014.06.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01072468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The molten salt reactor (MSR) in generation IV: Overview and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Serp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Beneš</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Feynberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 77, pp.308-319. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pnucene.2014.02.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01096273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molten fluorides for nuclear applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Slim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.S. Picard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Today</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 13, pp.34-41. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1369-7021(10)70222-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00781900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactor physic and reprocessing scheme for innovative molten salt reactor system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Merle-Lucotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ghetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluorine Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 130, pp.11-17. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jfluchem.2008.07.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00355091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation mechanism of a Fe–9Cr–1Mo steel by liquid Pb–Bi eutectic alloy (Part I)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Balbaud-Célérier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Terlain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Santarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 50 (9), pp.2523 - 2536. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.corsci.2008.06.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01911375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical determination of gadolinium and plutonium solvation propertiesin liquid gallium at high temperature.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Finne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Walle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Conocar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13182/NT08-A3996⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02341708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution Studies of Isomeric States in $^{236}$U with the nu-Ball2 Spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Hiver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.N Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Pasqualato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Lebois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57th Zakopane Conference on Nuclear Physics Extremes of the Nuclear Landscape, Extremes of the Nuclear Landscape</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Zakopane, Poland. pp.2-A25, </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolBSupp.18.2-A25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05039138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accelerated Discovery of Corrosion Resistant Materials for Molten Salt Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Balbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Achache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charly Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75th Annual Meeting of the International Society of Electrochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04852474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highlighting aluminium-magnesium alloys passivation in magnesium potassium phosphate cement: a step forward towards the conditioning of such metallic waste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Poras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Antonucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2024 - European corrosion congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04715496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MOSARWASTE, a French institutional project on molten salt reactor ultimate waste management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magaly Tribet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Laplace-Ploquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Saturnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Molten Salt Chemistry and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04831422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnesium potassium phosphate cement: a promising binder for the conditioning of aluminum-magnesium alloys waste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Poras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Antonucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WM2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04175075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent advances in the immobilization of low- or intermediate-level radioactive waste in cementitious materials: potential of magnesium potassium phosphate cements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Poras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Chartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIMTEC 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Perugia, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04665166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical impedance spectroscopy: a non-destructive method to study the corrosion of aluminum-magnesium alloys in a magnesium phosphate cement-based matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Poras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Antonucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NUWCEM 2022 – International Symposium on Cement-Based Materials for Nuclear Wastes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03670583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of electrochemical impedance spectroscopy to the study of aluminium-magnesium alloys corrosion in magnesium potassium phosphate cement pore solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Poras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Antonucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMCR 2022Electrochemical Methods in Corrosion Research Conference 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Saint-Pierre-d'Oléron, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03906751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion in molten chlorides - CEA developments and research program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Balbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Chmakoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Geneve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Gruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Laghoutaris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SMINS-6</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Idaho Falls, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03805637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A closed fuel cycle option using the MSFR concept with chloride salts and the U/Pu cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Pitois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Laureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBAL 2022: International Conference on Nuclear Fuel Cycle | New nuclear perspectives in the energy supply crisis and climate emergency</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFEN, Jul 2022, Reims, France. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.7323019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of chloride and fluoride molten salt reactor concepts for pyrochemical treatments and salt redox control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFEN, Jun 2022, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the conditioning of aluminum-magnesium alloys in magnesium potassium phosphate cement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Poras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Antonucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBNWM 2021 - 45th Scientific Basis for Nuclear Waste Management Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Cologne, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03468358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of ion irradiation on aluminium hydroxide in an Al-Mg-Si alloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. L'Haridon-Quaireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Colas-Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kapusta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Verhaeghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Cloute-Cazalaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Meeting of the International Group on Research Reactors (RRFM/IGORR - 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Kazan, Jordan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02394064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction of zirconium in the Molten Salt Fast Reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela Duran-Klie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Congress on Advances in Nuclear Power Plants ICPPP 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Juan Les Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluoride in the nuclear process: its implication for metal corrosion.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jouffret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMSE 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Le Caire, Egypt</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02500571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molten Salt Reactor to close the fuel cycle: example of MSFR multi-recycling applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Guidez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Campioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Advances in Nuclear Power Plants (ICAPP 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFEN, May 2019, Juan les pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02973276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of ion irradiation on aluminium hydroxide on an Al-Mg-Si alloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. L'Haridon--Quair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Colas-Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kapusta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Verhaeghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Meeting of the International Group on Research Reactors (RRFM/IGORR - 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Swemeh, Jordan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02411083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the influence of the initial pH on the aqueous corrosion of an Al-Mg-Si alloy at 70°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. L'Haridon-Quaireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kapusta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAA16 - 16th International Congres of Aluminium Alloys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02338588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French R&D Activities Progress Summary, GIF MSR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Gerardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Laureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GIF MSR pSSC, IAEA Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02412914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les minéralisations à Cu et à Pb de la Grande Saule, Falck, Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Cauzid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Atton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01455836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concept of the Molten Salt Fast Reactor (MSFR) developed at CNRS in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Brovchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gerardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technical Meeting on the Status of Molten Salt Reactor Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01404131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet FrenchTeamMSFR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Gerardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Doche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier bilan Needs 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02410062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion mechanism of iron in liquid uranium hexafluoride environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jouffret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROCORR 2016 - European Corrosion Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02442237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of boric acid on the hydration of magnesium phosphate cement at an early age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lahalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cauditcoumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCC-2015 - 14th International Congress on the Chemistry of Cement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Beijin, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02509270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'hydratation du ciment phospho-magnésien au jeune age influence de l'acide borique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lahalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cauditcoumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GFC Journees Annuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02489476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelisation of the SECMin molten salts environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Slim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dung Di Caprio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stafiej</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SNA + MC 2013 - Joint International Conference on Supercomputing in Nuclear Applications + Monte Carlo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Paris, France. pp.05109, </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/snamc/201405109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02354738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The molten salt reactor (MSR) in Genration IV: overview ans perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Boussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ghetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.-E. Holcomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Generation IV International Forum (GIF) Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, San Diego, United States. pp.95-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00853628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyrochemical reprocessing of thorium-based fuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jaskierowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Slim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Advances in Nuclear Power Plants 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00781252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thorium Molten Salt Reactor reprocessing unit: characterization and influence on the core behaviour.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Doligez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Merle-Lucotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ghetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 Joint Symposium on Molten Salts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Kobe, Japan. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00336542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a cementitious matrix to stabilize and solidify radwaste containing beryllium metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Laflotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Haas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murielle Rivenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCCW23 - Joint 6th International Workshop on Mechanisms and Modelling of Waste / Cement Interactions &amp; EURAD –WP CORI Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Prague, Czech Republic. , 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04468293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential of magnesium potassium phosphate cements for the stabilization / solidification of low- or intermediate-level radioactive waste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Diaz Caselles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Poras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Chartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balar Chemistry Conference 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Montpellier, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04665161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 5 - France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Giot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Laureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas James Dolan; John Kutsch. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Progress on Molten Salt Reactors. A Companion to Dolan' s Molten Salt Reactors and Thorium Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.19-29, 2024, 978-0-323-99129-2. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-323-99377-7.00005-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04502781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogeneous Molten Salt Reactors (MSRs): The Molten Salt Fast Reactor (MSFR) concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Allibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Gerardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Laureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I.L. Pioro. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Generation IV Nuclear Reactors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.231-257, 2023, 978-0-12-820588-4. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-820588-4.00005-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-04026453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquid Fuel for Nuclear Energy: The Molten Salt Fast Reactor (MSFR) Concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Merle-Lucotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Heuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Slim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D.A. Carasillo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Liquid Fuels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nova Science Publishers Inc., pp.255-282, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00702131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId288"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162345v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Caes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Bukaemskiy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cannes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Delpech" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valdir de Souza" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.156023" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04998264v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Achour" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Martinelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chatain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Miserque" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jouffret" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2024.110373" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969323v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Carri&#232;re" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Rodrigues" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Delpech" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2025.145805" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059685v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Pireddu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Salcedo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Sauzet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lambertin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155822" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181617v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Morlaes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Lorenzi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Deanesi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Smith" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Visser" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2025026" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024949v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Fern&#225;ndez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim-Khanh Le" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Cruz Alonso" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2025.146104" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735433v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chmakoff" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma17030581" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768681v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Laflotte" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cau Dit Coumes" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Haas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rodrigues" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma17225401" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805234v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2024.110370" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190145v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Poras" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Antonucci" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16155415" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337647v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bouhier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grisolia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2023.117879" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016019v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Dur&#225;n-Klie" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2023.142019" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578840v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Collet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe H&#233;au" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pupier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2021.139765" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552819v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2021.153464" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280068v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sou&#269;ek" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rodrigues" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bene&#353;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delpech" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rodrigues" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2021.138198" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412888v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah L&#8217;haridon-Quaireau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Colas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Kapusta" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Verhaeghe" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Loyer-Prost" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2021.153051" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037512v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Laot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.155146" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037616v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Allibert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Merle" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gerardin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Heuer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2019062" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497833v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P&#233;rez S&#225;nchez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jurado" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M&#233;ot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Roig" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dupuis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.122502" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323355v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cannes" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Barr&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lambertin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.03.024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097433v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Simonnet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Barr&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Drot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Naour" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Sladkov" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ract-2018-3052" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008874v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2018.02.046" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008865v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lahalle" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Mercier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2018.04.010" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998990v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Thuan Tran" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sanchez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0211713jes" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643438v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dubois" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1478422X.2017.1344039" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01409742v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Simonnet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Drot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Naour" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sladkov" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ract-2016-2607" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01342782v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dur&#225;n-Klie" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2016.02.042" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045485v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2016.04.010" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XN06MP37-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228812v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nuka-2015-0153" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01101713v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lucas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Stafiej" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Slim" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dung Di Caprio" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2014.08.074" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1L9253GQ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01097928v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jaskierowicz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2014.07.096" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DZ1DJMXQ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01072468v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cau Dit Coumes" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lahalle" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Antonucci" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2014.06.032" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z3MDSCZV-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01096273v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Serp" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Allibert" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Feynberg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnucene.2014.02.014" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00781900v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cabet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.S. Picard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1369-7021(10)70222-4" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00355091v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Merle-Lucotte" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Heuer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ghetta" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2008.07.009" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DC8GR6CP-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911375v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Martinelli" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Balbaud-C&#233;l&#233;rier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Terlain" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Santarini" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2008.06.050" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KRLB5N3R-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02341708v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Picard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Finne" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Walle" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Conocar" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NT08-A3996" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039138v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Hiver" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.N Wilson" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pasqualato" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lebois" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Charles" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolBSupp.18.2-A25" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04852474v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Balbaud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Achache" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Carriere" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04715496v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Danis" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Cau Dit Coumes" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04831422v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magaly Tribet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Laplace-Ploquin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Saturnin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Martinet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04175075v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04665166v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chartier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03670583v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03906751v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03805637v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geneve" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gruet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laghoutaris" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224754v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299709v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Pitois" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Heuer" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Laureau" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Merle" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Allibert" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7323019" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03468358v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02394064v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. L'Haridon-Quaireau" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Colas-Leroux" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kapusta" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Verhaeghe" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cloute-Cazalaa" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299587v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Duran-Klie" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500571v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jouffret" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Achour" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chatain" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonnet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02973276v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Guidez" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Merle" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bourg" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Campioni" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411083v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. L'Haridon--Quair" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gosset" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338588v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Colas" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02412914v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Laureau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01404131v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brovchenko" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gerardin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01455836v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lacroix" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cauzid" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Atton" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delpech" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02410062v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Doche" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/hal-02442237v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dubois" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509270v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cauditcoumes" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02489476v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354738v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/snamc/201405109" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00853628v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Boussier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.-E. Holcomb" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00781252v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fichet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00336542v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Doligez" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04468293v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Haas" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Rivenet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04665161v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Diaz Caselles" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502781v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Giot" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-99377-7.00005-4" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-04026453v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/C2019-0-01219-8" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-820588-4.00005-0" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00702131v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04998264v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Achour" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Martinelli" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chatain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Miserque" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jouffret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2024.110373" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162345v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Caes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Bukaemskiy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cannes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Delpech" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valdir de Souza" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.156023" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059685v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Pireddu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Salcedo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Sauzet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lambertin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155822" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969323v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Carri&#232;re" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Rodrigues" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Delpech" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2025.145805" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181617v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Morlaes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Lorenzi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Deanesi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Smith" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Visser" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2025026" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024949v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Fern&#225;ndez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim-Khanh Le" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Cruz Alonso" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2025.146104" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768681v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Laflotte" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cau Dit Coumes" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Haas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rodrigues" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma17225401" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805234v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2024.110370" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735433v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chmakoff" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma17030581" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337647v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bouhier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grisolia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2023.117879" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190145v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Poras" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Antonucci" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16155415" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016019v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Dur&#225;n-Klie" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2023.142019" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578840v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Collet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe H&#233;au" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pupier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2021.139765" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552819v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2021.153464" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280068v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sou&#269;ek" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rodrigues" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bene&#353;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delpech" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rodrigues" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2021.138198" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412888v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah L&#8217;haridon-Quaireau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Colas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Kapusta" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Verhaeghe" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Loyer-Prost" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2021.153051" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037512v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Laot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.155146" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037616v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Allibert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Merle" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gerardin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Heuer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2019062" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497833v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P&#233;rez S&#225;nchez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jurado" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M&#233;ot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Roig" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dupuis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.122502" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323355v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cannes" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Barr&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lambertin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.03.024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097433v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Simonnet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Barr&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Drot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Naour" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Sladkov" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ract-2018-3052" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008874v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2018.02.046" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008865v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lahalle" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Mercier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2018.04.010" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998990v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Thuan Tran" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sanchez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0211713jes" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643438v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dubois" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1478422X.2017.1344039" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01409742v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Simonnet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Drot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Naour" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sladkov" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ract-2016-2607" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01342782v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dur&#225;n-Klie" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2016.02.042" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045485v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2016.04.010" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XN06MP37-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228812v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nuka-2015-0153" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01101713v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lucas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Stafiej" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Slim" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dung Di Caprio" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2014.08.074" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1L9253GQ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01097928v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jaskierowicz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2014.07.096" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DZ1DJMXQ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01072468v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cau Dit Coumes" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lahalle" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Antonucci" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2014.06.032" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z3MDSCZV-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01096273v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Serp" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Allibert" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Feynberg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnucene.2014.02.014" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00781900v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cabet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.S. Picard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1369-7021(10)70222-4" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00355091v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Merle-Lucotte" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Heuer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ghetta" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2008.07.009" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DC8GR6CP-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911375v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Martinelli" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Balbaud-C&#233;l&#233;rier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Terlain" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Santarini" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2008.06.050" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KRLB5N3R-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02341708v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Picard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Finne" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Walle" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Conocar" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NT08-A3996" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039138v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Hiver" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.N Wilson" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pasqualato" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lebois" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Charles" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolBSupp.18.2-A25" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04852474v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Balbaud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Achache" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Carriere" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04715496v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Danis" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Cau Dit Coumes" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04831422v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magaly Tribet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Laplace-Ploquin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Saturnin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Martinet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04175075v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04665166v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chartier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03670583v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03906751v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03805637v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geneve" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gruet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laghoutaris" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299709v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Pitois" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Heuer" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Laureau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Merle" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Allibert" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7323019" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224754v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03468358v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02394064v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. L'Haridon-Quaireau" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Colas-Leroux" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kapusta" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Verhaeghe" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cloute-Cazalaa" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299587v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Duran-Klie" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500571v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jouffret" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Achour" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chatain" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonnet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02973276v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Guidez" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Merle" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bourg" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Campioni" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411083v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. L'Haridon--Quair" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gosset" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338588v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Colas" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02412914v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Laureau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01455836v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lacroix" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cauzid" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Atton" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delpech" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01404131v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brovchenko" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gerardin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02410062v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Doche" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/hal-02442237v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dubois" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509270v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cauditcoumes" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02489476v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354738v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/snamc/201405109" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00853628v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Boussier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.-E. Holcomb" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00781252v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fichet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00336542v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Doligez" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04468293v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Haas" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Rivenet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04665161v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Diaz Caselles" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502781v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Giot" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-99377-7.00005-4" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-04026453v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/C2019-0-01219-8" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-820588-4.00005-0" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00702131v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>