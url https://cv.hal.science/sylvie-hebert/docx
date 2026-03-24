--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1524,177 +1524,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03451768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemically Controllable Magnetic Transition Temperature and Magneto‐Elastic Coupling in MnZnSb Compounds</w:t>
+                <w:t xml:space="preserve">Low thermal conductivity in a modular inorganic material with bonding anisotropy and mismatch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philip Murgatroyd</w:t>
+                <w:t xml:space="preserve">Quinn Gibson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kieran Routledge</w:t>
+                <w:t xml:space="preserve">Tianqi Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samantha Durdy</w:t>
+                <w:t xml:space="preserve">Luke Daniels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Gaultois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">T. Wesley Surta</w:t>
+                <w:t xml:space="preserve">Helen Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramzy Daou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adfm.202100108⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 373 (6558), pp.1017-1022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.abh1619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03447210v1</w:t>
+                <w:t xml:space="preserve">hal-03377955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermopower in the Ba 1−δ M 2+x Ru 4−x O 11 (M = Co, Mn, Fe) magnetic hexagonal ruthenates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Pawula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1716,237 +1716,237 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Juraszek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 103 (23), pp.235106. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.103.235106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03447165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low thermal conductivity in a modular inorganic material with bonding anisotropy and mismatch</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chemically Controllable Magnetic Transition Temperature and Magneto‐Elastic Coupling in MnZnSb Compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Murgatroyd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quinn Gibson</w:t>
+                <w:t xml:space="preserve">Kieran Routledge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tianqi Zhao</w:t>
+                <w:t xml:space="preserve">Samantha Durdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luke Daniels</w:t>
+                <w:t xml:space="preserve">Michael Gaultois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helen Walker</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ramzy Daou</w:t>
+                <w:t xml:space="preserve">T. Wesley Surta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 373 (6558), pp.1017-1022. </w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (17), pp.2100108. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.abh1619⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202100108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03377955v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability and thermoelectric performance of doped higher manganese silicide materials solidified by RGS (ribbon growth on substrate) synthesis</w:t>
               </w:r>
@@ -2462,529 +2462,529 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02109809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the iron substitution on the thermoelectric properties of Co 1− x Fe x S 2 ( x ≤ 0.30)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Richomme</w:t>
+                <w:t xml:space="preserve">Two new magnetic hollandites A 1.5 Ru 6.1 Cr 1.9 O 16 (A = Sr, Ba): magnetoresistance and thermopower</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Pawula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Maignan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsta.2018.0337⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (1), pp.86-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c8tc04518f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02176306v1</w:t>
+                <w:t xml:space="preserve">hal-02264199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two new magnetic hollandites A 1.5 Ru 6.1 Cr 1.9 O 16 (A = Sr, Ba): magnetoresistance and thermopower</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Hebert</w:t>
+                <w:t xml:space="preserve">Impact of the iron substitution on the thermoelectric properties of Co 1− x Fe x S 2 ( x ≤ 0.30)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulises Acevedo Salas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismail Fourati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Juraszek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Richomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 7 (1), pp.86-94. </w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 377 (2152), pp.20180337. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c8tc04518f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rsta.2018.0337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02264199v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02176306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetothermopower and giant magnetoresistance in the spin-glass CuCrTiS4 thiospinel</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis, electronic structure and physical properties of polycrystalline Ba(2)FePnSe(5) (Pn = Sb, Bi)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oleg I. Lebedev</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Maignan</w:t>
+                <w:t xml:space="preserve">Stefan Maier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hebert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houria Kabbour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5036828⟩</w:t>
+              <w:t xml:space="preserve">Materials Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 203, pp.202-211. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matchemphys.2017.09.060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02174427v1</w:t>
+                <w:t xml:space="preserve">hal-02174424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, electronic structure and physical properties of polycrystalline Ba(2)FePnSe(5) (Pn = Sb, Bi)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stefan Maier</w:t>
+                <w:t xml:space="preserve">Magnetothermopower and giant magnetoresistance in the spin-glass CuCrTiS4 thiospinel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Berthebaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg I. Lebedev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hebert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 203, pp.202-211. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 124 (6), pp.063905. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matchemphys.2017.09.060⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.5036828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02174424v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02174427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unconventional aspects of electronic transport in delafossite oxides</w:t>
               </w:r>
@@ -3234,64 +3234,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linear, Hypervalent Se-3(4-) Units and Unprecedented Cu4Se9 Building Blocks in the Copper(I) Selenide Ba4Cu8Se13</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Maier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3449,247 +3449,259 @@
               <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 432, pp.68-76. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jmmm.2017.01.086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02155784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A round Robin test of the uncertainty on the measurements of the thermoelectric dimensionless figure of merit of Co&amp;lt;sub&amp;gt;0.97&amp;lt;/sub&amp;gt;Ni&amp;lt;sub&amp;gt;0.03&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Alleno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bérardan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Byl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramzy Daou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 86 (1), 011301 (9 p.). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4905250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01108894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ZrSe 3 -Type Variant of TiS 3 : Structure and Thermoelectric Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Guilmeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Berthebaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Misse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3698,1338 +3710,1338 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleg Lebedev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 26 (19), pp.5585-5591. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/cm502069n⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02264025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Room temperature bistability with wide thermal hysteresis in a spin crossover silica nanocomposite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Pillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El-Eulmi Bendeif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Carteret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Bouazaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 1, pp.1933. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c3tc00546a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00880310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mg substitution in CuCrO2 delafossite compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Guilmeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Poienar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Kremer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solid State Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 151 (23), pp.1798-1801. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ssc.2011.08.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02264218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mg substitution in CuCrO2 delafossite compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Guilmeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Poienar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Kremer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solid State Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 151 (23), pp.1798-1801. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ssc.2011.08.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02450360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of ruthenium substitution in layered sodium cobaltate Na&amp;lt; i&amp;gt; x&amp;lt;/i&amp;gt; CoO&amp;lt; sub&amp;gt; 2&amp;lt;/sub&amp;gt;: Synthesis, structural and physical properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Strobel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Muguerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pachoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 182, pp.1872. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jssc.2009.04.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00942111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of Electrons and Orbitals in a Nearly One-Dimensional Co3+/Co4+ System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mentré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Legris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Pautrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 20 (5), pp.1741-1749. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/cm702678v⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00187566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermoelectric and magnetic properties of perovskite-type manganate phases synthesised by ultrasonic spray combustion (USC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Bocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Aguirre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Malo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solid State Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 10 (4), pp.496-501. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2007.12.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02264245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual electronic states in thermoelectric cobalt oxide [ Bi 1.7 Ca 2 O 4 ] 0.59 CoO 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Limelette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Muguerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Frésard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 77 (23), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.77.235118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01870076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sign change of the thermoelectric power in LaCoO3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hebert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 39 (2), pp.145-148. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1140/epjb/e2004-00179-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01499384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A magnetic study of the one dimensional Sr3NilrO6 compound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 35, pp.317-323. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1140/epjb/e2003-00283-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00015928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhodium Doped Manganites : Ferromagnetism and Metallicity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Raveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5037,540 +5049,822 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Fresard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryvonne Hervieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 90, pp.1297</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00122374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de l'introduction de défauts colonnaires amorphes sur les propriétés de transport d'un monocristal supraconducteur à haute Tc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Warmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Physique III</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 7 (12), pp.2385-2392. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/jp3:1997266⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">jpa-00249727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural and Magnetic Investigations of Iron-Based Pyrite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najah Rhimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Agnarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdeslem Fnidiki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GFSM 2025, Nanochemistry, Hybrid Materials &amp; Molecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Louvain -la-Neuve, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magnetic order in spinel compounds for Thermoelectric applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Choker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. El Haber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Richomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdeslem Fnidiki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GFSM 2025, Nanochemistry, Hybrid Materials &amp; Molecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Louvain-la-Neuve, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of hyperacusis and tinnitus loudness in tinnitus patients with and without hearing loss following 3 weeks of acoustic stimulation: A proof-of-concept study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bigras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Noreña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hébert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tinnitus - An Interdisciplinary Approach Towards Individualized Treatment: Towards understanding the complexity of tinnitus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 262, Elsevier, pp.57-91, 2021, Progress in Brain Research, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/bs.pbr.2021.01.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03420709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of hyperacusis and tinnitus loudness in tinnitus patients with and without hearing loss following 3 weeks of acoustic stimulation: A proof-of-concept study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bigras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Noreña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hébert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tinnitus - An Interdisciplinary Approach Towards Individualized Treatment: Towards understanding the complexity of tinnitus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 262, Elsevier, pp.57-91, 2021, Progress in Brain Research, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/bs.pbr.2021.01.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03420873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId199"/>
+      <w:footerReference w:type="default" r:id="rId205"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5717,51 +6011,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05405443v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Agnarelli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pelloquin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Maignan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie H&#233;bert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cc03147h" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353341v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maignan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pelloquin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.I. Lebedev" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El Haber" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Daou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2025.112710" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484141v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Agnarelli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Pelloquin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Daou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maignan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S H&#233;bert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ae0b21" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684886v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pawula" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Fakih" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzy Daou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Mordvinova" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.064432" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485212v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav P&#233;chev" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Mantione" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.8.025403" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693028v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bouteiller" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fontaine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P&#233;rez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Hebert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bourg&#232;s" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c01867" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05405440v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. H&#233;bert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Folton" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hug" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0240914" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04779974v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2024.107454" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817335v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zaac.202200045" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822185v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subarna Das" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Singha" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg I Lebedev" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.6.035401" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451768v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Barbier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Berthebaud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Pralong" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c11601" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447210v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Murgatroyd" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieran Routledge" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Durdy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gaultois" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wesley Surta" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202100108" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447165v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Juraszek" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.235106" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377955v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quinn Gibson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianqi Zhao" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Daniels" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Walker" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abh1619" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006602v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Pichon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berneron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Levinsky" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjan Burema" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme Blake" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.154602" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039678v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guilmeau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.3.115401" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174460v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Martin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Sottmann" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Nataf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cc00926d" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109809v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.085422" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176306v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulises Acevedo Salas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Fourati" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Richomme" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2018.0337" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264199v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8tc04518f" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174427v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg I. Lebedev" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5036828" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174424v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Maier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Kabbour" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2017.09.060" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175418v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Fresard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Eyert" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14686996.2017.1393633" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175406v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. I. Lebedev" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hebert" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roddatis" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Turner" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.7b00693" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175404v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b01224" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02155784v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Maria Neacsa" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Gruener" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Soret" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2017.01.086" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108894v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alleno" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;rardan" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Byl" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Candolfi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4905250" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264025v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Misse" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm502069n" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880310v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Durand" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pillet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Eulmi Bendeif" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Carteret" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bouazaoui" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3tc00546a" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264218v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Poienar" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kremer" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marinel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2011.08.023" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450360v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942111v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Strobel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Muguerra" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pachoud" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Colin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2009.04.030" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3L20FSX2-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187566v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Kauffmann" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mentr&#233;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Legris" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pautrat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm702678v" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-396WLWTW-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264245v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bocher" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Robert" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Aguirre" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Malo" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2007.12.031" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SLRHSL8B-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01870076v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Limelette" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Fr&#233;sard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Simon" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.77.235118" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499384v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Flahaut" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2004-00179-8" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Q3BGCMS9-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015928v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hardy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2003-00283-3" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8839VM4Q-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122374v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Raveau" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Hervieu" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249727v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Warmont" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1997266" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/20CBB7C834209DCB86A075C3B8591E006A3797B9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420709v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fournier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bigras" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lehmann" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Nore&#241;a" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.pbr.2021.01.024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420873v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05405443v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Agnarelli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pelloquin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Maignan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie H&#233;bert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cc03147h" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353341v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maignan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pelloquin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.I. Lebedev" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El Haber" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Daou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2025.112710" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484141v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Agnarelli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Pelloquin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Daou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maignan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S H&#233;bert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ae0b21" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684886v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pawula" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Fakih" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzy Daou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Mordvinova" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.064432" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485212v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav P&#233;chev" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Mantione" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.8.025403" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693028v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bouteiller" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fontaine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P&#233;rez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Hebert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bourg&#232;s" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c01867" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05405440v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. H&#233;bert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Folton" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hug" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0240914" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04779974v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2024.107454" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817335v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zaac.202200045" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822185v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subarna Das" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Singha" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg I Lebedev" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.6.035401" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451768v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Barbier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Berthebaud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Pralong" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c11601" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377955v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quinn Gibson" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianqi Zhao" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Daniels" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Walker" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abh1619" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447165v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Juraszek" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.235106" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447210v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Murgatroyd" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieran Routledge" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Durdy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gaultois" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wesley Surta" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202100108" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006602v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Pichon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berneron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Levinsky" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjan Burema" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme Blake" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.154602" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039678v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guilmeau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.3.115401" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174460v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Martin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Sottmann" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Nataf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cc00926d" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109809v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.085422" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264199v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8tc04518f" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176306v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulises Acevedo Salas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Fourati" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Richomme" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2018.0337" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174424v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Maier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Kabbour" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2017.09.060" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174427v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg I. Lebedev" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5036828" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175418v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Fresard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Eyert" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14686996.2017.1393633" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175406v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. I. Lebedev" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hebert" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roddatis" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Turner" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.7b00693" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175404v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b01224" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02155784v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Maria Neacsa" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Gruener" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Soret" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2017.01.086" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-13C0KWHK-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108894v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alleno" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;rardan" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Byl" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Candolfi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4905250" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264025v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Misse" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm502069n" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880310v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Durand" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pillet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Eulmi Bendeif" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Carteret" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bouazaoui" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3tc00546a" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264218v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Poienar" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kremer" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marinel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2011.08.023" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450360v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942111v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Strobel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Muguerra" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pachoud" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Colin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2009.04.030" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3L20FSX2-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187566v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Kauffmann" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mentr&#233;" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Legris" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pautrat" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm702678v" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-396WLWTW-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264245v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bocher" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Robert" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Aguirre" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Malo" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2007.12.031" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SLRHSL8B-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01870076v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Limelette" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Fr&#233;sard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Simon" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.77.235118" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499384v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Flahaut" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2004-00179-8" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Q3BGCMS9-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015928v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hardy" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2003-00283-3" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8839VM4Q-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122374v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Raveau" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Hervieu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249727v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Warmont" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1997266" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/20CBB7C834209DCB86A075C3B8591E006A3797B9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05500722v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najah Rhimi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeslem Fnidiki" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05500753v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Choker" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420709v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fournier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bigras" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lehmann" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Nore&#241;a" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.pbr.2021.01.024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420873v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>