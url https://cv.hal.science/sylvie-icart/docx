--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -836,51 +836,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00747253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approximate tensor diagonalization by invertible transforms</w:t>
+                <w:t xml:space="preserve">PARAFAC2 receivers for Orthogonal Space-Time Block Codes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Sorensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Comon</w:t>
@@ -898,97 +898,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Icart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Deneire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Signal Processing Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Glasgow, United Kingdom. pp.4</w:t>
+              <w:t xml:space="preserve">IEEE Int. Conference on Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Dresden, Germany. pp.3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00435893v1</w:t>
+                <w:t xml:space="preserve">hal-00435902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PARAFAC2 receivers for Orthogonal Space-Time Block Codes</w:t>
+                <w:t xml:space="preserve">Approximate tensor diagonalization by invertible transforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Sorensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Comon</w:t>
@@ -1006,73 +1006,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Icart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Deneire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Int. Conference on Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Dresden, Germany. pp.3</w:t>
+              <w:t xml:space="preserve">European Signal Processing Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Glasgow, United Kingdom. pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00435902v1</w:t>
+                <w:t xml:space="preserve">hal-00435893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gradient based Approximate Joint Diagonalization by Orthogonal Transforms</w:t>
               </w:r>
@@ -1915,51 +1915,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01665077v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nevejans" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Pourtallier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Icart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Merlet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315513v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael S&#248;rensen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven De Lathauwer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Deneire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2011.07.005" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PHC6M63K-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781143v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Sorensen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven de Lathauwer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Comon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/110830034" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00354719v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Rota" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2008.08.014" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805749v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lafay" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208653v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747253v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435893v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435902v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339522v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207853v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207672v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lemoine" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207709v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Lafay" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076905v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Leblond" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Samson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04208491v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00805547v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01665077v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nevejans" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Pourtallier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Icart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Merlet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315513v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael S&#248;rensen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven De Lathauwer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Deneire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2011.07.005" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PHC6M63K-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781143v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Sorensen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven de Lathauwer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Comon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/110830034" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00354719v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Rota" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2008.08.014" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805749v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lafay" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208653v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747253v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435902v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435893v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339522v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207853v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207672v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lemoine" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207709v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Lafay" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00076905v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Leblond" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Samson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04208491v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00805547v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>