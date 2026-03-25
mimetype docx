--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -166,542 +166,542 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors influencing the adoption of digital sales support tools in short food supply chains by agricultural producers</w:t>
+                <w:t xml:space="preserve">L’évaluation des Systèmes d’Information dans le secteur des assurances : le rôle déterminant de la qualité de l’information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Radouane Abdoune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lacan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marc Ohana</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Cocula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Business Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/EBR-03-2025-0093⟩</w:t>
+              <w:t xml:space="preserve">Recherches en sciences de gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, nº 166 (2), pp.179-212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/resg.166.0179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05438588v1</w:t>
+                <w:t xml:space="preserve">hal-05438591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renforcer les perspectives critiques : un appel à l'ouverture en management des systèmes d'information</w:t>
+                <w:t xml:space="preserve">Factors influencing the adoption of digital sales support tools in short food supply chains by agricultural producers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lise Arena</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ohana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Agulhon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t>
+                <w:t xml:space="preserve">François Cocula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Business Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 37 (6), pp.1017-1039. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/EBR-03-2025-0093⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05451123v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05438588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre la complexité d'une situation d'adoption de l'intelligence artificielle dans le secteur public grâce au principe dialogique d'Edgar</w:t>
+                <w:t xml:space="preserve">Renforcer les perspectives critiques : un appel à l'ouverture en management des systèmes d'information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magalie Duarte</w:t>
+                <w:t xml:space="preserve">Lise Arena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Agulhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 30 (3), pp.1-11</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05438549v1</w:t>
+                <w:t xml:space="preserve">hal-05451123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le marché de la nostalgie musicale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Bidan</w:t>
+                <w:t xml:space="preserve">Comprendre la complexité d'une situation d'adoption de l'intelligence artificielle dans le secteur public grâce au principe dialogique d'Edgar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joan Le Goff</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Michel</w:t>
+                <w:t xml:space="preserve">Magalie Duarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ondes courtes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, XXXI (4), pp.95-119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.54695/rips4.087.0095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05422901v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05438549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’évaluation des Systèmes d’Information dans le secteur des assurances : le rôle déterminant de la qualité de l’information</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le marché de la nostalgie musicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bidan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marc Ohana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en sciences de gestion</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ondes courtes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-20</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05438591v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Le Moigne et le Paradigme d’Auto-éco-ré-organisation ou d’auto-organisation éco-systémique : Naviguer dans la Complexité Managériale</w:t>
               </w:r>
@@ -882,51 +882,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gerbaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 12 (50), pp.105 - 116. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1055,51 +1055,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gerbaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Supply Chain Management: An International Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, DSCG, 28 (5), pp.126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1159,51 +1159,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gerbaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, N°132 (6), pp.91 - 111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1445,51 +1445,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Michaud-Trévinal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cocula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Journal of Information Systems Evaluation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 22 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1549,51 +1549,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Michaud-Trévinal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cocula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Journal of Information Systems Evaluation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1904,51 +1904,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposition de caractérisation de la logistique humanitaire à la lumière de MSF Log : un fort couplage du système d’information et de la supply chain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logistique &amp; Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 26 (3), pp.156-167. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1976,209 +1976,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03256525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation au domaine bancaire du modèle d'évaluation du succès des systèmes d'information (ISSM) de Delone et McLean</w:t>
+                <w:t xml:space="preserve">L'évaluation des systèmes d'information : un état de l'art à la lumière des approches de la variance et processuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cocula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Volume19, pp.7 - 49. </w:t>
+              <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, N°74, pp.33 - 51. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/sim.141.0007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/mav.074.0033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04140363v1</w:t>
+                <w:t xml:space="preserve">hal-04140364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'évaluation des systèmes d'information : un état de l'art à la lumière des approches de la variance et processuelles</w:t>
+                <w:t xml:space="preserve">Adaptation au domaine bancaire du modèle d'évaluation du succès des systèmes d'information (ISSM) de Delone et McLean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cocula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, N°74, pp.33 - 51. </w:t>
+              <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Volume19, pp.7 - 49. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/mav.074.0033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/sim.141.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04140364v1</w:t>
+                <w:t xml:space="preserve">hal-04140363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2190,312 +2190,312 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing digital plasticity</w:t>
+                <w:t xml:space="preserve">Intelligence artificielle et logistique humanitaire : une exploration de la littérature.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gerbaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediterranean Conference on Information Systems (MCIS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Nantes, France</w:t>
+              <w:t xml:space="preserve">30e Conférence de l’Association Information et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05499455v1</w:t>
+                <w:t xml:space="preserve">hal-05472438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La plasticité numérique dans la littérature : un concept émergent ?</w:t>
+                <w:t xml:space="preserve">Characterizing digital plasticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gerbaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30ème Conférence de l'Association Information et Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Information et Management, May 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">Mediterranean Conference on Information Systems (MCIS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05496170v1</w:t>
+                <w:t xml:space="preserve">hal-05499455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intelligence artificielle et logistique humanitaire : une exploration de la littérature.</w:t>
+                <w:t xml:space="preserve">La plasticité numérique dans la littérature : un concept émergent ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gerbaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30e Conférence de l’Association Information et Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">30ème Conférence de l'Association Information et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Information et Management, May 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05472438v1</w:t>
+                <w:t xml:space="preserve">hal-05496170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle prise de conscience des chercheurs des dilemmes éthique ? Le cas d'Une équipe de recherche universitaire en robotique</w:t>
               </w:r>
@@ -2602,51 +2602,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gerbaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th International Conference on Enterprise Information Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ICEIS, Apr 2024, Angers, France. pp.382-388, </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2693,51 +2693,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la résilience à l'antifragilité : proposition d'un agenda de recherche pour mesurer le sentiment d'antifragilité au sein de MSF logistique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gerbaix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2775,51 +2775,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’éthique, de la complexité, des algorithmes et de plusieurs concepts qu’il convient de tisser ensemble : une lecture basée sur les travaux de Edgar Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gerbaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2909,51 +2909,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gerbaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence de l’Association Information et Management AIM 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Carry-le-Rouet Aix-Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2978,51 +2978,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’éthique, de la complexité, des algorithmes et de plusieurs concepts qu’il convient de « tisser ensemble » : une lecture basée sur les travaux de E. Morin.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gerbaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3099,51 +3099,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gerbaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 3rd International Conference on Next Generation Computing Applications (NextComp)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Flic-en-Flac, Mauritius. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3171,217 +3171,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03953936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résilience de la chaîne logistique humanitaire et agilité du système d’information face à une crise sanitaire : cas de Médecins sans Frontière Logistique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La redevabilité algorithmique au prisme des trois principes clés de l’approche de la complexité d'Edgar Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Gerbaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence de l’Association Information et Management AIM 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Nice (France), France</w:t>
+              <w:t xml:space="preserve">International Conference on Project &amp; Logistics, Digitalization of Supply Chains and Projects, PROLOG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04787508v1</w:t>
+                <w:t xml:space="preserve">hal-04787502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La redevabilité algorithmique au prisme des trois principes clés de l’approche de la complexité d'Edgar Morin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Résilience de la chaîne logistique humanitaire et agilité du système d’information face à une crise sanitaire : cas de Médecins sans Frontière Logistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gerbaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Project &amp; Logistics, Digitalization of Supply Chains and Projects, PROLOG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Nantes (France), France</w:t>
+              <w:t xml:space="preserve">Conférence de l’Association Information et Management AIM 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Nice (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04787502v1</w:t>
+                <w:t xml:space="preserve">hal-04787508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transformation numérique et logistique humanitaire : le paradoxe de la gestion de l'incertitude et de l'urgence</w:t>
               </w:r>
@@ -3393,51 +3393,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gerbaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence de l'AIM, Association Information et Management, 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, NANTES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3671,51 +3671,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle résilience logistique face à une crise sanitaire majeure. Le cas emblématique d’une ONG humanitaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gerbaix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3785,64 +3785,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu’est-ce qui remplit les salles de concerts ? La nostalgie, pardi !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3963,51 +3963,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="971AE6AB"/>
+    <w:nsid w:val="8FA832A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4194,51 +4194,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvie-michel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8175-9996" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438588v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Michel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ohana" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cocula" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EBR-03-2025-0093" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451123v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Arena" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Agulhon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ologeanu-Taddei" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438549v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Duarte" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/rips4.087.0095" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422901v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bidan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Le Goff" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438591v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radouane Abdoune" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lacan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.166.0179" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778762v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gerbaix" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/proj.037.0059" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438600v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36863/mds.a.25104" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140370v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.050.0105" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412586v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sylvie" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087034v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/SCM-07-2022-0278" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438604v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.132.0091" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595690v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Kengue Mayamou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36863/mds.a.14027" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438611v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421989v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Michaud-Tr&#233;vinal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34190/EJISE.19.22.2.003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401331v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255226v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Hamet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2018.00221" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438598v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256290v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EBR-01-2017-0025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256525v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12507970.2018.1496802" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140363v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.141.0007" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140364v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.074.0033" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499455v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496170v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472438v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450834v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Savatier Gagnou-Savatier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785209v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012726000003690" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450865v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654151v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fautrero" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787495v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787485v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953936v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NextComp55567.2022.9932235" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787508v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787502v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026494v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450889v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450901v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499469v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476109v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvie-michel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8175-9996" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438591v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Michel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radouane Abdoune" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lacan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ohana" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.166.0179" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438588v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cocula" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EBR-03-2025-0093" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451123v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Arena" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Agulhon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ologeanu-Taddei" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438549v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Duarte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/rips4.087.0095" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422901v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bidan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Le Goff" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778762v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gerbaix" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/proj.037.0059" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438600v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36863/mds.a.25104" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140370v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.050.0105" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412586v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sylvie" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087034v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/SCM-07-2022-0278" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438604v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.132.0091" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595690v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Kengue Mayamou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36863/mds.a.14027" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438611v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421989v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Michaud-Tr&#233;vinal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34190/EJISE.19.22.2.003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401331v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255226v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Hamet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2018.00221" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438598v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256290v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EBR-01-2017-0025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256525v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12507970.2018.1496802" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140364v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.074.0033" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140363v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.141.0007" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472438v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499455v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496170v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450834v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Savatier Gagnou-Savatier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785209v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012726000003690" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450865v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654151v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fautrero" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787495v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787485v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953936v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NextComp55567.2022.9932235" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787502v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787508v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026494v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450889v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450901v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499469v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476109v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>