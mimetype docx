--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sylvie Morardet </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A participatory approach for characterizing the resilience of rural water supply systems in semi-arid areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hela Gasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Burte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Sávio Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumaya Younsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Environmental Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24 (1), pp.12. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10113-023-02161-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04452408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustaining community-managed rural water supply systems in severe water-scarce areas in Brazil and Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hela Gasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Kuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Sávio Passos Rodrigues Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Burte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 31 (21), </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cagri/2022019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03769585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-scale participation in policy design: citizen proposals for rural development in Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braiki Houssem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Faysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURO journal on decision processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.100020. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejdp.2022.100020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03737537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farmers’ perceptions of water management in Jemna oasis, Southern Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Farolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Lavaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumaima Lfakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faten Khamassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Medit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 5, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.30682/nm2205d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03726258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des observations participatives pour mieux caractériser les inondations, ressources en eau, et leurs impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Borrell Estupina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Alix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Badoga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Balzergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 35, pp.84-89. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/set-revue.2021.1.13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03562004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actions de développement proposées par des habitants d'une zone rurale en Tunisie : entre des demandes individuelles et le pari d'actions collectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Harbaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezzdine Hamrouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassen Ouilhezi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubair Aouadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Faysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alternatives Rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8, pp.108-125</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03758847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La facilitation territoriale, un métier à développer et à défendre : une expérience tunisienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Housem Braiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Somaya Younsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 35, pp.36-41. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/set-revue.2021.1.06⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03550731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cycling along a River: New access, new values?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Vaudor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Coussout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (22), pp.9311. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su12229311⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information provision and willingness to pay irrigation water in Tunisian local associations for agricultural development: an experimental economics study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Farolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Nouichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Marlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 27 (2), pp.25001. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cagri/2018007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception d’un paiement pour services environnementaux en pâturages collectifs : une expérimentation des choix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Mokaddem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lejars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.R. Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Benchekroun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 355, pp.67-89. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.5004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle du faire-valoir indirect dans le renouvellement générationnel des agriculteurs irrigants en Tunisie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Amichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.Y. Jamin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Azizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (3), pp.7. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cagri/2016022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'adaptation de l'agriculture à la disponibilité de la ressource en eau : le cas de la Drôme des Collines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rucheton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ruelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Fusillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notes et Etudes Economiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 39, pp.57-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01306590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’irrigation diminue-t-elle en France ? Premiers enseignements du recensement agricole de 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Campardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11, p. 12 - p. 19. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2013.11.04⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00826266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WETwin: a structured approach to evaluating wetland management options in data-poor contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Cools</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Liersch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Murgue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science &amp; Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 34, p. 3 - p. 17. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsci.2012.12.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00958459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion du manque d’eau structurel et des sécheresses en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Erdlenbruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Montginoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11, p. 78 - p. 85. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2013.11.16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00827394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food insecurity of smallholder farming systems in B72A catchment in the Olifants River Basin, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.S. Magombeyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.E. Taigbenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cheron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">African Journal of Agricultural Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7 (2), p. 278 - p. 297. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5897/AJAR11.884⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of provisioning services of the Ga-Mampa wetland, South Africa, to local livelihoods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Adekola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. de Groot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Grelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Biodiversity Science Ecosystem Services and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (3), pp.248-264. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21513732.2012.671191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation en partenariat des stratégies d'irrigation en cas de restriction des prélèvements dans la nappe de Beauce (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bouarfa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Mailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 20 (1-2), pp.124-129. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/agr.2010.0461⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of wetland hydrology and ecosystem service provision: GaMampa wetland, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mccartney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.M. Rebelo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.M. Finlayson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Masiyandima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Sciences Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 56 (8), pp.1452-1466. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02626667.2011.630319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Households' preferences and willingness to pay for multiple use water services in rural areas of South Africa: An analysis based on choice modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Kanyoka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Farolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water S.A.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 34 (6), p. 715 - p. 724</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water for irrigation or hydropower generation?Complex questions regarding water allocation in Tanzania</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.M.J. Kadigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.S.Y. Mdoe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.C. Ashimogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Water Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 95 (8), pp.984-992. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agwat.2008.03.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and power in multilateral negotiations: an application to french water policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.E. Goodhue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.C. Rausser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Giannini Foundation Research Monograph</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 47, pp.46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison des procédures de décentralisation et de négociation de la gestion de l'eau en France et en Californie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Goodhue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 12 (1), pp.7-17. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss:2004002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A short answer to Bruce Edmonds's commentary on Sophie Thoyer, Sylvie Morardet, Patrick Rio, Leo Simon, Rachel Goodhue and Gordon Rausser (2001) &amp;quot;A Bargaining model to simulate negotiations between water users</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Artificial Societies and Social Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 4 (2), pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A bargaining model to simulate negotiations between users</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Goodhue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Artificial Societies and Social Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 4 (2), Non paginé / 20 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02676663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A bargaining model to simulate negotiations between water users</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Goodhue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Artificial Societies and Social Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 4 (2), pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité des réformes des politiques de gestion de l'eau : cadre d'analyse et exemples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Rinaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 254, pp.36-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sécheresse et demande en eau d'irrigation : éléments de réflexion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Mailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieries eau-agriculture-territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 13, p. 15 - p. 28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologie d'exploitations et demande en eau d'irrigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Palacio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieries eau-agriculture-territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 2, p. 39 - p. 48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00467434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact économique de l'irrigation sur la production agricole : utilisation d'un système d'information géographique et de la télédétection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Axes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02573965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologies d'exploitation : méthode d'élaboration en vue de la modélisation économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Palacio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conjectures dossiers de travail du FERMAT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02574016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (68)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing the postures of researchers supporting the creation of a farmers' groundwater association in Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Valadaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Hemingway</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Chrii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. ISA Forum of Sociology “Knowing justice in the Anthropocene”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Sociological Association, Jul 2025, Rabat, Morocco. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05204431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A social metabolism approach to collective governance of groundwater: the case of Limaoua in south-east Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Hemingway</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakia Jenhaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Anna Orieschnig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Chrii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05178797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A participatory experiment to co-construct ecologically and socially robust river restoration projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gramaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Alp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Maurines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05169192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From ecological restoration to river commoning – A process to be supported by participatory methods. Exemples from interdisciplinary experiments in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gramaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Alp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oldrich Navratil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Escola de verao international - Desafíos socioterritoriales para la gobernanza del agua en zonas semiáridas y en contexto de escasez</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR G-EAU, FUNCEME y Universitat de la Plata, Apr 2024, Fortaleza, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crises et planification : quelles interrelations ? Exemple de la co-construction de politiques territoriales avec les citoyens en Tunisie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Chamseddine Harrabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Braiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumaya Younsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’Association Française d’Économie Politique (AFEP 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Montpellier, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05346843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La rivière comme &amp;quot;être-en-commun&amp;quot; : une expérimentation participative pour co-construire des états futurs désirables de l’Auzon (Vaucluse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gramaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Maurines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Alp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Congrès de l'Association Française de Sociologie : Intersections, circulations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de sociologie, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel projet de restauration pour l’Auzon ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gramaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Maurines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Alp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oldrich Navratil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire GOUPIL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, Oct 2023, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El río como “común” : un experimento participativo para restaurar el río Auzon (Vaucluse - Sur de Francia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gramaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Maurines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Alp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Encuentro CTS-Chile – Red de Estudios Sociales de Ciencia y Tecnología</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidade Magallanes, Apr 2023, Punta Arenas, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transforming controversies around river restoration into a co-construction opportunity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Alp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Navratil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Maurines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium for European Freshwater Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Newcastle University, Jun 2023, Newcastle, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transforming controversies around river restoration into a co-construction opportunity. Approaches to building a shared river culture among stakeholders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Alp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gramaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Maurines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Refreshing H2O Policy – An EU workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EU and member state environmental agencies, Jan 2023, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réparer les rivières de l'anthropocène : une expérience participative sur l'Auzon et la Rize</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Alp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Maurines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Navratil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gramaglia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eau en ville et réparation des rivières - Enjeux et actions pour un bien commun ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Lyon St-Etienne, Oct 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04327584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation participative de la durabilité des exploitations agricoles en zone semi-aride : Application au bassin du Merguellil en Tunisie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guizeni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Braiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Burte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Younsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème Journées Scientifiques de l'INRGREF « Gestion Durable des Ressources Naturelles dans le contexte des Changements Globaux »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Hammamet, Tunisie. pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cycle route to enhance the heritage and landscape of a territory: for which users and to what effect? The case of the Rhône River</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Riviere-Honegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAG Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02429292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels comportements des irrigants et quelles stratégies adaptatives face à une nappe souterraine surexploitée en Tunisie centrale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Azizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Montginoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Fusillier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème Journées Scientifiques de l'INRGREF « Gestion Durable des Ressources Naturelles dans le contexte des Changements Globaux »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Hammamet, Tunisie. pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de la durabilité des exploitations agricoles familiales par la méthode IDEA à l'amont du bassin versant Merguellil Kairouan, Tunisie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Gasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Younsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Burte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Journées de recherches en sciences sociales (JRSS 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Bordeaux, France. pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RHONAVEL’EAU - La valorisation du patrimoine rhodanien, enjeu de territoires, d’acteurs et d’usages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Coussout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Riviere-Honegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, May 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05338752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une véloroute pour (re)découvrir les paysages du Rhône ? Points de vue d'acteurs et d'usagers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Coussout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rivière Honegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Eau(x) et Paysage(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Blois, France. pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une véloroute pour (re)découvrir les paysages du Rhône ? Points de vue d’acteurs et d’usagers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Coussout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Riviere-Honegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Eau(x) et Paysage(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Blois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01973167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les cyclistes redécouvrent les berges du Rhône. Nouvel accès, nouvelles valeurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Coussout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Rivière-Honegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I.S. Rivers 2018 3e conférence internationale sur les recherches et actions au service des fleuves et grandes rivières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Lyon, France. pp.3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01973196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Croiser les disciplines et partager la connaissance produite dans un observatoire : élaboration d'une frise chrono-systémique pour l'OHM Vallée du Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Roux Michollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Antonio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Carrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAGEO'2018 - Conférence internationale francophone Spatial Analysis and GEOmatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Montpellier, France. pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'hydrologie populaire et participative : une nouvelle façon d'aborder la question du partage de l'eau en situation de basses eaux en France métropolitaine méridionale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Ayral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Canovas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Cicille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Didon-Lescot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eau-Société-Climat'2017 (ESC-2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Hammamet, Tunisie. pp.69-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'hydrologie populaire et participative à base expérimentale en situation de basses eaux : le projet HydroPop (Cévennes, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Ayral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Canovas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Cicille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Didon-Lescot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème colloque du réseau OPDE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Montpellier, France. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Focus sur le test de la stratégie d’hydrométrie participative prévue pour l’été 2017 dans le cadre du projet de recherche HydroPop : vers une hydrologie populaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Ayral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Canovas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Cicille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Didon-Lescot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Domergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées communes de la Zone Atelier du Bassin du Rhône (Site des Rivières Cévenoles) – Observatoire Hydrométéorologique Méditerranéen Cévennes-Vivarais (OHM-CV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Mirabel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling for Coping, CoOPLAaGE: an integrative strategy and toolbox fostering multi-level hydrosocial adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Abrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaèle Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACEWATER2 Scientific Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Accra, Ghana. pp.58-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04925358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des ateliers délibératifs pour révéler des valeurs partagées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jourdren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée ZABR L'observation sociale des territoires fluviaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Avignon, France. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Délibérer pour évaluer les services écosystémiques : quel intérêt ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jourdren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.E. Cérésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de la Zone Atelier Bassin du Rhône : les services écosystémiques pour la gestion des milieux aquatiques : Pourquoi ? Pourquoi pas ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Villeurbanne, France. pp.24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using deliberative monetary valuation to analyse synergies and trade-offs between aquatic ecosystem services in an irrigated Mediterranean watershed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jourdren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-E. Cérésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEE 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Washington, United States. pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation délibérative des services écosystémiques rendus par les rivières cévenoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jourdren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.E. Cérésil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ZABR - Journées "Rivières cévenoles"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Alès, France. pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring trade-offs between irrigation and other water-related services in a mediterranean watershed: a deliberative valuation approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.E. Cérésil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jourdren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th ERC &amp; 66th IEC. 26th Euro-mediterranean Regional Conference and Workshops « Innovate to improve Irrigation performances ». International Commission on Irrigation and Drainage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Montpellier, France. 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01297404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Value of ecosystem services provided by irrigated agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Jourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th Euro-mediterranean Regional Conference of ICID</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Montpellier, France. pp.5-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What do people want for the Vistre river? Using choice experiment to support an ordinary stream restoration project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kuhfuss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Lifran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International conference of the European society for ecological economics:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Leeds, United Kingdom. pp.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A choice experiment approach to inform the design of a PES for watershed protection in a collective pasture system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Mokaddem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lejars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Benchekroun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International conference of the european society for ecological economics: Transformations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Leeds, United Kingdom. 25 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01469441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconciling livelihoods with ecosystem integrity in Ga-Mampa wetland, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Murgue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.M. Johnston</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Biennal conference of the European Society for Ecological Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Lille, France. pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling trade-offs between livelihoods and wetland ecosystem services: the case of Ga-Mampa wetland,South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Masiyandima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Jogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Juizo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 Conference of the International Society for Ecological Economics: "Advancing Sustainability in a Time of Crisis"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Oldenburg, Germany. 20 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trade-offs between livelihoods and wetland ecosystem services: an integrated dynamic model of Ga-Mampa wetland, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Masiyandima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Jogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Juízo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LandMod 2010: International Conference on Integrative Landscape Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Montpellier, pp.19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of smallholder farming systems in the Olifants river basin, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.S. Magombeyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.E. Taigbenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Cheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th WaterNet/WARFSA/GWP-SA Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Johannesburg, South Africa. pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The economic and livelihood value of provisioning services of the Ga-Mampa wetland, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Adekola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. de Groot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Grelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th IWRA World Water Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Montpellier, France. 24 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00468552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rural households' preferences for multiple uses water services in the Sekororo-Letsoalo area, Limpopo Province, South Africa - A Choice modelling approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Kanyoka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Farolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Integrated Water Resources Management (IWRM) : Lessons from Implementation in Developing Countries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Cape Town, South Africa. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the diversity of wetland-based livelihoods in the Limpopo River basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Jogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chiputwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Biennial Conference "Applying Ecological Economics for Social and Environmental Sustainability" ISEE 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Nairobi, Kenya. pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic Value and Livelihood Dependence on the Ga-Mampa Wetland, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Adekola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Grelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. de Groot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th WATERNET/WARFSA/GWP-SA Symposium IWRM - From Concept to Practice, Lusaka, ZMB, 31 October-2 November 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02589976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing stakeholders for sustainable wetland management in the Limporo River Basin: The case of Ga-Mampa Wetland, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Darradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Grelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th WaterNet/WARFSA/GWP-SA Symposium, Lilongwe, MWI, 1-3 November 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to finance multiple use water systems for the rural poor? Lessons learnt from the domestic water sector in the Olifants River Basin, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. . Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Montginoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Farolfi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Internationale Pauvreté hydraulique et crises sociales - Perspectives de recherche et d’action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Agadir, Morocco. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches et instruments pour aider à formuler un problème de négociation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. Conférence régionale européenne : Irrigation et gestion concertée des conflits dans les régions euroméditérranéennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Montpellier, France. 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02833457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and bargaining power in multilateral negotiations : application to water management policies in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.K. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.E. Goddhue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31. Australian conference of economists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Adelaïde, Australia. 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and bargaining power in multilateral negotiations: application to water management policies in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.K. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.E. Goodhue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Conference of Economists, Adelaïde, AUS, 30 septembre-3 octobre 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Australia. pp.21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transitions institutionnelles et agricoles dans les périmètres irrigués du pôle Petrolina-Juazeiro (Brésil) : d'une logique sociale vers une logique managériale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Le Gal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Jehan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwyn de Nys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier du PCSI (Programme Commun Systèmes Irrigués) sur la gestion des périmètres irrigués collectifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Montpellier, France. pp.109-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cirad-00182699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approaches and tools for helping at formulating a negotiation problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEEPA and CIRAD workshop on water management policy, tools and institutions in South Africa : learning from the French experience of the "agences de l'Eau"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2002, Pretoria, South Africa. 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02828199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and power in multilateral negotiations: An application to French water policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.K. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.E. Goodhue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.C. Rausser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress of Environmental and Resource Economists 2002, Monterey California, USA, June 24 - 27</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, United States. pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02580679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instruments de régulation de la demande en eau des agriculteurs et politique agricole commune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Colloque PIREE : Les instruments des politiques environnementales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2001, Nice, France. 22 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02829048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transitions institutionnelles et agricoles dans le périmètre irrigué du pôle Petrolina-Juazeiro (Brésil)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.Y. Le Gal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Jehan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. de Nys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire : Programmes concertés systèmes irrigués (PCSI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2001, Montpellier, France. 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instruments de régulation de la demande en eau des agriculteurs et Politique Agricole Commune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque PIREE, Sophia-Antipolis, 5-6 avril 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, France. pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle Multi-Agent pour analyser le partage de la ressource en eau dans les périmètres irrigués au Pakistan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Rinaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Page</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SMAGET : Modèles et Systèmes Multi-Agents pour la Gestion de l'Environnement et des Territoires, Clermont-Ferrand, 5-8 octobre 1998</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Clermont-Ferrand, France. pp.293-310</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02578859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en place d'une gestion négociée de l'eau en France : l'exemple de la gestion des étiages sur le bassin de l'Adour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Faysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Irrigation and Drainage Water for Agriculture in the next Millennium 17th congress Granada, ESP, 11-19 September 1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Espagne. pp.29-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de l'eau en France : l'efficacité des procédures négociées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Economie de l'environnement : L'efficacité des politiques publiques face à la gestion de l'environnement et des ressources renouvelables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1999, Strasbourg, France. 30 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un outil d'aide à la négociation pour la gestion de l'eau dans le bassin de l'Adour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Réunion annuelle du réseau Zones ateliers du GIP Hydrosystèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1998, Biarritz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02771520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les formes institutionnelles de la gestion de l'eau en France et en Californie : droits de propriété, instruments et délégation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Goodhue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : L'irrigation et la gestion collective de la ressource en eau en France et dans le monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1998, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réforme de la gestion de l'eau dans le bassin de l'Adour : la théorie des jeux comme outil d'aide à la négociation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Gestion des territoires ruraux - connaissances et méthodes pour la décision publique, Clermont-Ferrand, 27-28 avril 1998</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, France. pp.359-372</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02577403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité des réformes de gestion de l'eau : cadre théorique et exemples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Rinaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'irrigation et la gestion collective de la ressource en eau en France et dans le monde, Montpellier, 19-20 novembre 1998</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, France. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réforme de la gestion de l'eau dans le bassin de l'Adour : la théorie des jeux comme outil d'aide à la négociation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées internationales de la recherche pour la gestion des territoires ruraux sensibles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1998, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02766838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un outil d'aide à la négociation pour la gestion de l'eau dans le bassin de l'Adour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrosystème Adour 2ème rencontre du réseau Zones Ateliers GIP Hydrosystèmes, Biarritz, 30 avril 1998</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, France. pp.67-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les négociations autour de la gestion de l'eau dans le bassin de l'Adour : une approche par la théorie des jeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Claude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées : Economie de l'environnement et des ressources naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1998, Toulouse, France. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02840139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réforme de la gestion de l'eau : un outil d'aide à la négociation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Rinaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Entretiens d'Agropolis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Montpellier, France. Non paginé / 7 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02840136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique des coopératives viticoles, structures des apporteurs et agrégation de décisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Causeret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Esr. Département d'Economie Et Sociologie Ruralesdijon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier d'économie viti-vinicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1997, Dijon, France. 17 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02838181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de l'hydraulique agricole sur l'emploi : résultats d'enquête en Ardèche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Irrigation et drainage dans le contexte économique et environnemental actuel journées techniques nationales AFEID, Colmar, 17-18 octobre 1996</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, France. pp.69-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02575953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact économique de l'irrigation sur la production agricole : utilisation d'un système d'information géographique et de la télédétection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Axes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGENG 94 international conference on agricultural engineering, Milano, ITA, 29 th August -1st September 1994</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Italie. pp.1644-1651</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02574743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic impact of irrigation on agricultural production: using geographical information system and economic models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Axes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th EAAE Seminar " Environmental and land use issues in mediterranean basin : an economic perspective", Zaragoza, ESP, 7-9 February 1994</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Spain. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02580247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marchés de l'eau au Pendjab, Pakistan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Strosser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on land and water resources management in the Mediterranean region, Valenzano Bari, ITA, 4-8 septembre 1994</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Italie. pp.1103-1121</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02574844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic impact of irrigation on farming : use of combined linear programming, geographical information system and remote sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Axes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGENG 94 International Conference on Agricultural Engineering, Milano, ITA, 29 th August - 1 st September 1994</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Italy. pp.1644-1651</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guide méthodologique pour la planification territoriale participative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Braiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Augusseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CIRAD; DG-ACTA, pp.126, 2025, 978-2-87614-870-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05312848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and power in multilateral negotiations: an application to French water policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachael E. Goodhue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gordon C. Rausser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">University of California</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 47, 46 p., 2007, Giannini Foundation Monograph Series, 978-1-6010-7522-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et stratégies foncières des agriculteurs : un outil d'analyse pour l'aménagement des zones fragiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cemagref Editions, pp.292, 1994, Coll. Etudes du Cemagref, série Gestion des territoires, n° 14, 2-85362-395-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02582087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorial facilitator, a profession to be developed and defended: A Tunisian experience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Braiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumaya Younsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformative Participation for Socio-Ecological Sustainability - Around the CoOPLAGE pathways</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, QUAE, pp.62-68, 2024, Update Sciences &amp; technologies, 9782759239214. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35690/978-2-7592-3920-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion stratégique de l’irrigation à l’échelle du territoire et de l’exploitation agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dubocs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Burger-Leenhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wittling Claire; Ruelle Pierre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guide pratique de l’irrigation (4ème éd.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4eme édition, </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.8-26, 2022, Matière à débattre et décider, 978-2-7592-3245-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04144994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pédaler le long d'un fleuve : nouvel accès, nouvelles valeurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Vaudor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Coussout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabrice Bardet; Lucia Shimbo; Huana Carvalho. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valua Terra. Faire la valeur des environnements. Perspectives croisées françaises et brésiliennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions deux-cent-cinq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.237-255, 2022, 978–2–919380–55–8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03920879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedalando ao longo de um rio: novo acesso, novos valores?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Vaudor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Coussout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabrice Bardet; Lucia Shimbo; Huana Carvalho. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valua Terra: construir o valor dos ambientes. Olhares cruzados brasileiros e franceses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions deux-cent-cinq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.233-251, 2022, https://doi.org/10.11606/9786586810424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-construire une démarche d'inclusion et son suivi-évaluation : leviers et contraintes dans un programme de développement rural en Tunisie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Braiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Arfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Jendoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Rasilly Claire (ed.); Moreau Isabelle (ed.); Sopena Colette (ed.); Boisteau Charlotte (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inclure pour transformer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, F3E, pp.105-125, 2021, Repères sur</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coconstruire une démarche d'inclusion et son suivi-évaluation. Leviers et contraintes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Braiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabii Arfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Jendoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inclure pour transformer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03759152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research and training in the Olifants and Limpopo basins of southern Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lévite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Sally</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">France and the CGIAR: delivering scientific results for agricultural development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CGIAR, p. 76 - p. 79, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00457316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EAU-MI-CRAU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Machado-Rios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Boissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Malingrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrae. 2023, pp.1-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04232658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaboration de recherche INRAE-SYMCRAU - synthèse finale publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Machado-Rios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Boissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Abrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrae; Symcrau. 2023, pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04232673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueil de projets d'expertise internationale à INRAE. Tome 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Almerinda Pinto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bontems</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Douzals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allison Loconto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04037409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ViaRhôna : la valorisation du patrimoine rhodanien à l’épreuve des territoires, des acteurs et des usages, rapport final du projet RhonaVél'eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Vukelic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR Environnement Ville Société (CNRS); UMR G-EAU Gestion Acteus Usages (INRAE); Université de Lyon; Plan Rhône; Agence de l'eau RMC; EDF; FNADT. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03353137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de scénarios de consommation en eau à l'horizon 2030</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Montginoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Azizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Irstea Montpellier. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05201017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RhônaVel’eau. Synthèse de l’enquête usagers. La valorisation du patrimoine rhodanien à l’épreuve des territoires, des acteurs et des usages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Coussout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Laboratoires EVS et G-EAU. 2018, pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02059201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guide méthodologique pour la planification territoriale concertée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Burte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2017, pp.38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment rendre compte de la multiplicité des valeurs des services écosystémiques des hydrosystèmes ? Volume 1 : Cadre conceptuel : services écosystémiques, valeurs et méthodes d'évaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jourdren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-E. Cérésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment rendre compte de la multiplicité des valeurs des services écosystémiques des hydrosystèmes ? Volume 2 : Application à l'amont du bassin-versant des Gardons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jourdren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.E. Cérésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2017, pp.149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des pratiques et stratégies des usagers de l'eau dans les bassins du Merguellil et du Tensift</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Montginoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Burte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2017, pp.116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’approche par les services écosystémiques pour la gestion opérationnelle des bassins versants : état de l’art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystèle Léauthaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Jourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Jamin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2016, pp.41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation économique ex ante des impacts des projets de conservation des eaux et des sols à l'échelle des exploitations agricoles d'un territoire : éléments de méthode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Fusillier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2016, pp.115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réalisation d’une étude socio-économique préalable d’aide à la définition d’un projet de restauration de la Lergue et de la Soulondre pour le compte de l’Agence de l’eau Rhône Méditerranée Corse : capitalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Chemery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gasc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Agenais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2016, pp.51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights and guidance for putting integrated natural resources management into practice in Africa at meso-scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Abrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Clouting</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Cox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dickens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2014, pp.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude sur l’adaptation de l’agriculture à la disponibilité de la ressource en eau en Drôme des collines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rucheton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ruelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Fusillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2014, pp.190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation de l’agriculture à la disponibilité de la ressource en eau dans la Drôme des Collines - Résumé du guide méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rucheton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ruelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Fusillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2014, pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guide méthodologique : étude de l’adaptation de l’agriculture à la disponibilité de la ressource en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Fusillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ruelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rucheton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2014, pp.70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation de l’agriculture à la disponibilité de la ressource en eau dans la Drôme des Collines. Synthèse pour les décideurs locaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rucheton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ruelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Fusillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2014, pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated natural resources management at meso-scale: a process oriented approach to craft operational strategies for adaptation and vulnerability reduction to global change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Abrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. van Weert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2014, pp.224</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation économique de la restauration du bassin-versant du Vistre par la méthode de modélisation des choix discrets : rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kuhfuss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Lifran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2013, pp.165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying management options and solutions for the WETwin case studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mahieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Murgue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Cools</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2012, pp.49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wet-WAG, a role-playing game to support stakeholder dialogue on wetland management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Murgue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Abrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2012, pp.66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WETSYS, a dynamic system model to assess trade-off between wetland ecosystem services at local level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Masiyandima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vasilishina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2012, pp.71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'irrigation en France. Etat des lieux 2010 et évolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Campardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2012, pp.57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating management solutions for WETwin case studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Coertjens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Liersch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mahieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Murgue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2012, pp.108</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidance for the application of vulnerability assessment and multi-criteria decision analysis in integrated wetland management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Zsuffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Cools</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Liersch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2012, pp.51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of institutional capacity in wetland management and IWRM in the Gemenc, Ga-Mampa and Nabajjuzi & Namatala Wetlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ostrovskaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Douven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mukuyu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pataki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2012, pp.81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report on performance indicators, decision-support toolbox and baseline simulation results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Funk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Winkler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Th. Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Zsuffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arias Hildalgo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2012, pp.90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation économique des services rendus par les zones humides - Enseignements méthodologiques de monétarisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouscasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Duprez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Strosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Beley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] irstea. 2011, pp.216</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drivers – States – Impacts - Responses: DSIR analyses at the study sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Zsuffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Cools</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Winkler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Kaggwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2011, pp.97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Decision Support Framework of the WETwin project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Zsuffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Cools</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Masiyandima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2010, pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report on stakeholder analysis and strategies for stakeholder engagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. van Ingen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.F. van Der Struijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Maiga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2010, pp.235</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report on initial vulnerability assessment for each case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Liersch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hattermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Zsuffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Cools</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Dam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2010, pp.89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de transfert de bénéfices : revue de littérature et application aux zones humides françaises. Rapport intermédiaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Dumax</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation économique des zones humides sur trois sites tests du bassin Seine-Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouscasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Strosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Beley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2010, pp.145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wet-WAG, a role-playing game to support stakeholder dialogue on wetland management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Abrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albena Popova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2010, pp.45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies d'adaptation des exploitations agricoles à l'évolution des règles de gestion de l'eau dans le périmètre du SAGE Nappe de Beauce et impacts économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bouarfa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ruelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Mailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] irstea. 2009, pp.80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation économique de la restauration du bassin versant du Vistre par la méthode de Choice Modeling: Phase 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kuhfuss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Lifran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2009, pp.90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation économique des services rendus par les zones humides en France : synthèse des travaux existants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2009, pp.39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude sur la ressource en eau agricole en Aquitaine pour la période 2007-2013 - Rapport de la phase 1.0. Etat des lieux de l'agriculture irriguée en Aquitaine et estimation des besoins agricoles en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Fusillier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2008, pp.115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-economic conditions and agricultural water management practices of smallholders in Quaternary Catchment B72A, Olifants River Basin, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Mapedza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Cheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Magombeyi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2008, pp.55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multifonctionnalité de l'agriculture et gestion de l'eau en Beauce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Robbi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2002, pp.84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion volumétrique de l'eau en Beauce : impact sur les exploitations agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hanot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2000, pp.52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02578887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de différents modes d'allocation des volumes de référence sur le fleuve Charente, à l'amont d'Angoulême</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Mailhol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2000, pp.39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion volumétrique de l'eau en Beauce : impact sur les exploitations agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hanot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2000, pp.77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la réforme de la PAC sur la demande en eau pour l'irrigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Guarrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2000, pp.107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la réforme de la PAC sur la demande en eau pour l'irrigation : rapport d'étape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Guarrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hanot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 1999, pp.134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité des réformes de gestion de l'eau : aspects théoriques et application au Pakistan et en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Rinaudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 1999, pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets de l'irrigation sur l'emploi en France : une analyse à partir de la méthode de l'équivalent-travail, (Convention d'appui technique en irrigation Cemagref - DERF 1996, Compte-rendu final de l'action Economie de l'irrigation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bosio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 1998, pp.64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02577543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barrage de Gardères Eslourenties : évaluation économique de l'agriculture irriguée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 1997, pp.80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02577180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic evaluation of irrigation projects : transfer of methods to INAT in Colombia (Instituto Nacional de Adecuacion de Tierras)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 1995, pp.61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02574466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un développement de systèmes extensifs en viande bovine. Approche localisée en «zones fragiles» : dans le Massif Central, en zone Charolaise, dans une zone hydromorphe de l'Ouest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Bousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Biannic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Amon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Cayla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 1989, pp.250</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avenir d'une zone rurale fragile de l'Ouest de la France : le Perche ornais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Bousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. Dauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 1988, pp.75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques foncières des agriculteurs dans une zone fragile : une problématique pour l'aménagement rural. Le cas de la vallée de la Haute Sarthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'environnement. Doctorat Analyse et politique économiques, Université de Bourgogne, 1992. Français. </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02575489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques foncières des agriculteurs dans une zone fragile: une problématique pour l'aménagement rural. Le cas de la vallée de Haute Sarthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Bourgogne, 1992. Français. </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02849470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId438"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sylvie Morardet </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A participatory approach for characterizing the resilience of rural water supply systems in semi-arid areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hela Gasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Burte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Sávio Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumaya Younsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Environmental Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24 (1), pp.12. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10113-023-02161-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04452408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustaining community-managed rural water supply systems in severe water-scarce areas in Brazil and Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hela Gasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Kuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Sávio Passos Rodrigues Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Burte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 31 (21), </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cagri/2022019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03769585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-scale participation in policy design: citizen proposals for rural development in Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braiki Houssem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Faysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURO journal on decision processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.100020. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejdp.2022.100020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03737537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farmers’ perceptions of water management in Jemna oasis, Southern Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Farolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Lavaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumaima Lfakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faten Khamassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Medit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 5, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.30682/nm2205d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03726258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des observations participatives pour mieux caractériser les inondations, ressources en eau, et leurs impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Borrell Estupina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Alix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Badoga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Balzergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 35, pp.84-89. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/set-revue.2021.1.13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03562004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actions de développement proposées par des habitants d'une zone rurale en Tunisie : entre des demandes individuelles et le pari d'actions collectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Harbaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezzdine Hamrouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassen Ouilhezi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubair Aouadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Faysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alternatives Rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8, pp.108-125</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03758847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La facilitation territoriale, un métier à développer et à défendre : une expérience tunisienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Housem Braiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Somaya Younsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 35, pp.36-41. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/set-revue.2021.1.06⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03550731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cycling along a River: New access, new values?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Vaudor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Coussout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (22), pp.9311. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su12229311⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information provision and willingness to pay irrigation water in Tunisian local associations for agricultural development: an experimental economics study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Farolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Nouichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Marlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 27 (2), pp.25001. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cagri/2018007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception d’un paiement pour services environnementaux en pâturages collectifs : une expérimentation des choix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Mokaddem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lejars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.R. Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Benchekroun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 355, pp.67-89. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.5004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle du faire-valoir indirect dans le renouvellement générationnel des agriculteurs irrigants en Tunisie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Amichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.Y. Jamin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Azizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (3), pp.7. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cagri/2016022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'adaptation de l'agriculture à la disponibilité de la ressource en eau : le cas de la Drôme des Collines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rucheton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ruelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Fusillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notes et Etudes Economiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 39, pp.57-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01306590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WETwin: a structured approach to evaluating wetland management options in data-poor contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Cools</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Liersch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Murgue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science &amp; Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 34, p. 3 - p. 17. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsci.2012.12.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00958459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’irrigation diminue-t-elle en France ? Premiers enseignements du recensement agricole de 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Campardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11, p. 12 - p. 19. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2013.11.04⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00826266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion du manque d’eau structurel et des sécheresses en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Erdlenbruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Montginoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11, p. 78 - p. 85. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2013.11.16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00827394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food insecurity of smallholder farming systems in B72A catchment in the Olifants River Basin, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.S. Magombeyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.E. Taigbenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cheron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">African Journal of Agricultural Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7 (2), p. 278 - p. 297. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5897/AJAR11.884⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of provisioning services of the Ga-Mampa wetland, South Africa, to local livelihoods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Adekola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. de Groot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Grelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Biodiversity Science Ecosystem Services and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (3), pp.248-264. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21513732.2012.671191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation en partenariat des stratégies d'irrigation en cas de restriction des prélèvements dans la nappe de Beauce (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bouarfa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Mailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 20 (1-2), pp.124-129. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/agr.2010.0461⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of wetland hydrology and ecosystem service provision: GaMampa wetland, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mccartney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.M. Rebelo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.M. Finlayson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Masiyandima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Sciences Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 56 (8), pp.1452-1466. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02626667.2011.630319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Households' preferences and willingness to pay for multiple use water services in rural areas of South Africa: An analysis based on choice modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Kanyoka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Farolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water S.A.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 34 (6), p. 715 - p. 724</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water for irrigation or hydropower generation?Complex questions regarding water allocation in Tanzania</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.M.J. Kadigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.S.Y. Mdoe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.C. Ashimogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Water Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 95 (8), pp.984-992. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agwat.2008.03.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and power in multilateral negotiations: an application to french water policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.E. Goodhue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.C. Rausser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Giannini Foundation Research Monograph</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 47, pp.46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison des procédures de décentralisation et de négociation de la gestion de l'eau en France et en Californie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Goodhue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 12 (1), pp.7-17. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss:2004002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A bargaining model to simulate negotiations between users</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Goodhue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Artificial Societies and Social Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 4 (2), Non paginé / 20 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02676663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A short answer to Bruce Edmonds's commentary on Sophie Thoyer, Sylvie Morardet, Patrick Rio, Leo Simon, Rachel Goodhue and Gordon Rausser (2001) &amp;quot;A Bargaining model to simulate negotiations between water users</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Artificial Societies and Social Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 4 (2), pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A bargaining model to simulate negotiations between water users</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Goodhue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Artificial Societies and Social Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 4 (2), pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité des réformes des politiques de gestion de l'eau : cadre d'analyse et exemples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Rinaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 254, pp.36-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sécheresse et demande en eau d'irrigation : éléments de réflexion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Mailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieries eau-agriculture-territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 13, p. 15 - p. 28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologie d'exploitations et demande en eau d'irrigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Palacio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieries eau-agriculture-territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 2, p. 39 - p. 48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00467434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact économique de l'irrigation sur la production agricole : utilisation d'un système d'information géographique et de la télédétection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Axes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02573965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologies d'exploitation : méthode d'élaboration en vue de la modélisation économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Palacio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conjectures dossiers de travail du FERMAT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02574016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (68)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing the postures of researchers supporting the creation of a farmers' groundwater association in Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Valadaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Hemingway</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Chrii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. ISA Forum of Sociology “Knowing justice in the Anthropocene”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Sociological Association, Jul 2025, Rabat, Morocco. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05204431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A social metabolism approach to collective governance of groundwater: the case of Limaoua in south-east Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Hemingway</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakia Jenhaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Anna Orieschnig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Chrii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05178797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A participatory experiment to co-construct ecologically and socially robust river restoration projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gramaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Alp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Maurines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05169192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From ecological restoration to river commoning – A process to be supported by participatory methods. Exemples from interdisciplinary experiments in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gramaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Alp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oldrich Navratil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Escola de verao international - Desafíos socioterritoriales para la gobernanza del agua en zonas semiáridas y en contexto de escasez</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR G-EAU, FUNCEME y Universitat de la Plata, Apr 2024, Fortaleza, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crises et planification : quelles interrelations ? Exemple de la co-construction de politiques territoriales avec les citoyens en Tunisie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Chamseddine Harrabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Braiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumaya Younsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’Association Française d’Économie Politique (AFEP 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Montpellier, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05346843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel projet de restauration pour l’Auzon ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gramaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Maurines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Alp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oldrich Navratil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire GOUPIL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, Oct 2023, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El río como “común” : un experimento participativo para restaurar el río Auzon (Vaucluse - Sur de Francia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gramaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Maurines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Alp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Encuentro CTS-Chile – Red de Estudios Sociales de Ciencia y Tecnología</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidade Magallanes, Apr 2023, Punta Arenas, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transforming controversies around river restoration into a co-construction opportunity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Alp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Navratil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Maurines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium for European Freshwater Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Newcastle University, Jun 2023, Newcastle, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La rivière comme &amp;quot;être-en-commun&amp;quot; : une expérimentation participative pour co-construire des états futurs désirables de l’Auzon (Vaucluse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gramaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Maurines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Alp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Congrès de l'Association Française de Sociologie : Intersections, circulations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de sociologie, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transforming controversies around river restoration into a co-construction opportunity. Approaches to building a shared river culture among stakeholders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Alp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gramaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Maurines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Refreshing H2O Policy – An EU workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EU and member state environmental agencies, Jan 2023, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réparer les rivières de l'anthropocène : une expérience participative sur l'Auzon et la Rize</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Alp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Maurines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Navratil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gramaglia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eau en ville et réparation des rivières - Enjeux et actions pour un bien commun ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Lyon St-Etienne, Oct 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04327584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation participative de la durabilité des exploitations agricoles en zone semi-aride : Application au bassin du Merguellil en Tunisie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guizeni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Braiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Burte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Younsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème Journées Scientifiques de l'INRGREF « Gestion Durable des Ressources Naturelles dans le contexte des Changements Globaux »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Hammamet, Tunisie. pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cycle route to enhance the heritage and landscape of a territory: for which users and to what effect? The case of the Rhône River</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Riviere-Honegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAG Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02429292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels comportements des irrigants et quelles stratégies adaptatives face à une nappe souterraine surexploitée en Tunisie centrale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Azizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Montginoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Fusillier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème Journées Scientifiques de l'INRGREF « Gestion Durable des Ressources Naturelles dans le contexte des Changements Globaux »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Hammamet, Tunisie. pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de la durabilité des exploitations agricoles familiales par la méthode IDEA à l'amont du bassin versant Merguellil Kairouan, Tunisie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Gasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Younsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Burte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Journées de recherches en sciences sociales (JRSS 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Bordeaux, France. pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une véloroute pour (re)découvrir les paysages du Rhône ? Points de vue d’acteurs et d’usagers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Coussout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Riviere-Honegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Eau(x) et Paysage(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Blois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01973167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une véloroute pour (re)découvrir les paysages du Rhône ? Points de vue d'acteurs et d'usagers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Coussout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rivière Honegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Eau(x) et Paysage(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Blois, France. pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RHONAVEL’EAU - La valorisation du patrimoine rhodanien, enjeu de territoires, d’acteurs et d’usages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Coussout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Riviere-Honegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, May 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05338752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les cyclistes redécouvrent les berges du Rhône. Nouvel accès, nouvelles valeurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Coussout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Rivière-Honegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I.S. Rivers 2018 3e conférence internationale sur les recherches et actions au service des fleuves et grandes rivières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Lyon, France. pp.3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01973196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Croiser les disciplines et partager la connaissance produite dans un observatoire : élaboration d'une frise chrono-systémique pour l'OHM Vallée du Rhône</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Roux Michollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Antonio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Carrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAGEO'2018 - Conférence internationale francophone Spatial Analysis and GEOmatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Montpellier, France. pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'hydrologie populaire et participative : une nouvelle façon d'aborder la question du partage de l'eau en situation de basses eaux en France métropolitaine méridionale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Ayral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Canovas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Cicille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Didon-Lescot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eau-Société-Climat'2017 (ESC-2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Hammamet, Tunisie. pp.69-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'hydrologie populaire et participative à base expérimentale en situation de basses eaux : le projet HydroPop (Cévennes, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Ayral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Canovas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Cicille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Didon-Lescot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème colloque du réseau OPDE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Montpellier, France. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Focus sur le test de la stratégie d’hydrométrie participative prévue pour l’été 2017 dans le cadre du projet de recherche HydroPop : vers une hydrologie populaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Ayral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Canovas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Cicille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Didon-Lescot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Domergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées communes de la Zone Atelier du Bassin du Rhône (Site des Rivières Cévenoles) – Observatoire Hydrométéorologique Méditerranéen Cévennes-Vivarais (OHM-CV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Mirabel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling for Coping, CoOPLAaGE: an integrative strategy and toolbox fostering multi-level hydrosocial adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Abrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaèle Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACEWATER2 Scientific Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Accra, Ghana. pp.58-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04925358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des ateliers délibératifs pour révéler des valeurs partagées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jourdren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée ZABR L'observation sociale des territoires fluviaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Avignon, France. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Délibérer pour évaluer les services écosystémiques : quel intérêt ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jourdren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.E. Cérésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de la Zone Atelier Bassin du Rhône : les services écosystémiques pour la gestion des milieux aquatiques : Pourquoi ? Pourquoi pas ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Villeurbanne, France. pp.24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using deliberative monetary valuation to analyse synergies and trade-offs between aquatic ecosystem services in an irrigated Mediterranean watershed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jourdren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-E. Cérésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEE 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Washington, United States. pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation délibérative des services écosystémiques rendus par les rivières cévenoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jourdren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.E. Cérésil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ZABR - Journées "Rivières cévenoles"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Alès, France. pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Value of ecosystem services provided by irrigated agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Jourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th Euro-mediterranean Regional Conference of ICID</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Montpellier, France. pp.5-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What do people want for the Vistre river? Using choice experiment to support an ordinary stream restoration project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kuhfuss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Lifran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International conference of the European society for ecological economics:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Leeds, United Kingdom. pp.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring trade-offs between irrigation and other water-related services in a mediterranean watershed: a deliberative valuation approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.E. Cérésil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jourdren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th ERC &amp; 66th IEC. 26th Euro-mediterranean Regional Conference and Workshops « Innovate to improve Irrigation performances ». International Commission on Irrigation and Drainage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Montpellier, France. 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01297404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A choice experiment approach to inform the design of a PES for watershed protection in a collective pasture system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Mokaddem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lejars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Benchekroun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International conference of the european society for ecological economics: Transformations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Leeds, United Kingdom. 25 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01469441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconciling livelihoods with ecosystem integrity in Ga-Mampa wetland, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Murgue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.M. Johnston</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Biennal conference of the European Society for Ecological Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Lille, France. pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling trade-offs between livelihoods and wetland ecosystem services: the case of Ga-Mampa wetland,South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Masiyandima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Jogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Juizo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 Conference of the International Society for Ecological Economics: "Advancing Sustainability in a Time of Crisis"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Oldenburg, Germany. 20 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trade-offs between livelihoods and wetland ecosystem services: an integrated dynamic model of Ga-Mampa wetland, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Masiyandima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Jogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Juízo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LandMod 2010: International Conference on Integrative Landscape Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Montpellier, pp.19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The economic and livelihood value of provisioning services of the Ga-Mampa wetland, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Adekola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. de Groot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Grelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th IWRA World Water Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Montpellier, France. 24 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00468552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of smallholder farming systems in the Olifants river basin, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.S. Magombeyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.E. Taigbenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Cheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th WaterNet/WARFSA/GWP-SA Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Johannesburg, South Africa. pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rural households' preferences for multiple uses water services in the Sekororo-Letsoalo area, Limpopo Province, South Africa - A Choice modelling approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Kanyoka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Farolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Integrated Water Resources Management (IWRM) : Lessons from Implementation in Developing Countries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Cape Town, South Africa. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the diversity of wetland-based livelihoods in the Limpopo River basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Jogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chiputwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Biennial Conference "Applying Ecological Economics for Social and Environmental Sustainability" ISEE 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Nairobi, Kenya. pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic Value and Livelihood Dependence on the Ga-Mampa Wetland, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Adekola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Grelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. de Groot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th WATERNET/WARFSA/GWP-SA Symposium IWRM - From Concept to Practice, Lusaka, ZMB, 31 October-2 November 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02589976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing stakeholders for sustainable wetland management in the Limporo River Basin: The case of Ga-Mampa Wetland, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Darradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Grelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th WaterNet/WARFSA/GWP-SA Symposium, Lilongwe, MWI, 1-3 November 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to finance multiple use water systems for the rural poor? Lessons learnt from the domestic water sector in the Olifants River Basin, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. . Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Montginoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Farolfi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Internationale Pauvreté hydraulique et crises sociales - Perspectives de recherche et d’action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Agadir, Morocco. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches et instruments pour aider à formuler un problème de négociation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. Conférence régionale européenne : Irrigation et gestion concertée des conflits dans les régions euroméditérranéennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Montpellier, France. 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02833457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and bargaining power in multilateral negotiations : application to water management policies in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.K. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.E. Goddhue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31. Australian conference of economists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Adelaïde, Australia. 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and bargaining power in multilateral negotiations: application to water management policies in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.K. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.E. Goodhue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Conference of Economists, Adelaïde, AUS, 30 septembre-3 octobre 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Australia. pp.21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transitions institutionnelles et agricoles dans les périmètres irrigués du pôle Petrolina-Juazeiro (Brésil) : d'une logique sociale vers une logique managériale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Le Gal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Jehan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwyn de Nys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier du PCSI (Programme Commun Systèmes Irrigués) sur la gestion des périmètres irrigués collectifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Montpellier, France. pp.109-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cirad-00182699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approaches and tools for helping at formulating a negotiation problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEEPA and CIRAD workshop on water management policy, tools and institutions in South Africa : learning from the French experience of the "agences de l'Eau"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2002, Pretoria, South Africa. 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02828199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and power in multilateral negotiations: An application to French water policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.K. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.E. Goodhue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.C. Rausser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress of Environmental and Resource Economists 2002, Monterey California, USA, June 24 - 27</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, United States. pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02580679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instruments de régulation de la demande en eau des agriculteurs et politique agricole commune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Colloque PIREE : Les instruments des politiques environnementales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2001, Nice, France. 22 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02829048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transitions institutionnelles et agricoles dans le périmètre irrigué du pôle Petrolina-Juazeiro (Brésil)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.Y. Le Gal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Jehan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. de Nys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire : Programmes concertés systèmes irrigués (PCSI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2001, Montpellier, France. 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instruments de régulation de la demande en eau des agriculteurs et Politique Agricole Commune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque PIREE, Sophia-Antipolis, 5-6 avril 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, France. pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle Multi-Agent pour analyser le partage de la ressource en eau dans les périmètres irrigués au Pakistan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Rinaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Page</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SMAGET : Modèles et Systèmes Multi-Agents pour la Gestion de l'Environnement et des Territoires, Clermont-Ferrand, 5-8 octobre 1998</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Clermont-Ferrand, France. pp.293-310</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02578859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en place d'une gestion négociée de l'eau en France : l'exemple de la gestion des étiages sur le bassin de l'Adour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Faysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Irrigation and Drainage Water for Agriculture in the next Millennium 17th congress Granada, ESP, 11-19 September 1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Espagne. pp.29-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de l'eau en France : l'efficacité des procédures négociées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Economie de l'environnement : L'efficacité des politiques publiques face à la gestion de l'environnement et des ressources renouvelables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1999, Strasbourg, France. 30 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un outil d'aide à la négociation pour la gestion de l'eau dans le bassin de l'Adour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Réunion annuelle du réseau Zones ateliers du GIP Hydrosystèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1998, Biarritz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02771520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les formes institutionnelles de la gestion de l'eau en France et en Californie : droits de propriété, instruments et délégation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Goodhue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : L'irrigation et la gestion collective de la ressource en eau en France et dans le monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1998, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réforme de la gestion de l'eau dans le bassin de l'Adour : la théorie des jeux comme outil d'aide à la négociation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Gestion des territoires ruraux - connaissances et méthodes pour la décision publique, Clermont-Ferrand, 27-28 avril 1998</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, France. pp.359-372</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02577403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité des réformes de gestion de l'eau : cadre théorique et exemples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Rinaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'irrigation et la gestion collective de la ressource en eau en France et dans le monde, Montpellier, 19-20 novembre 1998</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, France. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réforme de la gestion de l'eau dans le bassin de l'Adour : la théorie des jeux comme outil d'aide à la négociation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées internationales de la recherche pour la gestion des territoires ruraux sensibles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1998, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02766838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un outil d'aide à la négociation pour la gestion de l'eau dans le bassin de l'Adour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrosystème Adour 2ème rencontre du réseau Zones Ateliers GIP Hydrosystèmes, Biarritz, 30 avril 1998</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, France. pp.67-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les négociations autour de la gestion de l'eau dans le bassin de l'Adour : une approche par la théorie des jeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Claude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées : Economie de l'environnement et des ressources naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1998, Toulouse, France. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02840139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réforme de la gestion de l'eau : un outil d'aide à la négociation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Rinaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Entretiens d'Agropolis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Montpellier, France. Non paginé / 7 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02840136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique des coopératives viticoles, structures des apporteurs et agrégation de décisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Causeret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Esr. Département d'Economie Et Sociologie Ruralesdijon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier d'économie viti-vinicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1997, Dijon, France. 17 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02838181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de l'hydraulique agricole sur l'emploi : résultats d'enquête en Ardèche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Irrigation et drainage dans le contexte économique et environnemental actuel journées techniques nationales AFEID, Colmar, 17-18 octobre 1996</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, France. pp.69-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02575953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic impact of irrigation on agricultural production: using geographical information system and economic models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Axes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th EAAE Seminar " Environmental and land use issues in mediterranean basin : an economic perspective", Zaragoza, ESP, 7-9 February 1994</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Spain. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02580247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact économique de l'irrigation sur la production agricole : utilisation d'un système d'information géographique et de la télédétection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Axes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGENG 94 international conference on agricultural engineering, Milano, ITA, 29 th August -1st September 1994</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Italie. pp.1644-1651</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02574743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marchés de l'eau au Pendjab, Pakistan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Strosser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on land and water resources management in the Mediterranean region, Valenzano Bari, ITA, 4-8 septembre 1994</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Italie. pp.1103-1121</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02574844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic impact of irrigation on farming : use of combined linear programming, geographical information system and remote sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Axes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGENG 94 International Conference on Agricultural Engineering, Milano, ITA, 29 th August - 1 st September 1994</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Italy. pp.1644-1651</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guide méthodologique pour la planification territoriale participative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Braiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Augusseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CIRAD; DG-ACTA, pp.126, 2025, 978-2-87614-870-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05312848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and power in multilateral negotiations: an application to French water policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachael E. Goodhue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gordon C. Rausser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Thoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">University of California</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 47, 46 p., 2007, Giannini Foundation Monograph Series, 978-1-6010-7522-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et stratégies foncières des agriculteurs : un outil d'analyse pour l'aménagement des zones fragiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cemagref Editions, pp.292, 1994, Coll. Etudes du Cemagref, série Gestion des territoires, n° 14, 2-85362-395-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02582087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorial facilitator, a profession to be developed and defended: A Tunisian experience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Braiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumaya Younsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformative Participation for Socio-Ecological Sustainability - Around the CoOPLAGE pathways</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, QUAE, pp.62-68, 2024, Update Sciences &amp; technologies, 9782759239214. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35690/978-2-7592-3920-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion stratégique de l’irrigation à l’échelle du territoire et de l’exploitation agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dubocs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Burger-Leenhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wittling Claire; Ruelle Pierre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guide pratique de l’irrigation (4ème éd.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4eme édition, </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.8-26, 2022, Matière à débattre et décider, 978-2-7592-3245-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04144994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pédaler le long d'un fleuve : nouvel accès, nouvelles valeurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Vaudor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Coussout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabrice Bardet; Lucia Shimbo; Huana Carvalho. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valua Terra. Faire la valeur des environnements. Perspectives croisées françaises et brésiliennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions deux-cent-cinq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.237-255, 2022, 978–2–919380–55–8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03920879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedalando ao longo de um rio: novo acesso, novos valores?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Vaudor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Coussout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabrice Bardet; Lucia Shimbo; Huana Carvalho. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valua Terra: construir o valor dos ambientes. Olhares cruzados brasileiros e franceses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions deux-cent-cinq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.233-251, 2022, https://doi.org/10.11606/9786586810424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-construire une démarche d'inclusion et son suivi-évaluation : leviers et contraintes dans un programme de développement rural en Tunisie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Braiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Arfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Jendoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Rasilly Claire (ed.); Moreau Isabelle (ed.); Sopena Colette (ed.); Boisteau Charlotte (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inclure pour transformer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, F3E, pp.105-125, 2021, Repères sur</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coconstruire une démarche d'inclusion et son suivi-évaluation. Leviers et contraintes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Braiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabii Arfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Jendoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inclure pour transformer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03759152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research and training in the Olifants and Limpopo basins of southern Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lévite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Sally</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">France and the CGIAR: delivering scientific results for agricultural development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CGIAR, p. 76 - p. 79, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00457316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EAU-MI-CRAU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Machado-Rios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Boissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Malingrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrae. 2023, pp.1-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04232658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaboration de recherche INRAE-SYMCRAU - synthèse finale publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Machado-Rios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Boissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Abrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrae; Symcrau. 2023, pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04232673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueil de projets d'expertise internationale à INRAE. Tome 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Almerinda Pinto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bontems</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Douzals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allison Loconto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04037409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ViaRhôna : la valorisation du patrimoine rhodanien à l’épreuve des territoires, des acteurs et des usages, rapport final du projet RhonaVél'eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Vukelic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR Environnement Ville Société (CNRS); UMR G-EAU Gestion Acteus Usages (INRAE); Université de Lyon; Plan Rhône; Agence de l'eau RMC; EDF; FNADT. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03353137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RhônaVel’eau. Synthèse de l’enquête usagers. La valorisation du patrimoine rhodanien à l’épreuve des territoires, des acteurs et des usages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylise Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Coussout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Laboratoires EVS et G-EAU. 2018, pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02059201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de scénarios de consommation en eau à l'horizon 2030</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Montginoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Azizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Irstea Montpellier. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05201017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment rendre compte de la multiplicité des valeurs des services écosystémiques des hydrosystèmes ? Volume 1 : Cadre conceptuel : services écosystémiques, valeurs et méthodes d'évaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jourdren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-E. Cérésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guide méthodologique pour la planification territoriale concertée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Burte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2017, pp.38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment rendre compte de la multiplicité des valeurs des services écosystémiques des hydrosystèmes ? Volume 2 : Application à l'amont du bassin-versant des Gardons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jourdren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.E. Cérésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2017, pp.149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des pratiques et stratégies des usagers de l'eau dans les bassins du Merguellil et du Tensift</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Montginoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Burte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2017, pp.116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’approche par les services écosystémiques pour la gestion opérationnelle des bassins versants : état de l’art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystèle Léauthaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Jourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Jamin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2016, pp.41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation économique ex ante des impacts des projets de conservation des eaux et des sols à l'échelle des exploitations agricoles d'un territoire : éléments de méthode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Fusillier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2016, pp.115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réalisation d’une étude socio-économique préalable d’aide à la définition d’un projet de restauration de la Lergue et de la Soulondre pour le compte de l’Agence de l’eau Rhône Méditerranée Corse : capitalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Chemery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gasc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Agenais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2016, pp.51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights and guidance for putting integrated natural resources management into practice in Africa at meso-scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Abrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Clouting</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Cox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dickens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2014, pp.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude sur l’adaptation de l’agriculture à la disponibilité de la ressource en eau en Drôme des collines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rucheton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ruelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Fusillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2014, pp.190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation de l’agriculture à la disponibilité de la ressource en eau dans la Drôme des Collines - Résumé du guide méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rucheton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ruelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Fusillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2014, pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guide méthodologique : étude de l’adaptation de l’agriculture à la disponibilité de la ressource en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Fusillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ruelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rucheton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2014, pp.70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation de l’agriculture à la disponibilité de la ressource en eau dans la Drôme des Collines. Synthèse pour les décideurs locaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rucheton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ruelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Fusillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2014, pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated natural resources management at meso-scale: a process oriented approach to craft operational strategies for adaptation and vulnerability reduction to global change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hassenforder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Abrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. van Weert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2014, pp.224</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation économique de la restauration du bassin-versant du Vistre par la méthode de modélisation des choix discrets : rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kuhfuss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Lifran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2013, pp.165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WETSYS, a dynamic system model to assess trade-off between wetland ecosystem services at local level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Masiyandima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vasilishina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2012, pp.71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wet-WAG, a role-playing game to support stakeholder dialogue on wetland management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Murgue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Abrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2012, pp.66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying management options and solutions for the WETwin case studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mahieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Murgue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Cools</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2012, pp.49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'irrigation en France. Etat des lieux 2010 et évolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Campardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2012, pp.57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating management solutions for WETwin case studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Coertjens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Liersch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mahieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Murgue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2012, pp.108</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidance for the application of vulnerability assessment and multi-criteria decision analysis in integrated wetland management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Zsuffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Cools</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Liersch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2012, pp.51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of institutional capacity in wetland management and IWRM in the Gemenc, Ga-Mampa and Nabajjuzi & Namatala Wetlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ostrovskaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Douven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mukuyu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pataki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2012, pp.81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report on performance indicators, decision-support toolbox and baseline simulation results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Funk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Winkler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Th. Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Zsuffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arias Hildalgo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2012, pp.90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation économique des services rendus par les zones humides - Enseignements méthodologiques de monétarisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouscasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Duprez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Strosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Beley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] irstea. 2011, pp.216</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drivers – States – Impacts - Responses: DSIR analyses at the study sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Zsuffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Cools</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Winkler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Kaggwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2011, pp.97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report on stakeholder analysis and strategies for stakeholder engagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. van Ingen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.F. van Der Struijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Maiga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2010, pp.235</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Decision Support Framework of the WETwin project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Zsuffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Cools</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Masiyandima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2010, pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report on initial vulnerability assessment for each case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Liersch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hattermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Zsuffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Cools</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Dam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2010, pp.89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de transfert de bénéfices : revue de littérature et application aux zones humides françaises. Rapport intermédiaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Dumax</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation économique des zones humides sur trois sites tests du bassin Seine-Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouscasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Strosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Beley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2010, pp.145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wet-WAG, a role-playing game to support stakeholder dialogue on wetland management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Abrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albena Popova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2010, pp.45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation économique de la restauration du bassin versant du Vistre par la méthode de Choice Modeling: Phase 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kuhfuss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Lifran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2009, pp.90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies d'adaptation des exploitations agricoles à l'évolution des règles de gestion de l'eau dans le périmètre du SAGE Nappe de Beauce et impacts économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bouarfa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ruelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Mailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] irstea. 2009, pp.80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation économique des services rendus par les zones humides en France : synthèse des travaux existants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2009, pp.39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude sur la ressource en eau agricole en Aquitaine pour la période 2007-2013 - Rapport de la phase 1.0. Etat des lieux de l'agriculture irriguée en Aquitaine et estimation des besoins agricoles en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Fusillier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2008, pp.115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-economic conditions and agricultural water management practices of smallholders in Quaternary Catchment B72A, Olifants River Basin, South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Mapedza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Cheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Magombeyi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2008, pp.55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multifonctionnalité de l'agriculture et gestion de l'eau en Beauce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Robbi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2002, pp.84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de différents modes d'allocation des volumes de référence sur le fleuve Charente, à l'amont d'Angoulême</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Mailhol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2000, pp.39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion volumétrique de l'eau en Beauce : impact sur les exploitations agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hanot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2000, pp.52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02578887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion volumétrique de l'eau en Beauce : impact sur les exploitations agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hanot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2000, pp.77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la réforme de la PAC sur la demande en eau pour l'irrigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Guarrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2000, pp.107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la réforme de la PAC sur la demande en eau pour l'irrigation : rapport d'étape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Guarrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hanot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 1999, pp.134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité des réformes de gestion de l'eau : aspects théoriques et application au Pakistan et en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Rinaudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 1999, pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02579155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets de l'irrigation sur l'emploi en France : une analyse à partir de la méthode de l'équivalent-travail, (Convention d'appui technique en irrigation Cemagref - DERF 1996, Compte-rendu final de l'action Economie de l'irrigation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bosio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 1998, pp.64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02577543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barrage de Gardères Eslourenties : évaluation économique de l'agriculture irriguée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gleyses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 1997, pp.80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02577180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic evaluation of irrigation projects : transfer of methods to INAT in Colombia (Instituto Nacional de Adecuacion de Tierras)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 1995, pp.61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02574466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un développement de systèmes extensifs en viande bovine. Approche localisée en «zones fragiles» : dans le Massif Central, en zone Charolaise, dans une zone hydromorphe de l'Ouest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Bousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Biannic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Amon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Cayla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 1989, pp.250</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avenir d'une zone rurale fragile de l'Ouest de la France : le Perche ornais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Bousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. Dauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 1988, pp.75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques foncières des agriculteurs dans une zone fragile : une problématique pour l'aménagement rural. Le cas de la vallée de la Haute Sarthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'environnement. Doctorat Analyse et politique économiques, Université de Bourgogne, 1992. Français. </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02575489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques foncières des agriculteurs dans une zone fragile: une problématique pour l'aménagement rural. Le cas de la vallée de Haute Sarthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Bourgogne, 1992. Français. </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02849470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId438"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04452408v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Gasmi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Burte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo S&#225;vio Martins" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Younsi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Morardet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-023-02161-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03769585v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Kuper" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo S&#225;vio Passos Rodrigues Martins" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2022019" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03737537v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Braiki Houssem" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Hassenforder" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lestrelin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faysse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejdp.2022.100020" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03726258v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Farolfi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lavaine" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Lfakir" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Khamassi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30682/nm2205d" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03562004v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Borrell Estupina" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grelot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Alix" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Badoga" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Balzergue" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/set-revue.2021.1.13" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03758847v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Harbaoui" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezzdine Hamrouni" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Ouilhezi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubair Aouadi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03550731v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Housem Braiki" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somaya Younsi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/set-revue.2021.1.06" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03007950v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Adam" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Cottet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vaudor" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Coussout" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12229311" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01952779v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Dubois" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Nouichi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Marlet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2018007" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604710v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Mokaddem" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lejars" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Doukkali" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Benchekroun" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.5004" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604711v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Amichi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Jamin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gharbi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Azizi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2016022" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306590v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rucheton" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ruelle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Fusillier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fabre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826266v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Loubier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Campardon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2013.11.04" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958459v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Johnston" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cools" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Liersch" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Murgue" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2012.12.006" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00827394v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Erdlenbruch" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montginoul" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lefebvre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2013.11.16" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809508v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Magombeyi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Taigbenu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cheron" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5897/AJAR11.884" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597093v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Adekola" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. de Groot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grelot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21513732.2012.671191" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595627v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouarfa" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brunel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Granier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Mailhol" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2010.0461" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596501v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mccartney" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Rebelo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Finlayson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masiyandima" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02626667.2011.630319" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454515v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kanyoka" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590740v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M.J. Kadigi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.S.Y. Mdoe" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.C. Ashimogo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agwat.2008.03.008" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BL8X94MV-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590171v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Simon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Goodhue" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.C. Rausser" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thoyer" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220736v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Thoyer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rio" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Goodhue" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss:2004002" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579828v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rio" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676663v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Goodhue" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579827v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579366v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Rinaudo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461128v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vidal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Garin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gleyses" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467434v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Palacio" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02573965v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Axes" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574016v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204431v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Valadaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Venot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hemingway" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Chrii" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178797v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Jenhaoui" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Anna Orieschnig" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169192v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gramaglia" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Picard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alp" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Maurines" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731243v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oldrich Navratil" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346843v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chamseddine Harrabi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Braiki" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04290003v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731179v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04290147v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04290229v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Navratil" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04290245v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04327584v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610078v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guizeni" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Braiki" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Younsi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429292v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Collard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Riviere-Honegger" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610077v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Montginoul" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610079v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gasmi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338752v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608448v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Adam" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cottet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rivi&#232;re Honegger" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973167v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973196v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rivi&#232;re-Honegger" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608449v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Arnaud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Roux Michollet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Antonio" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barthelemy" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carrel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606901v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Ayral" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Canovas" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Cicille" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Didon-Lescot" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606903v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02940851v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Ayral" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Domergue" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925358v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Ferrand" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Abrami" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Noury" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#232;le Ducrot" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605667v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Jourdren" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605665v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. C&#233;r&#233;sil" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605664v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-E. C&#233;r&#233;sil" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605805v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297404v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602979v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jourdain" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602514v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kuhfuss" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lifran" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01469441v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lejars" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Doukkali" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601041v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Johnston" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584050v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Jogo" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Juizo" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594136v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ju&#237;zo" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598277v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cheron" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468552v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590744v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590741v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chiputwa" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589976v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588627v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Darradi" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588235v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. . Lefebvre" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833457v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830662v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.K. Simon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Goddhue" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581106v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00182699v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Ducrot" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Gal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jehan" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwyn de Nys" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828199v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580679v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829048v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rieu" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830159v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ducrot" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.Y. Le Gal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jehan" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Nys" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581452v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578859v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Page" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579479v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839781v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771520v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767100v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02577403v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579527v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766838v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581445v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840139v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Claude" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840136v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838181v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Causeret" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Esr. D&#233;partement d'Economie Et Sociologie Ruralesdijon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02575953v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574743v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580247v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574844v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Strosser" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603224v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312848v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Augusseau" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821756v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Simon" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael E. Goodhue" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon C. Rausser" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://giannini.ucop.edu/Monographs/47_Water.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582087v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558913v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3920-7" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144994v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dubocs" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Burger-Leenhardt" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1665/9782759232468/guide-pratique-de-l-irrigation-4e-edition" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920879v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions205.fr/products/valua-terra-faire-la-valeur-des-environnements" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913201v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.livrosabertos.sibi.usp.br/portaldelivrosUSP/catalog/book/892" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177668v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arfaoui" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Jendoubi" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03759152v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabii Arfaoui" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457316v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rollin" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. L&#233;vite" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sally" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232658v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Machado-Rios" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boissier" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Malingrey" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232673v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04037409v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Martinez" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almerinda Pinto" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bontems" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Douzals" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Loconto" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03353137v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Vukelic" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201017v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Molle" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Favre" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Azizi" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059201v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608452v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Noury" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lestrelin" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ferrand" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606900v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606899v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606907v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Molle" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605659v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cryst&#232;le L&#233;authaud" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rollin" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Jamin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605656v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605808v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Chemery" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gasc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Agenais" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601188v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Abrami" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Clouting" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cox" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dickens" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601211v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ruelle" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601214v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601212v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601213v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601215v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hassenforder" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. van Weert" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600151v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597961v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mahieu" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597954v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Milhau" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597953v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vasilishina" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597968v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597960v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Coertjens" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597955v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zsuffa" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597963v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ostrovskaya" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Douven" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mukuyu" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Schwartz" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pataki" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597962v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Funk" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Winkler" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Hein" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arias Hildalgo" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596502v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouscasse" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Defrance" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duprez" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Beley" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597965v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kone" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kaggwa" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594373v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hein" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597967v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. van Ingen" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baker" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.F. van Der Struijk" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Maiga" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597964v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hattermann" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Dam" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596507v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dumax" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594145v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594133v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albena Popova" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595749v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596504v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596503v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591346v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591344v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mapedza" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Magombeyi" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581107v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Robbi" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578887v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hanot" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579125v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579148v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579207v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guarrera" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579482v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579155v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02577543v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bosio" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02577180v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574466v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600534v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bousset" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Biannic" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Amon" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cayla" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600488v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Dauge" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02575489v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02849470v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04452408v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Gasmi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Burte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo S&#225;vio Martins" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Younsi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Morardet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-023-02161-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03769585v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Kuper" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo S&#225;vio Passos Rodrigues Martins" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2022019" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03737537v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Braiki Houssem" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Hassenforder" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lestrelin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faysse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejdp.2022.100020" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03726258v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Farolfi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lavaine" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Lfakir" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Khamassi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30682/nm2205d" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03562004v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Borrell Estupina" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grelot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Alix" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Badoga" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Balzergue" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/set-revue.2021.1.13" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03758847v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Harbaoui" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezzdine Hamrouni" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Ouilhezi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubair Aouadi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03550731v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Housem Braiki" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somaya Younsi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/set-revue.2021.1.06" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03007950v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Adam" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Cottet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vaudor" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Coussout" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12229311" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01952779v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Dubois" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Nouichi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Marlet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2018007" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604710v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Mokaddem" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lejars" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Doukkali" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Benchekroun" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.5004" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604711v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Amichi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Jamin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gharbi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Azizi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2016022" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306590v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rucheton" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ruelle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Fusillier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fabre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958459v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Johnston" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cools" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Liersch" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Murgue" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2012.12.006" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826266v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Loubier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Campardon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2013.11.04" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00827394v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Erdlenbruch" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montginoul" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lefebvre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2013.11.16" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809508v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Magombeyi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Taigbenu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cheron" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5897/AJAR11.884" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597093v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Adekola" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. de Groot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grelot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21513732.2012.671191" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595627v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouarfa" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brunel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Granier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Mailhol" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2010.0461" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596501v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mccartney" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Rebelo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Finlayson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masiyandima" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02626667.2011.630319" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454515v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kanyoka" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590740v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M.J. Kadigi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.S.Y. Mdoe" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.C. Ashimogo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agwat.2008.03.008" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BL8X94MV-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590171v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Simon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Goodhue" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.C. Rausser" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thoyer" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220736v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Thoyer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rio" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Goodhue" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss:2004002" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676663v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rio" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Goodhue" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579828v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579827v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579366v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Rinaudo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461128v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vidal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Garin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gleyses" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467434v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Palacio" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02573965v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Axes" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574016v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204431v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Valadaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Venot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hemingway" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Chrii" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178797v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Jenhaoui" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Anna Orieschnig" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169192v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gramaglia" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Picard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alp" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Maurines" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731243v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oldrich Navratil" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346843v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chamseddine Harrabi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Braiki" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731179v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04290147v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04290229v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Navratil" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04290003v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04290245v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04327584v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610078v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guizeni" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Braiki" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Younsi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429292v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Collard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Riviere-Honegger" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610077v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Montginoul" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610079v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gasmi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973167v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608448v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Adam" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cottet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rivi&#232;re Honegger" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338752v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973196v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rivi&#232;re-Honegger" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608449v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Arnaud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Roux Michollet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Antonio" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barthelemy" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carrel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606901v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Ayral" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Canovas" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Cicille" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Didon-Lescot" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606903v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02940851v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Ayral" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Domergue" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925358v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Ferrand" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Abrami" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Noury" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#232;le Ducrot" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605667v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Jourdren" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605665v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. C&#233;r&#233;sil" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605664v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-E. C&#233;r&#233;sil" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605805v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602979v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jourdain" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602514v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kuhfuss" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lifran" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297404v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01469441v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lejars" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Doukkali" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601041v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Johnston" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584050v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Jogo" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Juizo" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594136v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ju&#237;zo" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468552v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598277v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cheron" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590744v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590741v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chiputwa" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589976v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588627v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Darradi" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588235v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. . Lefebvre" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833457v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830662v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.K. Simon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Goddhue" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581106v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00182699v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Ducrot" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Gal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jehan" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwyn de Nys" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828199v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580679v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829048v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rieu" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830159v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ducrot" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.Y. Le Gal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jehan" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Nys" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581452v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578859v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Page" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579479v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839781v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771520v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767100v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02577403v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579527v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766838v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581445v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840139v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Claude" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840136v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838181v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Causeret" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Esr. D&#233;partement d'Economie Et Sociologie Ruralesdijon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02575953v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580247v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574743v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574844v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Strosser" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603224v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312848v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Augusseau" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821756v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Simon" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael E. Goodhue" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon C. Rausser" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://giannini.ucop.edu/Monographs/47_Water.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582087v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558913v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3920-7" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144994v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dubocs" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Burger-Leenhardt" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1665/9782759232468/guide-pratique-de-l-irrigation-4e-edition" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920879v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions205.fr/products/valua-terra-faire-la-valeur-des-environnements" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913201v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.livrosabertos.sibi.usp.br/portaldelivrosUSP/catalog/book/892" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177668v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arfaoui" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Jendoubi" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03759152v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabii Arfaoui" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457316v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rollin" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. L&#233;vite" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sally" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232658v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Machado-Rios" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boissier" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Malingrey" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232673v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04037409v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Martinez" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almerinda Pinto" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bontems" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Douzals" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Loconto" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03353137v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Vukelic" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059201v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201017v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Molle" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Favre" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Azizi" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606900v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608452v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Noury" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lestrelin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ferrand" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606899v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606907v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Molle" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605659v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cryst&#232;le L&#233;authaud" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rollin" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Jamin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605656v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605808v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Chemery" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gasc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Agenais" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601188v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Abrami" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Clouting" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cox" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dickens" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601211v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ruelle" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601214v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601212v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601213v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601215v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hassenforder" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. van Weert" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600151v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597953v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vasilishina" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597954v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Milhau" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597961v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mahieu" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597968v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597960v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Coertjens" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597955v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zsuffa" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597963v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ostrovskaya" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Douven" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mukuyu" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Schwartz" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pataki" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597962v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Funk" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Winkler" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Hein" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arias Hildalgo" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596502v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouscasse" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Defrance" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duprez" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Beley" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597965v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kone" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kaggwa" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597967v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. van Ingen" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baker" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.F. van Der Struijk" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Maiga" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594373v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hein" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597964v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hattermann" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Dam" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596507v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dumax" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594145v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594133v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albena Popova" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596504v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595749v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596503v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591346v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591344v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mapedza" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Magombeyi" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581107v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Robbi" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579125v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578887v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hanot" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579148v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579207v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guarrera" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579482v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579155v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02577543v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bosio" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02577180v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574466v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600534v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bousset" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Biannic" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Amon" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cayla" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600488v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Dauge" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02575489v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02849470v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>