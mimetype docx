--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -691,51 +691,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Sellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Castagnone-Sereno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Numéro Spécial 02, RARe, pp.112-120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/novae-2022-NS02-art13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
@@ -3927,295 +3927,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01837271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cabanillasin, a new antifungal metabolite, produced by entomopathogenic Xenorhabdus cabanillasii JM26.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photorhabdus luminescens subsp noenieputensis subsp nov., a symbiotic bacterium associated with a novel Heterorhabditis species related to Heterorhabditis indica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiarin Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Houard</w:t>
+                <w:t xml:space="preserve">Carol van Reenen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Pages</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Tailliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Aumelas</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alain Givaudan</w:t>
+                <w:t xml:space="preserve">Antoinette P. Malan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antibiotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ja.2013.58⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 63, pp.1853 - 1858. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/ijs.0.044388-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01101425v1</w:t>
+                <w:t xml:space="preserve">hal-01837248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photorhabdus luminescens subsp noenieputensis subsp nov., a symbiotic bacterium associated with a novel Heterorhabditis species related to Heterorhabditis indica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tiarin Ferreira</w:t>
+                <w:t xml:space="preserve">Cabanillasin, a new antifungal metabolite, produced by entomopathogenic Xenorhabdus cabanillasii JM26.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Houard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carol van Reenen</w:t>
+                <w:t xml:space="preserve">André Aumelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pages</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antoinette P. Malan</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Givaudan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 63, pp.1853 - 1858. </w:t>
+              <w:t xml:space="preserve">Journal of Antibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 66 (10), pp.617-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1099/ijs.0.044388-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ja.2013.58⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01837248v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01101425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Description of Xenorhabdus magdalenensis sp nov., the symbiotic bacterium associated with Steinernema australe</w:t>
               </w:r>
@@ -9189,51 +9189,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02154689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptional analysis of the Spodoptera frugiperda immune response to the nematobacterial complex Steinernema carpocapsae-Xenorhabdus nematophila</w:t>
+                <w:t xml:space="preserve">Dissecting the immune response of a lepidopteran pest to an entomopathogenic nematobacterial complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Huot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bigourdan</w:t>
@@ -9268,97 +9268,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Negre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Grande Conférence de l'Académie des Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">REID-ImmunInv2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02154471v1</w:t>
+                <w:t xml:space="preserve">hal-02165427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissecting the immune response of a lepidopteran pest to an entomopathogenic nematobacterial complex</w:t>
+                <w:t xml:space="preserve">Transcriptional analysis of the Spodoptera frugiperda immune response to the nematobacterial complex Steinernema carpocapsae-Xenorhabdus nematophila</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Huot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bigourdan</w:t>
@@ -9393,73 +9393,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Negre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">REID-ImmunInv2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Grande Conférence de l'Académie des Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02165427v1</w:t>
+                <w:t xml:space="preserve">hal-02154471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The interactions between an obligate killer pathogen and the microbiota of its hosts</w:t>
               </w:r>
@@ -14060,51 +14060,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279475v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Claveyroles" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lanois-Nouri" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane El Fannassi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Ogier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pag&#232;s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.00760-25" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666231v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Bientz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lanois" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Ginibre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.001481" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04345801v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo a R Machado" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aashaq Hussain Bhat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Castaneda-Alvarez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarique Hassan Askary" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir P&#367;&#382;a" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00284-023-03373-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03832443v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Legrand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms231911981" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03837686v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Sellier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castagnone-Sereno" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/novae-2022-NS02-art13" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672488v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Eychenne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Girard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Frayssinet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laijiao Lan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pages" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2022.104399" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03143425v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo A. R. Machado" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Muller" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shimaa M. Ghazal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aunchalee Thanwisai" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.004610" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463369v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cambon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lafont" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiaa009" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640344v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gaudriault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2020.105911" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503304v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-020-00800-5" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02516411v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Huot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bigourdan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dci.2020.103676" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334244v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Payelleville" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Blackburn" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0212655" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627663v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Galan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Barret" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-019-1546-z" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124777v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Eugenia Nu&#241;ez-Valdez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Duvic" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0212809" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02110836v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Aujoulat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Masnou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Emboul&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Teyssier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2019.02.016" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336483v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Parthuisot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Givaudan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01437-19" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774729v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mougin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Artige" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marchand" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mondy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rati&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-1973-7" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621561v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Rehayem" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Noujeim" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Nemer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/forsci/fxx018" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606548v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Mouammine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Jubelin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43670" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606508v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John G. Mcmullen Ii" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Mcquade" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.000449" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01633933v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Labreuche" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Chenivesse" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Jeudy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Panse" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Boulo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-01445-z" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837277v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ferreira" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C A van Reenen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tailliez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a P Malan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022149X14000583" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-SX1LXB7X-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602471v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Sakr" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Fanelli" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Troccoli" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19263/REDIA-99.16.16" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837272v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Bisch" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia S. Stock" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2014.10.002" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837258v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Chiapello" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine M&#233;digue" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evu119" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075791v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lafay" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Molle" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0110060" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956300v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sicard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Raimond" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2013.10.011" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G8FDXZGQ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837260v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gualtieri" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00190-14" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837271v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiarin Ferreira" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol A. van Reenen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihito Endo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.059840-0" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101425v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Houard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Aumelas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry No&#235;l" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ja.2013.58" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837248v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol van Reenen" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette P. Malan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.044388-0" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647002v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Edgington" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukasz M. Tymo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan G. Buddie" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.034322-0" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651570v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jouan" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Essa" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2012.04.001" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644381v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Boyer" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Gaudriault" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2011.02427.x" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZG568CDX-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646035v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Canoy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01696-10" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641997v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadege Ginibre" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696861v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644113v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Khater" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2011.01.004" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-16QWB145-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648879v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chapuis" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanya Emelianoff" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ferdy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0015872" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895110v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Varela Chavez" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Courties" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gomard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micinf.2010.09.006" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SPL9DLF9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667022v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Laouri" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Paule" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.014308-0" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461211v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Campos-Herrera" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gutierrez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2009.08.007" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FGMW81R4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444250v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chapuis" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Emelianoff" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Paulmier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Le Brun" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1420-9101.2009.01829.x" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281951v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Stock" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tailliez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2008.01.006" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GPCV0B0D-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658565v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Laroui" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2008-9-7-r117" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738926v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666348v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabina Chalabaev" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Turlin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Charles" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Namane" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200700609" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M75WBJGB-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119049v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sicard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hinsinger" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boemare" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-6-68" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667800v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Boemare" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.64287-0" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655624v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hinsinger" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Brun" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391308v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Grenier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duport" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Condemine" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rahb&#233;" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.72.3.1956-1965.2006" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657451v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Grenier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Gabrielle Duport" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Condemine" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.72.3.1956-1965.2005" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653979v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682097v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Ramone" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Moulia" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-005-0021-x" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-V1VN6133-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681185v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Derzelle" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Turlin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duchaud" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Kunst" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.186.5.1270-1279.2004" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682919v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Ricaud" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.70.11.6473-6480.2004" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678183v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Ferdy" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Godelle" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05075914v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Brugirard Ricaud" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Boemare" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675127v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678136v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Record" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Asther" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Sigoillot" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Punt" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-003-1325-4" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KW033GG9-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678128v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Maul&#233;on" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Moulia" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boeamare" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04567682v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Ogier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Akhurst" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03673065v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476714v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154483v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265509v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463373v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166484v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Negre" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03691106v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Ogier" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154689v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154471v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165427v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918045v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154516v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Lawac" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918049v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mana&#235;l Hellequin" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605330v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Perthuisot" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837311v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03691108v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galan M" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605199v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837302v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126101v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837280v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605185v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837283v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Toccoli" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837282v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793241v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bisch" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602164v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837269v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Mc Mullen Ii" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837266v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Carrere" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837267v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604723v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Esteves" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Jumas-Bilak" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837265v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roba El Hajj" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823581v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Calteau" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roche" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279601v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claveyroles No&#233;mie" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanois-Nouri Anne" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fannassi Imane El" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ogier Jean-Claude" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pag&#232;s Sylvie" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04791612v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Carr&#233;-Mlouka" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04571451v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yascim Kamel" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Antoine-Lorquin" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844990v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brillard" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483840v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219031v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thaler" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810864v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803492v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04008407v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Thibord" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Larroud&#233;" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963048v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Malausa" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Joly" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Frerot" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marion-Poll" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thi&#233;ry" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presse.inra.fr/Communiques-de-presse/Les-conquetes-de-l-Inra-pour-le-biocontrole" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824516v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Denon" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Briand" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837262v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Villain-Guillot" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807177v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808664v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788293v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279475v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Claveyroles" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lanois-Nouri" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane El Fannassi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Ogier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pag&#232;s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.00760-25" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666231v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Bientz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lanois" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Ginibre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.001481" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04345801v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo a R Machado" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aashaq Hussain Bhat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Castaneda-Alvarez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarique Hassan Askary" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir P&#367;&#382;a" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00284-023-03373-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03832443v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Legrand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms231911981" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03837686v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Sellier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castagnone-Sereno" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/novae-2022-NS02-art13" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672488v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Eychenne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Girard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Frayssinet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laijiao Lan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pages" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2022.104399" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03143425v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo A. R. Machado" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Muller" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shimaa M. Ghazal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aunchalee Thanwisai" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.004610" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463369v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cambon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lafont" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiaa009" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640344v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gaudriault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2020.105911" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503304v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-020-00800-5" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02516411v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Huot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bigourdan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dci.2020.103676" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334244v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Payelleville" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Blackburn" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0212655" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627663v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Galan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Barret" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-019-1546-z" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124777v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Eugenia Nu&#241;ez-Valdez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Duvic" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0212809" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02110836v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Aujoulat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Masnou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Emboul&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Teyssier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2019.02.016" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336483v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Parthuisot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Givaudan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01437-19" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774729v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mougin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Artige" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marchand" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mondy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rati&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-1973-7" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621561v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Rehayem" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Noujeim" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Nemer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/forsci/fxx018" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606548v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Mouammine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Jubelin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43670" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606508v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John G. Mcmullen Ii" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Mcquade" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.000449" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01633933v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Labreuche" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Chenivesse" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Jeudy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Panse" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Boulo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-01445-z" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837277v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ferreira" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C A van Reenen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tailliez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a P Malan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022149X14000583" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-SX1LXB7X-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602471v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Sakr" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Fanelli" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Troccoli" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19263/REDIA-99.16.16" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837272v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Bisch" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia S. Stock" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2014.10.002" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837258v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Chiapello" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine M&#233;digue" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evu119" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075791v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lafay" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Molle" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0110060" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956300v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sicard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Raimond" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2013.10.011" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G8FDXZGQ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837260v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gualtieri" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00190-14" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837271v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiarin Ferreira" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol A. van Reenen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihito Endo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.059840-0" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837248v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol van Reenen" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette P. Malan" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.044388-0" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101425v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Houard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Aumelas" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry No&#235;l" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ja.2013.58" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647002v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Edgington" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukasz M. Tymo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan G. Buddie" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.034322-0" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651570v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jouan" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Essa" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2012.04.001" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644381v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Boyer" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Gaudriault" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2011.02427.x" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZG568CDX-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646035v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Canoy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01696-10" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641997v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadege Ginibre" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696861v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644113v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Khater" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2011.01.004" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-16QWB145-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648879v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chapuis" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanya Emelianoff" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ferdy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0015872" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895110v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Varela Chavez" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Courties" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gomard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micinf.2010.09.006" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SPL9DLF9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667022v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Laouri" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Paule" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.014308-0" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461211v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Campos-Herrera" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gutierrez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2009.08.007" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FGMW81R4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444250v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chapuis" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Emelianoff" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Paulmier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Le Brun" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1420-9101.2009.01829.x" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281951v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Stock" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tailliez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2008.01.006" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GPCV0B0D-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658565v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Laroui" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2008-9-7-r117" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738926v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666348v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabina Chalabaev" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Turlin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Charles" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Namane" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200700609" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M75WBJGB-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119049v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sicard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hinsinger" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boemare" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-6-68" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667800v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Boemare" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.64287-0" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655624v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hinsinger" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Brun" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391308v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Grenier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duport" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Condemine" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rahb&#233;" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.72.3.1956-1965.2006" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657451v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Grenier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Gabrielle Duport" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Condemine" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.72.3.1956-1965.2005" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653979v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682097v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Ramone" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Moulia" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-005-0021-x" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-V1VN6133-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681185v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Derzelle" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Turlin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duchaud" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Kunst" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.186.5.1270-1279.2004" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682919v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Ricaud" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.70.11.6473-6480.2004" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678183v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Ferdy" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Godelle" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05075914v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Brugirard Ricaud" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Boemare" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675127v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678136v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Record" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Asther" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Sigoillot" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Punt" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-003-1325-4" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KW033GG9-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678128v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Maul&#233;on" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Moulia" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boeamare" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04567682v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Ogier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Akhurst" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03673065v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476714v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154483v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265509v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463373v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166484v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Negre" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03691106v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Ogier" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154689v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165427v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154471v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918045v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154516v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Lawac" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918049v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mana&#235;l Hellequin" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605330v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Perthuisot" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837311v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03691108v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galan M" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605199v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837302v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126101v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837280v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605185v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837283v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Toccoli" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837282v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793241v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bisch" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602164v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837269v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Mc Mullen Ii" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837266v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Carrere" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837267v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604723v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Esteves" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Jumas-Bilak" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837265v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roba El Hajj" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823581v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Calteau" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roche" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279601v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claveyroles No&#233;mie" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanois-Nouri Anne" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fannassi Imane El" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ogier Jean-Claude" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pag&#232;s Sylvie" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04791612v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Carr&#233;-Mlouka" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04571451v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yascim Kamel" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Antoine-Lorquin" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844990v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brillard" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483840v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219031v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thaler" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810864v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803492v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04008407v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Thibord" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Larroud&#233;" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963048v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Malausa" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Joly" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Frerot" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marion-Poll" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thi&#233;ry" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presse.inra.fr/Communiques-de-presse/Les-conquetes-de-l-Inra-pour-le-biocontrole" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824516v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Denon" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Briand" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837262v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Villain-Guillot" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807177v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808664v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788293v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>