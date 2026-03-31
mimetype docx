--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -917,429 +917,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01997220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le sommet de l’iceberg ? Colonisation pionnière et néolithisation de la France méditerranéenne</w:t>
+                <w:t xml:space="preserve">First Obsidian in the Northern French Alps during the Early Neolithic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Manen</w:t>
+                <w:t xml:space="preserve">Pierre-Yves Nicod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Raux</w:t>
+                <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Philibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Binder</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
+                <w:t xml:space="preserve">Christine Oberlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/bspf.2019.15002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Field Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 44 (3), pp.180-194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00934690.2019.1580077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02189620v1</w:t>
+                <w:t xml:space="preserve">hal-02076203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phytolith evidence of cereal processing in the Danube Delta during the Chalcolithic period</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le sommet de l’iceberg ? Colonisation pionnière et néolithisation de la France méditerranéenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Manen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mihaela Danu</w:t>
+                <w:t xml:space="preserve">André Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Messager</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bouby</w:t>
+                <w:t xml:space="preserve">Didier Binder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2018.03.033⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 116 (2), pp.317-361. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bspf.2019.15002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01992854v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02189620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Obsidian in the Northern French Alps during the Early Neolithic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phytolith evidence of cereal processing in the Danube Delta during the Chalcolithic period</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihaela Danu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Carozza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Yves Nicod</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Philibert</w:t>
+                <w:t xml:space="preserve">Laurent Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Oberlin</w:t>
+                <w:t xml:space="preserve">Laurent Bouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Field Archaeology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 44 (3), pp.180-194. </w:t>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00934690.2019.1580077⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2018.03.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02076203v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01992854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les couteaux de la grotte de Foissac (Aveyron) et les outils de moissonneurs du Néolithique final dans le Sud-Ouest de la France</w:t>
               </w:r>
@@ -1494,51 +1494,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Manolakakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Philibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materiale şi cercetări Arheologice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, XIII, pp.213-226. </w:t>
@@ -2181,51 +2181,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Tzortzis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean­‑françois Pasty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Courtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2395,174 +2395,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02022969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">III. Analyse fonctionnelle des outillages de pierre</w:t>
+                <w:t xml:space="preserve">Les derniers chasseurs-cueilleurs dans les Pyrénées andorranes. Analyse fonctionnelle de l'industrie lithique du Mésolithique ancien de la Balma Margineda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Philibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gallia Préhistoire – Archéologie de la France préhistorique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'anthropologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 99, pp.89-103</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02023042v1</w:t>
+                <w:t xml:space="preserve">hal-02023084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les derniers chasseurs-cueilleurs dans les Pyrénées andorranes. Analyse fonctionnelle de l'industrie lithique du Mésolithique ancien de la Balma Margineda</w:t>
+                <w:t xml:space="preserve">III. Analyse fonctionnelle des outillages de pierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Philibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'anthropologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gallia Préhistoire – Archéologie de la France préhistorique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 37, pp.287-316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/galip.1995.2140⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02023084v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02023042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'ocre et le traitement des peaux : révision d'une conception traditionnelle par l'analyse fonctionnelle des grattoirs ocrés de la Balma Margineda (Andorre)</w:t>
               </w:r>
@@ -2643,381 +2643,381 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of very early contacts between Mesolithic and Neolithic groups in the hinterland of southern France at Roquemissou (Aveyron, France)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Activities and resource management in Early Mesolithic highland hunting shelters. Technological data from Mondeval de Sora - VF1 and Prà Comun, Passo Giau - PC1 (Belluno Dolomites).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
+                <w:t xml:space="preserve">Klaus Dilaveri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Visentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Daujeard</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ignacio Clemente-Conte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Philibert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENE 2025 – 2nd Conference on the Emergence of the Neolithic in Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Zadar, Croatia</w:t>
+              <w:t xml:space="preserve">MESO2025 ‐ 11th International Conference on the Mesolithic in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, F. Fontana; M. Peresani; D. Visentin; M. Arzarello; V. Thun Hoheinstein, Sep 2025, Ferrara, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05082971v1</w:t>
+                <w:t xml:space="preserve">hal-05274190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activities and resource management in Early Mesolithic highland hunting shelters. Technological data from Mondeval de Sora - VF1 and Prà Comun, Passo Giau - PC1 (Belluno Dolomites).</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ignacio Clemente-Conte</w:t>
+                <w:t xml:space="preserve">Technical, cultural and economic variabilities on the Mesolithic-Neolithic transition at Montclus (Gard, France, 6300-5000 cal. BCE): crossed lithic and zooarchaeological perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Derbord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Defranould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Philibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MESO2025 ‐ 11th International Conference on the Mesolithic in Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, F. Fontana; M. Peresani; D. Visentin; M. Arzarello; V. Thun Hoheinstein, Sep 2025, Ferrara, Italy</w:t>
+              <w:t xml:space="preserve">MESO25, Eleventh International Conference on the Mesolithic in Europe.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, F. Fontana; M. Peresani; D. Visentin; M Arzarello; U. Thun Hohenstein, Sep 2025, Ferrara, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05274190v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05274142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technical, cultural and economic variabilities on the Mesolithic-Neolithic transition at Montclus (Gard, France, 6300-5000 cal. BCE): crossed lithic and zooarchaeological perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evidence of very early contacts between Mesolithic and Neolithic groups in the hinterland of southern France at Roquemissou (Aveyron, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Daujeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Derbord</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MESO25, Eleventh International Conference on the Mesolithic in Europe.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, F. Fontana; M. Peresani; D. Visentin; M Arzarello; U. Thun Hohenstein, Sep 2025, Ferrara, Italy</w:t>
+              <w:t xml:space="preserve">ENE 2025 – 2nd Conference on the Emergence of the Neolithic in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Zadar, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05274142v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05082971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basì (Serra-di-Ferro, Corse-du-Sud)</w:t>
               </w:r>
@@ -3042,64 +3042,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Béarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Binder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIVe Rencontres Méridionales de Préhistoire Récente</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Narbonne, France</w:t>
@@ -3413,90 +3413,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Territoriality and settlement in Southern of France during the Early Neolithic: diversity as a strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Manen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Defranould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4156,51 +4156,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Philibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Manolakakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Understanding stone tools, workshop international</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Archéo. Vaslie Pârvan, Apr 2016, Bucarest, Romania</w:t>
@@ -4229,51 +4229,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habitats chalcolithiques submergés dans le delta du Danube : nouvelles données</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristian Micu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4417,428 +4417,428 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01996967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Late Mesolithic notched blades from Western Europe and North Africa: technological and functional variability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le Cuzoul de Gramat (Lot, France). A key sequence for the early Holocene in southwest France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Valdeyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auréade Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Marquebielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bosc-Zanardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gassin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Émilie Claud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Use-Wear Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Faro, Portugal. pp.224-231</w:t>
+              <w:t xml:space="preserve">Wild Things: Recent Advances in Palaeolithic and Mesolithic Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Durham, United Kingdom. pp.94-105</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02021727v1</w:t>
+                <w:t xml:space="preserve">hal-01990110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Cuzoul de Gramat (Lot, France). A key sequence for the early Holocene in southwest France</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Use-wear analysis of early Neolithic industry of Peiro Signado : a pioneer implantation in south France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Philibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Briois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Manen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wild Things: Recent Advances in Palaeolithic and Mesolithic Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Durham, United Kingdom. pp.94-105</w:t>
+              <w:t xml:space="preserve">Proceedings of the International Conference on use-wear analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Faro, Portugal. pp. 642-651</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01990110v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01986338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use-wear analysis of early Neolithic industry of Peiro Signado : a pioneer implantation in south France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Philibert</w:t>
+                <w:t xml:space="preserve">Late Mesolithic notched blades from Western Europe and North Africa: technological and functional variability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Gibaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toomaï Boucherat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Briois</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Émilie Claud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the International Conference on use-wear analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Faro, Portugal. pp. 642-651</w:t>
+              <w:t xml:space="preserve">International Conference on Use-Wear Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Faro, Portugal. pp.224-231</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01986338v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02021727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use-wear analysis of early Neolithic industry of Peiro Signado : a pioneer implantation in south France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Philibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Briois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Manen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gassin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4883,204 +4883,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01976954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chasse aux haltes sur un site azilien de l’Ouest de la France</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Autopsie tracéologique des sociétés mésolithiques : vers une reconstitution des systèmes techniques et économiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Philibert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandra Sicard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Haltes de chasse en Préhistoire : quelles réalités archéologiques ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Toulouse, France. pp.271-294</w:t>
+              <w:t xml:space="preserve">Historia, teoria e metodo da arcqueologia peninsular</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Faro, Portugal. pp.11-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02023210v1</w:t>
+                <w:t xml:space="preserve">hal-02023247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autopsie tracéologique des sociétés mésolithiques : vers une reconstitution des systèmes techniques et économiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chasse aux haltes sur un site azilien de l’Ouest de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégor Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Naudinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Philibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Sicard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Historia, teoria e metodo da arcqueologia peninsular</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Faro, Portugal. pp.11-16</w:t>
+              <w:t xml:space="preserve">Haltes de chasse en Préhistoire : quelles réalités archéologiques ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Toulouse, France. pp.271-294</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02023247v1</w:t>
+                <w:t xml:space="preserve">hal-02023210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Late Mesolithic notched blades: tools for plant working ?</w:t>
               </w:r>
@@ -5092,64 +5092,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gassin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Binder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Claud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colas Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5383,64 +5383,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Arbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Boboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MESO25, Eleventh International Conference on the Mesolithic in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Ferrara, Italy</w:t>
@@ -6096,311 +6096,311 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Taï et le Néolithique du sud de la France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Sites, territoires et réseaux des communautés néolithiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Manen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Balasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Béarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jessie Cauliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Claire Manen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les premières sociétés agropastorales du Languedoc méditerranéen. Le Taï (Remoulins – Gard)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId168" w:history="1">
+              <w:t xml:space="preserve">, 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archives d’Écologie Préhistorique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.883-906, 2022, 978-2-35842-030-3</w:t>
+              <w:t xml:space="preserve">, pp.863-892, 2022, 978-2-35842-030-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-03949050v1</w:t>
+                <w:t xml:space="preserve">mnhn-03949036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sites, territoires et réseaux des communautés néolithiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Le Taï et le Néolithique du sud de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Manen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Balasse</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
+                <w:t xml:space="preserve">Jessie Cauliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Claire Manen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les premières sociétés agropastorales du Languedoc méditerranéen. Le Taï (Remoulins – Gard)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archives d’Écologie Préhistorique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.883-906, 2022, 978-2-35842-030-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archives d’Écologie Préhistorique</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03949036v1</w:t>
+                <w:t xml:space="preserve">mnhn-03949050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Industries lithiques taillées : approche tracéologique</w:t>
               </w:r>
@@ -6426,51 +6426,51 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Negroni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Claire Manen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les premières sociétés agropastorales du Languedoc méditerranéen. Le Taï (Remoulins, Gard).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archives d'Ecologie Préhistorique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.503-556, 2022, 978-2-35842-030-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6597,90 +6597,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La « Maison 1 » (« Secteur 4 »)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Guilaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Briois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Carrère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Manen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean Guilaine; François Briois; Jean-Denis Vigne. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Shillourokambos, un établissement néolithique précéramique à Chypre. Les fouilles du secteur 1. Travaux de la mission "Néolithisation"</w:t>
@@ -6720,496 +6720,496 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01910834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Sépulture I de Villeneuve-Tolosane (fouilles L. Méroc) ; annexe 1 : Villeneuve-Tolosane ; analyse fonctionnelle des deux outils déposés dans la sépulture I</w:t>
-[...20 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Variabilité des techniques de récolte et traitement des céréales dans l'occident méditerranéen au Néolithique ancien et moyen : facteurs environnementaux, économiques et sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuno Ferreira Bicho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramon Buxo Capdevila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">António Faustino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Défunts néolithiques en Toulousain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Toulouse : Archives d'écologie préhistorique, pp.72, 2008</w:t>
+              <w:t xml:space="preserve">Actes des 7èmes Rencontres Méridionales de Préhistoire Récentes, Lyon-Bron, 3-4 novembre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, s.n., 23 p., 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00361908v1</w:t>
+                <w:t xml:space="preserve">halshs-00259860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harvesting technology during the Neolithic in south-west Europe</w:t>
-[...76 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Autopsie tracéologique des sociétés mésolithiques : vers une reconstitution des systèmes techniques et économiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Philibert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prehistoric technology, 40 years later : functional studies and russian legacy : actes du colloque de Vérone, 20-23 avril 2005</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Archaeopress, pp.183-195, 2008, BAR international series 1783</w:t>
+              <w:t xml:space="preserve">Actes du IVème Congrès d'archéologie péninsulaire, (14-19 septembre 2004)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université do Algarve, Faro, sous presse, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00259833v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00259821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autopsie tracéologique des sociétés mésolithiques : vers une reconstitution des systèmes techniques et économiques</w:t>
+                <w:t xml:space="preserve">Approche fonctionnelle des outillages de Shillourokambos (Parekklischa, Chypre)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Philibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">sous la direction de J. Guilaine. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du IVème Congrès d'archéologie péninsulaire, (14-19 septembre 2004)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université do Algarve, Faro, sous presse, 2008</w:t>
+              <w:t xml:space="preserve">Shillourokambos 1. Caractérisation et évolution du Néolithique précéramique ancien chypriote (8300-7000 av. J.C.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, s.n., s.p., 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00259821v1</w:t>
+                <w:t xml:space="preserve">halshs-00259847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche fonctionnelle des outillages de Shillourokambos (Parekklischa, Chypre)</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">sous la direction de J. Guilaine. </w:t>
+                <w:t xml:space="preserve">Harvesting technology during the Neolithic in south-west Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan José Ibañez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Beugnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comte Ignaco Clemente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Francisco Gibaja Bao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">sous la direction de Laura Longo et Natalia Skakun. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Shillourokambos 1. Caractérisation et évolution du Néolithique précéramique ancien chypriote (8300-7000 av. J.C.)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, s.n., s.p., 2008</w:t>
+              <w:t xml:space="preserve">Prehistoric technology, 40 years later : functional studies and russian legacy : actes du colloque de Vérone, 20-23 avril 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archaeopress, pp.183-195, 2008, BAR international series 1783</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00259847v1</w:t>
+                <w:t xml:space="preserve">halshs-00259833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité des techniques de récolte et traitement des céréales dans l'occident méditerranéen au Néolithique ancien et moyen : facteurs environnementaux, économiques et sociaux</w:t>
-[...72 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La Sépulture I de Villeneuve-Tolosane (fouilles L. Méroc) ; annexe 1 : Villeneuve-Tolosane ; analyse fonctionnelle des deux outils déposés dans la sépulture I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Philibert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean Vaquer, Muriel Gandelin, Maxime Remicourt..[et al.];. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes des 7èmes Rencontres Méridionales de Préhistoire Récentes, Lyon-Bron, 3-4 novembre 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, s.n., 23 p., 2008</w:t>
+              <w:t xml:space="preserve">Défunts néolithiques en Toulousain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Toulouse : Archives d'écologie préhistorique, pp.72, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00259860v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00361908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'outil expédient : une partie intégrante de la production mésolithique</w:t>
               </w:r>
@@ -7294,77 +7294,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonction des outillages lithiques dans le Bassin parisien au Néolithique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Augereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Beugnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Burnez-Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7690,51 +7690,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préhistoire ancienne de la vallée d'Ossau : paléoenvironnement et sociétés de chasseurs-collecteurs dans le piémont pyrénéen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Pétillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Marquebielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7812,51 +7812,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préhistoire ancienne de la vallée d’Ossau : paléoenvironnement et sociétés de chasseurs-collecteurs dans le piémont pyrénéen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Pétillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Marquebielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7915,258 +7915,258 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02426891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Préhistoire ancienne de la vallée d'Ossau : paléoenvironnement et sociétés de chasseurs-collecteurs dans le piémont pyrénéen. Projet collectif de recherche, bilan 2018 et demande 2019-2021</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] ministère de la Culture, DRAC Nouvelle-Aquitaine. 2018, 180 p</w:t>
+                <w:t xml:space="preserve">Expertise tracéologique du matériel lithique mésolithique du Poeymaü (Arudy, Pyrénées-Atlantiques)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Philibert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] J.-M. Pétillon et B. Marquebielle (dir.), Préhistoire ancienne de la vallée d'Ossau, PCR, CNRS. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02042999v1</w:t>
+                <w:t xml:space="preserve">hal-01999625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expertise tracéologique du matériel lithique mésolithique du Poeymaü (Arudy, Pyrénées-Atlantiques)</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] J.-M. Pétillon et B. Marquebielle (dir.), Préhistoire ancienne de la vallée d'Ossau, PCR, CNRS. 2018</w:t>
+                <w:t xml:space="preserve">Préhistoire ancienne de la vallée d'Ossau : paléoenvironnement et sociétés de chasseurs-collecteurs dans le piémont pyrénéen. Projet collectif de recherche, bilan 2018 et demande 2019-2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Pétillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Marquebielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Cailhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Campmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] ministère de la Culture, DRAC Nouvelle-Aquitaine. 2018, 180 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01999625v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02042999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le gisement du Cuzoul de Gramat (Lot), fouille programmée triannuelle, Bilan des campagnes 2011-2013</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Valdeyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bosc-Zanardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8321,51 +8321,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7FBD71D6"/>
+    <w:nsid w:val="647B1FB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8552,51 +8552,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvie-philibert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2389-0355" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/071525912" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://traces.univ-tlse2.fr/accueil/navigation/la-recherche/prbm-prehistoire-recente-du-bassin-mediterraneen/sylvie-philibert--74122.kjsp?RH=neolithique_traces" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339100v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Schmitt" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Bertrand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chateauneuf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Furestier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Recchia Quiniou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1520h" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840847v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vaquer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Venco" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Philibert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688414v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Ka&#269;ar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/opar-2022-0232" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921669v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Defranould" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/opar-2022-0261" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321906v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filomena Sirovica" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Kori&#263;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zlatko Perho&#269;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33254/piaz.38.1.1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01997220v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Visentin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Flor" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Fontana" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Valdeyron" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32097/1114" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189620v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Manen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Raux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Binder" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Le Bourdonnec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2019.15002" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01992854v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Danu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Messager" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Carozza" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carozza" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2018.03.033" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076203v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Nicod" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Oberlin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00934690.2019.1580077" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01992878v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Torchy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Du Fayet de La Tour" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2018.14862" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01993034v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mihail" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Manolakakis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mcarh.2017.1059" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01976699v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842682v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gassin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Claud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Gu&#233;ret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2013.14227" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197341v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Naudinot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Sicard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02022735v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arthuis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Sellami" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.2009.2475" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00965573v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cochard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Georges Ferrie" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laroulandie" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cazals" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548577v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surmely Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Tzortzis" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#173;&#8209;fran&#231;ois Pasty" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02022969v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gagnepain" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bracco" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertran" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bidart" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.1999.10941" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02023042v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.1995.2140" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02023084v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02023394v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082971v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Br&#233;hard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Daujeard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274190v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Dilaveri" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Clemente-Conte" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274142v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Derbord" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252893v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baudouin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;arez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03453760v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03453770v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03052804v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02362909v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02375718v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03059600v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02391834v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01999582v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01996817v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01997109v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Chesnaux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01999549v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833463v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Micu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Ailincai" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian B&#259;l&#259;&#351;escu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Burens-Carozza" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01996967v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021727v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Gibaja" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Allard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tooma&#239; Boucherat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Claud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990110v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;ade Henry" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Marquebielle" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bosc-Zanardo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986338v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briois" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01976954v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Francisco Gibaja" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02023210v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02023247v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288189v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321827v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Astruc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lea" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Francisco Gibaja Bao" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378675v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Arbez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boboeuf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274017v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118540v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03052844v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Lacarriere" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01997201v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Chiquet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Lacarri&#232;re" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00256621v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bon" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Milcent" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02012022v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03949050v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Caro" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Cauliez" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archeoaep.fr/?product=les-premieres-societes-agropastorales-du-languedoc-mediterraneen-le-tai-remoulins-gard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03949036v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Balasse" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131183v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Negroni" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210740v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910834v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guilaine" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Carr&#232;re" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gerard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actes-sud.fr/catalogue/histoire/shillourokambos-tome-1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00361908v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00259833v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Iba&#241;ez" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Beugnier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Comte Ignaco Clemente" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00259821v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00259847v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00259860v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Ferreira Bicho" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Buxo Capdevila" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio Faustino Carvalho" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00256620v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Guilbert" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Peresani" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00169998v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Augereau" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Burnez-Lanotte" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01999665v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01999832v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931452v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098780v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc P&#233;tillon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chauvin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Coucouron" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Delmas" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426891v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042999v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Campmas" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01999625v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984247v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Chevalier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Constans" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvie-philibert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2389-0355" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/071525912" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://traces.univ-tlse2.fr/accueil/navigation/la-recherche/prbm-prehistoire-recente-du-bassin-mediterraneen/sylvie-philibert--74122.kjsp?RH=neolithique_traces" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339100v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Schmitt" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Bertrand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chateauneuf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Furestier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Recchia Quiniou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1520h" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840847v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vaquer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Venco" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Philibert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688414v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Ka&#269;ar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/opar-2022-0232" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921669v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Defranould" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/opar-2022-0261" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321906v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filomena Sirovica" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Kori&#263;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zlatko Perho&#269;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33254/piaz.38.1.1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01997220v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Visentin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Flor" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Fontana" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Valdeyron" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32097/1114" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076203v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Nicod" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Le Bourdonnec" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Oberlin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00934690.2019.1580077" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189620v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Manen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Raux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Binder" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2019.15002" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01992854v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Danu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Messager" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Carozza" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carozza" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2018.03.033" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01992878v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Torchy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Du Fayet de La Tour" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2018.14862" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01993034v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mihail" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Manolakakis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mcarh.2017.1059" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01976699v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842682v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gassin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Claud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Gu&#233;ret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2013.14227" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197341v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Naudinot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Sicard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02022735v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arthuis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Sellami" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.2009.2475" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00965573v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cochard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Georges Ferrie" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laroulandie" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cazals" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548577v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surmely Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Tzortzis" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#173;&#8209;fran&#231;ois Pasty" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02022969v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gagnepain" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bracco" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertran" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bidart" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.1999.10941" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02023084v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02023042v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.1995.2140" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02023394v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274190v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Dilaveri" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Clemente-Conte" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274142v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Derbord" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082971v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Br&#233;hard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Daujeard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252893v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baudouin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;arez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03453760v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03453770v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03052804v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02362909v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02375718v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03059600v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02391834v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01999582v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01996817v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01997109v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Chesnaux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01999549v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833463v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Micu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Ailincai" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian B&#259;l&#259;&#351;escu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Burens-Carozza" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01996967v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990110v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;ade Henry" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Marquebielle" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bosc-Zanardo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986338v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briois" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021727v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Gibaja" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Allard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tooma&#239; Boucherat" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Claud" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01976954v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Francisco Gibaja" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02023247v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02023210v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288189v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321827v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Astruc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lea" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Francisco Gibaja Bao" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378675v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Arbez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boboeuf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274017v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118540v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03052844v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Lacarriere" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01997201v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Chiquet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Lacarri&#232;re" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00256621v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bon" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Milcent" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02012022v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03949036v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Balasse" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archeoaep.fr/?product=les-premieres-societes-agropastorales-du-languedoc-mediterraneen-le-tai-remoulins-gard" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03949050v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Caro" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Cauliez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131183v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Negroni" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210740v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910834v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guilaine" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Carr&#232;re" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gerard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actes-sud.fr/catalogue/histoire/shillourokambos-tome-1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00259860v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Ferreira Bicho" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Buxo Capdevila" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio Faustino Carvalho" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00259821v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00259847v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00259833v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Iba&#241;ez" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Beugnier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Comte Ignaco Clemente" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00361908v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00256620v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Guilbert" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Peresani" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00169998v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Augereau" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Burnez-Lanotte" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01999665v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01999832v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931452v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098780v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc P&#233;tillon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chauvin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Coucouron" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Delmas" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426891v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01999625v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042999v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Campmas" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984247v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Chevalier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Constans" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>