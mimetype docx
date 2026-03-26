--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1043,483 +1043,483 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04556136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les pesons en terre cuite</w:t>
+                <w:t xml:space="preserve">Observations géologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Gandelin</w:t>
+                <w:t xml:space="preserve">Gérard Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Saintot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sylvie Saintot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’occupation du Néolithique final de Trémonteix (Puy-de-Dôme) et ses assemblages de mobilier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archives d’Écologie Préhistorique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.118-120, 2019, 978-2-35842-027-3</w:t>
+              <w:t xml:space="preserve">, pp.27-34, 2019, 978-2-35842-027-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02878544v1</w:t>
+                <w:t xml:space="preserve">hal-02878386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observations géologiques</w:t>
+                <w:t xml:space="preserve">Les pesons en terre cuite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Vernet</w:t>
+                <w:t xml:space="preserve">Muriel Gandelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Saintot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sylvie Saintot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’occupation du Néolithique final de Trémonteix (Puy-de-Dôme) et ses assemblages de mobilier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archives d’Écologie Préhistorique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.27-34, 2019, 978-2-35842-027-3</w:t>
+              <w:t xml:space="preserve">, pp.118-120, 2019, 978-2-35842-027-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02878386v1</w:t>
+                <w:t xml:space="preserve">hal-02878544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conclusion</w:t>
+                <w:t xml:space="preserve">Diffusion et gestion des silex du Grand-Pressigny en Auvergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Saintot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">Sylvie Saintot. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nicole Mallet; Jacques Pelegrin; Christian Verjux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’occupation du Néolithique final de Trémonteix (Puy-de-Dôme) et ses assemblages de mobilier</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.195-203, 2019, 978-2-35842-027-3</w:t>
+              <w:t xml:space="preserve">Le phénomène pressignien. La diffusion des poignards et autres silex taillés du Grand-Pressigny en Europe occidentale au Néolithique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mémoire LI, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Association des Publications Chauvinoises</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.757-760, 2019, 979-10-90534-54-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02878611v1</w:t>
+                <w:t xml:space="preserve">hal-03432513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion et gestion des silex du Grand-Pressigny en Auvergne</w:t>
+                <w:t xml:space="preserve">Conclusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Saintot</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Nicole Mallet; Jacques Pelegrin; Christian Verjux. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cabanis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Gandelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sylvie Saintot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le phénomène pressignien. La diffusion des poignards et autres silex taillés du Grand-Pressigny en Europe occidentale au Néolithique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L’occupation du Néolithique final de Trémonteix (Puy-de-Dôme) et ses assemblages de mobilier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archives d’Écologie Préhistorique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.195-203, 2019, 978-2-35842-027-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association des Publications Chauvinoises</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-03432513v1</w:t>
+                <w:t xml:space="preserve">hal-02878611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morts néolithiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Gandelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2313,51 +2313,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melie Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerry Sayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Gandelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de cloture de l’ANR WomenSOFar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LAMPEA UMR 7269, Nov 2025, Aix en provence, France</w:t>
@@ -2380,286 +2380,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05441409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’alimentation des premiers agropasteurs du Néolithique : apport de l’étude des microrestes du tartre dentaire des individus de la Roussille (Auvergne)</w:t>
+                <w:t xml:space="preserve">Vivre avec son environnement au Néolithique en Auvergne : approche multidisciplinaire du matériel dentaire de La Roussille (Vertaizon, Puy-de-Dôme)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apolline Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert C Power</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Fabrice Bray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ivy Thomson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Saintot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1849èmes journées de la Société d'Anthropologie de Paris</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Rencontres autour du Néolithique en Auvergne-Rhône-Alpes (et alentours)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04433278v1</w:t>
+                <w:t xml:space="preserve">hal-04630374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivre avec son environnement au Néolithique en Auvergne : approche multidisciplinaire du matériel dentaire de La Roussille (Vertaizon, Puy-de-Dôme)</w:t>
+                <w:t xml:space="preserve">L’alimentation des premiers agropasteurs du Néolithique : apport de l’étude des microrestes du tartre dentaire des individus de la Roussille (Auvergne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apolline Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert C Power</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivy Thomson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Saintot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres autour du Néolithique en Auvergne-Rhône-Alpes (et alentours)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">1849èmes journées de la Société d'Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d'Anthropologie de Paris (SAP), Jan 2024, Bordeaux, France. pp.1-3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.13039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04630374v1</w:t>
+                <w:t xml:space="preserve">hal-04433278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bone modifications and adaptations to mechanical stress in Neolithic women (ANR WomenSOFar)</w:t>
               </w:r>
@@ -2684,51 +2684,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romana Blaser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Gandelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gleize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2809,51 +2809,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert C. Power</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivy Thomson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Saintot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2934,51 +2934,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romana Blaser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Gandelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gleize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3396,51 +3396,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nécropole de La Roussille à Vertaizon dans le Puy-de-Dôme. Première présentation d’un site du Néolithique moyen I en Auvergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Saintot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivy Thomson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bonnardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3460,112 +3460,112 @@
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De la tombe au territoire" &amp; Actualité de la recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2014, Poticcio, France. pp.407-421</w:t>
+              <w:t xml:space="preserve">, Sep 2014, Montpellier, France. pp.407-421</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04355541v1</w:t>
+                <w:t xml:space="preserve">hal-02490972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nécropole de La Roussille à Vertaizon dans le Puy-de-Dôme. Première présentation d’un site du Néolithique moyen I en Auvergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Saintot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivy Thomson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bonnardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3585,112 +3585,112 @@
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De la tombe au territoire" &amp; Actualité de la recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2014, Montpellier, France. pp.407-421</w:t>
+              <w:t xml:space="preserve">, Sep 2014, Poticcio, France. pp.407-421</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02490972v1</w:t>
+                <w:t xml:space="preserve">hal-04355541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’apport du site de Trémonteix à Clermont-Ferrand (Puy-de-Dôme) à la connaissance du Néolithique final en Auvergne : Première analyse à partir des mobiliers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Saintot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Gandelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cabanis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4291,51 +4291,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélie Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerry Sayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Gandelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 38 (Supplément), </w:t>
@@ -6203,51 +6203,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert C. Power</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivy Thomson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Saintot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6599,51 +6599,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="410D55A3"/>
+    <w:nsid w:val="34A6EC5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6830,51 +6830,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvie-saintot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3200-7392" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/200718185" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/256149717538610951394" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000459876824" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04573155v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delrieu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gilabert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie B&#232;che-Wittmann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Fraisse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bianchi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02132565v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Saintot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jemima Dunkley" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.archeoaep.fr/?product=loccupation-du-neolithique-final-de-tremonteix-puy-de-dome-et-ses-assemblages-de-mobilier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02294848v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Ballut" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;rane Brisotto" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/ra11-un-habitat-chasseen-en-auvergne/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03740154v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033100v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gleize" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cordier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lalai" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556136v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hauzeur" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gisclon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-J&#233;r&#244;me Rey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Treffort" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02878544v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gandelin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02878386v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vernet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02878611v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03432513v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://citeres.univ-tours.fr/IMG/pdf/-195.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958422v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lefranc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Denaire" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/9782705695941" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02132582v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cattin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Chiaradia" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Labaune" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mille" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.alpara.3465" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553467v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287496v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Le Barrier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Georjon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540208v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Pasty" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Alix" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fontana" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943012v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02365412v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Thi&#233;riot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Urgal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441409v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melie Le Roy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Sayle" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433278v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Lambert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert C Power" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivy Thomson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.13039" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630374v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685202v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lambert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Blaser" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478710v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert C. Power" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423822v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12433" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687278v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rik Letterl&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Argant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duny" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Favrel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Granier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02948330v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pouenat" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vallat" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03052400v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355541v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bonnardin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caillat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490972v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158329v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449636v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaramila Tch&#233;r&#233;missinoff" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ferber" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960818v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baudais" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Gatto" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886618v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878873v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Riche" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04283739v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469156v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lie Le Roy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hi5" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820030v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Kocher" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Papac" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Barquera" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Key" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Spyrou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abi5658" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384947v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe H&#233;non" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vermeulen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Franc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gaillard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jallet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322806v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Remicourt" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2018.14863" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923852v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Durand" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabanis" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jallet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saintot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Debard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04039087v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Durand" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Galtier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genechesie Julia" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gratuze" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960587v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.698" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04284149v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.696" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02471540v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Linton" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Combes" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pelletier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313071v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Salanova" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ducreux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Argant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odette Gros" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.2005.2047" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961498v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.1998.2398" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961674v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961875v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;trequin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Chastel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Giligny" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie P&#233;trequin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.1987.2364" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03036314v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695707v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487370v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Couvrat" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Guihou" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Deschamps" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mariot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agenda.unige.ch/events/view/44609" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hha" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731795v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429499v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02090497v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lema&#238;tre" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ramponi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03036553v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Isnard" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvie-saintot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3200-7392" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/200718185" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/256149717538610951394" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000459876824" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04573155v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delrieu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gilabert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie B&#232;che-Wittmann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Fraisse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bianchi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02132565v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Saintot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jemima Dunkley" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.archeoaep.fr/?product=loccupation-du-neolithique-final-de-tremonteix-puy-de-dome-et-ses-assemblages-de-mobilier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02294848v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Ballut" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;rane Brisotto" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/ra11-un-habitat-chasseen-en-auvergne/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03740154v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033100v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gleize" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cordier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lalai" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556136v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hauzeur" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gisclon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-J&#233;r&#244;me Rey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Treffort" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02878386v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vernet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02878544v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gandelin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03432513v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://citeres.univ-tours.fr/IMG/pdf/-195.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02878611v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958422v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lefranc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Denaire" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/9782705695941" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02132582v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cattin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Chiaradia" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Labaune" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mille" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.alpara.3465" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553467v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287496v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Le Barrier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Georjon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540208v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Pasty" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Alix" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fontana" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943012v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02365412v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Thi&#233;riot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Urgal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441409v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melie Le Roy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Sayle" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630374v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Lambert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert C Power" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivy Thomson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433278v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.13039" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685202v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lambert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Blaser" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478710v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert C. Power" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423822v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12433" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687278v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rik Letterl&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Argant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duny" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Favrel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Granier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02948330v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pouenat" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vallat" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03052400v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490972v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bonnardin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caillat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355541v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158329v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449636v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaramila Tch&#233;r&#233;missinoff" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ferber" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960818v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baudais" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Gatto" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886618v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878873v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Riche" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04283739v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469156v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lie Le Roy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hi5" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820030v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Kocher" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Papac" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Barquera" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Key" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Spyrou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abi5658" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384947v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe H&#233;non" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vermeulen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Franc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gaillard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jallet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322806v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Remicourt" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2018.14863" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923852v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Durand" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabanis" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jallet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saintot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Debard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04039087v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Durand" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Galtier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genechesie Julia" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gratuze" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960587v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.698" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04284149v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.696" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02471540v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Linton" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Combes" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pelletier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313071v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Salanova" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ducreux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Argant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odette Gros" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.2005.2047" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961498v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.1998.2398" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961674v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961875v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;trequin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Chastel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Giligny" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie P&#233;trequin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.1987.2364" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03036314v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695707v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487370v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Couvrat" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Guihou" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Deschamps" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mariot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agenda.unige.ch/events/view/44609" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hha" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731795v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429499v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02090497v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lema&#238;tre" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ramponi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03036553v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Isnard" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>