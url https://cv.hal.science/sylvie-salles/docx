--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -432,1407 +432,1407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04346824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le coût budgétaire des décisions QPC rendues en matière fiscale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue européenne et internationale de droit fiscal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n°4, pp.459</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La protection de l'environnement élevée en objectif de valeur constitutionnelle : progression du « constitutionnalisme vert » en France !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, n°24, pp.37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03172310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2020, n°4, pp.459</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Consécration de la force législative des ordonnances issues de l'article 38 de la Constitution : de nouvelles perspectives pour les QPC !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n°39, pp.31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Consécration de la force législative des ordonnances issues de l'article 38 de la Constitution : de nouvelles perspectives pour les QPC !</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172319v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La gratuité de l’enseignement supérieur est une exigence constitutionnelle ! Et ensuite ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, n°39, pp.31</w:t>
+              <w:t xml:space="preserve">, 2019, n°41, pp.27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouverture d’une voie de recours contre la décision de refus de rapprochement familial pour un détenu en détention provisoire : le dialogue des acteurs du droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n°26, pp.35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maintien de l’ordre, maintien des juridictions spécialisées : nouvelle illustration du faible impact du principe d’égalité devant la justice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, n°10, pp.29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03172280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La gratuité de l’enseignement supérieur est une exigence constitutionnelle ! Et ensuite ?</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit à l’exécution d’une décision de justice : l’écart entre principe et pratique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, n°41, pp.27</w:t>
+              <w:t xml:space="preserve">, 2018, n°10, pp.35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Ouverture d’une voie de recours contre la décision de refus de rapprochement familial pour un détenu en détention provisoire : le dialogue des acteurs du droit</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’activation d’un fondement constitutionnel : le principe de fraternité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, n°26, pp.35</w:t>
+              <w:t xml:space="preserve">, 2018, n°40, pp.37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le droit à l’exécution d’une décision de justice : l’écart entre principe et pratique</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172272v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvelle affirmation de l’objectif de préservation de l’« ordre public économique » – À propos des sanctions administratives prononcées par l’AMF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, n°10, pp.35</w:t>
+              <w:t xml:space="preserve">, 2017, n°43, pp.24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’activation d’un fondement constitutionnel : le principe de fraternité</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conformité des exemptions de poursuites devant la Cour de discipline budgétaire et financière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, n°40, pp.37</w:t>
+              <w:t xml:space="preserve">, 2017, n°11, pp.33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’adaptation de la législation électorale par le Conseil constitutionnel : plus de temps pour En marche !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n°25, pp.33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172203v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle de la législation anti-terroriste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, n°25, pp.34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03172207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Nouvelle affirmation de l’objectif de préservation de l’« ordre public économique » – À propos des sanctions administratives prononcées par l’AMF</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’analyse des faits réels et potentiels dans le contrôle du dispositif d’indemnisation des maladies nosocomiales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, n°43, pp.24</w:t>
+              <w:t xml:space="preserve">, 2016, n°25, pp.32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Conformité des exemptions de poursuites devant la Cour de discipline budgétaire et financière</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172158v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prix de thèse du Conseil constitutionnel. Le conséquentialisme dans la jurisprudence du Conseil constitutionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nouveaux cahiers du Conseil constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 53, pp.75</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02467694v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit de propriété et terrorisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, n°11, pp.33</w:t>
+              <w:t xml:space="preserve">, 2016, n°25, pp.33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’adaptation de la législation électorale par le Conseil constitutionnel : plus de temps pour En marche !</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172163v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conformité de l’obligation de relogement des occupants sans titre de séjour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, n°25, pp.33</w:t>
+              <w:t xml:space="preserve">, 2016, n°43, pp.44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">QPC Liberté d’entreprendre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, n°13, pp.34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cumul des sanctions pénales et administratives en matière de répression financière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, n°13, pp.33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prise en compte de l’impact financier dans le contrôle des validations législatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, n°25, pp.31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Affluence des questions fiscales de constitutionnalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, n°43, pp.43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03172170v1</w:t>
-              </w:r>
-[...481 lines deleted...]
-                <w:t xml:space="preserve">hal-03172128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2215,441 +2215,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02468999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Contexte sociologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vers une exécution forcée des décisions du Conseil constitutionnel ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Grenoble, Oct 2018, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02468988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’inapplication inconstitutionnelle de la règle de droit dans la jurisprudence QPC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’inapplication de la règle de droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Vannes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02468995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’art de gouverner en Westeros</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le droit dans Game of Thrones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bretagne Occidentale, Feb 2018, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02468978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’évaluation du coût économique des décisions de justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Croiser le droit et l’économique : pratiques et perspectives de recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bretagne occidentale, Nov 2018, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02468993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le statut juridique de l’animal. Sujets de discussions ou de droits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque L’homme et l’animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Bretagne occidentale, Oct 2018, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02468981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le principe de proportionnalité des peines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le droit constitutionnel punitif existe-il ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02468971v1</w:t>
-              </w:r>
-[...274 lines deleted...]
-                <w:t xml:space="preserve">hal-02468978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’argument conséquentialiste dans les délibérations du Conseil constitutionnel</w:t>
               </w:r>
@@ -2885,471 +2885,471 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03172108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quand l’État décide de la santé de l’animal et de l’homme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal et santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02497952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La jurisprudence du Conseil constitutionnel est-elle perméable à une lecture algorithmique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Richaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Malhière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Constitution et Démocratie, Mélanges en l’honneur du Professeur Dominique Rousseau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lextenso, 2020, 978-2-275-07148-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04001373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contexte sociologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vers une procédure d’exécution forcée des décisions du Conseil constitutionnel ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Varenne, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02474008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les modes de gouvernement dans Disney. Sociétés avec et sans État</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit et Disney</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Mare et Martin, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02474031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, A paraître</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le statut juridique de l’animal. Sujet de discussions sur le(s) droit(s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’animal et l’homme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mare et Martin, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...82 lines deleted...]
-              <w:t xml:space="preserve">, Lextenso, 2020, 978-2-275-07148-0</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02473964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le principe de proportionnalité des peines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Montpellier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le droit constitutionnel punitif existe-il ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...141 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02473961v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02473964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3519,51 +3519,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="34831346"/>
+    <w:nsid w:val="6BA6A017"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3750,51 +3750,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvie-salles" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192088289" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05440115v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Salles" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04406537v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04346824v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Cassard-Valembois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Vabres" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de La Mardi&#232;re" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Malhi&#232;re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tvii.hs.001.0147" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172310v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172091v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172319v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172280v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172302v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172291v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172227v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172272v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172207v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172219v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172194v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172203v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172170v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02467694v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172163v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172158v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172185v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172141v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172149v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172128v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330403v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ferey" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Martinez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02472922v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02472919v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02469001v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02468999v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02468981v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02468971v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02468993v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02468995v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02468988v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02468978v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02468964v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910212v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/la-democratie-une-idee-force" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172108v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02474031v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02497952v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001373v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Richaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02474008v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02473961v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02473964v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02467655v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvie-salles" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192088289" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05440115v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Salles" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04406537v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04346824v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Cassard-Valembois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Vabres" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de La Mardi&#232;re" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Malhi&#232;re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tvii.hs.001.0147" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172091v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172310v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172319v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172302v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172291v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172280v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172227v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172272v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172219v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172194v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172203v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172207v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172158v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02467694v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172163v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172185v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172141v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172128v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172149v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172170v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330403v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ferey" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Martinez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02472922v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02472919v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02469001v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02468999v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02468988v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02468995v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02468978v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02468993v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02468981v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02468971v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02468964v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910212v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/la-democratie-une-idee-force" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03172108v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02497952v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001373v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Richaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02474008v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02474031v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02473964v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02473961v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02467655v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>