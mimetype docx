--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> SYLVIE SAMMUT </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sylvie-sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">05163340X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (41)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring conflict dynamics in entrepreneurial founding teams: a systematic literature review and future research agenda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaser Ghanei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Nakara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Vol. 24 (3), pp.93-125. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/e.entre.pa.0014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainability orientation in business Incubators: Empirical Evidence from France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Lamperti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Courrent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 194, pp.115377. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbusres.2025.115377⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">If You Want to Go Fast, Go Alone; If You Want to Go Far, Go Together. In Favor of a Partnership Approach to Directors of Incubators’ Dynamic Managerial Capabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@n@gement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26 (4), pp.1-15. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37725/mgmt.2023.5237⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05094693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">If you want to go fast, go alone; if you want to go far, go together. In favour of a partnership approach to directors of incubators' dynamic managerial capabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@n@gement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26 (4), pp.1-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From incubator’s knowledge transfer to sustainability start-ups’ impact: a case study in a French support program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Lamperti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Courrent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Knowledge Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/JKM-09-2022-0690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise libérée : proposition de critères de caractérisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele El Khoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (3), pp.9-23. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54695/ror.173.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03747867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un appel à explorer les faces cachées de l’entrepreneuriat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Degeorge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vol. 19 (3), pp.7-11. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre1.193.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneuriat : des enjeux de l’analyse sectorielle à la contextualisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Degeorge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vol. 19 (4), pp.7-11. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.194.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-03461126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La résilience entrepreneuriale, un nouvel enjeu de formation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sattin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léger-Jarniou Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">didier chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 46 (293), pp.219-231. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.2021.00499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise libérée aujourd’hui : enjeux et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Sciences de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03053605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mutations de l’accompagnement entrepreneurial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Temri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne St-Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 46 (286), pp.59-67. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.2020.00417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incertitude, relations et organisation du projet entrepreneurial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Degeorge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 18 (3-4), pp.7-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03040755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idéaltype de l'émergence collective des opportunités d'affaires sous l'angle intersubjectif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 23 (3), </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1062212ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneuriat : des facettes multiples à l’envers du décor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Degeorge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 17 (3-4), pp.7-13. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.173.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-02393844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effectiveness of Export Support Programs: Impact on the Relational Capital and International Performance of Early Internationalizing Small Businesses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Catanzaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Small Business Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jsbm.12489⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring Nonprofit Incubator Performance: Toward an Adapted Balanced Scorecard Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Swalhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Small Business Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 56 (4), pp.658-680. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jsbm.12317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01948730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’intention à l’action entrepreneuriale : écart et chainons manquants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Degeorge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3-4, pp.7-15. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.163.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-01710925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance measurement of French incubators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gangloff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Entrepreneurship and Small Business</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 30 (1), pp.4. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJESB.2017.081042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01948737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les structures d’accompagnement, des entreprises comme les autres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 34 (5/6), pp.203. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/g2000.345.0203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drivers of growth: the case of French academic spin-off</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Entrepreneurship and Innovation Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, The growth of academic spin-offs, 21 (4/5), pp.318-342. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJEIM.2017.085684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01995316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pôles de compétitivité, un réseau particulier à l’usage des PME</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprendre &amp; Innover</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 35 (4), pp.19. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entin.035.0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dirigeant au cœur des dynamiques entrepreneuriales des PME</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.151.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entrepreneuriat : nouveaux champs d’analyse, nouvelles perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (2), pp.7. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.152.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des racines et des ailes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Degeorge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 14 (4), pp.9 - 15. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.144.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-01231403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and validation of a measurement scale of export support for SMEs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Catanzaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Swalhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 28 (1), </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1030482ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pérenniser la croissance des spin-off académiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milet Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Haja Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprendre &amp; territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement et validation d’une échelle de mesure de l’accompagnement des PME à l’exportation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Catanzaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Swalhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 28 (1), pp.117-156. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1030482ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04685433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of export support: a conceptual model for export start-ups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Catanzaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 19 (2), </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1030397ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déterminants de la croissance des essaimages académiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 28 (3-4), pp.37-63. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1035410ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02009444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial - L'entrepreneuriat, en quête de connaissances réflexives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01321492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La performance des incubateurs : proposition et validation d’un modèle de mesure multidimensionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (3-4), pp.145. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1028044ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a typology of incubators based on HRM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation and Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 3 (1), pp.3. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/2192-5372-3-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagnement de l’innovation : retour sur 10 ans d’expérience, Entreprendre et innover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Gonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprendre &amp; Innover</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 21-22 (2), pp.53-65. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entin.021.0053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01995314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thirty Years of Research in Entrepreneurial Support</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Entrepreneurship and Small Business</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23 (4), pp.405-417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02048394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New venture legitimacy and entrepreneurial support</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Pierre Beylier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Entrepreneurship and Small Business</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23 (4), pp.528-551. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJESB.2014.065681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02048410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos : Revue de l’Entrepreneuriat, Volume 12 - 2013/1-2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Degeorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Volume 12 (N°1), p7. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.121.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-01134224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accompagnement entrepreneurial, une industrie en quête de leviers de performance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roy Thurik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 17 (3), </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1018267ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01328688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accompagnement entrepreneurial, une industrie en quête de leviers de performance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roy Thurik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 17 (3), pp.65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01948734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour un outil de mesure et de pilotage de la performance des incubateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 17 (3), pp.140-153</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04153750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner l'entreprise à internationalisation précoce et rapide : la place centrale de la dimension réticulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Catanzaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11 (3), </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.113.0033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les structures d’accompagnement à la création d’entreprise à l’heure de la gestion des compétences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 39 (9), pp.149-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04153762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (51)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How incubators integrate sustainability in their mission of supporting new ventures: a comparative case-study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Lamperti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Courrent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Interdisciplinary European Conference on Entrepreneurship Research (IECER), 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Maastricht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03822716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprise libérée : d’un concept valise à une liste fermée d’attributs Éclaircissements sur un concept ambigu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele El Khoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIFEPME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03035216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enabling factors for the development of sustainable business models in a support programme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Lamperti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Courrent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16e CONGRES DU RESEAU INTERNATIONAL DE RECHERCHE SUR LES ORGANISATIONS ET LE DEVELOPPEMENT DURABLE (RIODD) 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, MONTPELLIER, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03745535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Together, We Go Further: Incubators’ Strategies and Dynamic Capabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RENT Conference 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Online Conference, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02983972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business models multifaces : une génération de business models d’incubateurs hybrides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 4e rencontre entre acteurs des réseaux d’accompagnement et chercheurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What do we mean by support cultural entrepreneurship in France? A study focusing on the performing arts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Schieb-Bienfait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Arts and Cultural Management (AIMAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Venise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les critiques de l’entreprise libérée : de nouvelles voies s’annoncent.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele El Khoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">‎11ème congrès de l’Académie de l’Entrepreneuriat et de ‎l’Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les critiques de l’entreprise libérée : de nouvelles voies s’annoncent.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele El Khoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Congrès de l’Académie de l’Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, MONTPELLIER, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03053627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche collective des capacités dynamiques. Le cas des incubateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e congrès de l'Académie de l'Entrepreneuriat et de l'Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incubator Business Model Innovation – the RCOV Model Contribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business model innovation in incubators: the role played by dynamic capabilities theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academy of Management Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybridation des incubateurs : l’apport de la théorie de l’identité organisationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIFEPME (Congrès International Francophone en Entrepreneuriat et PME)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner les entrepreneurs artistiques et culturels, spécificités et complémentarité des dispositifs proposés : l’exemple du bassin ligérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Schieb-Bienfait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème rencontre entre acteurs des réseaux d’accompagnement et chercheurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Montpellier Management, Jul 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04702220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accompagnement des entrepreneurs artistiques et culturels : pratiques et problématiques. L’exemple du bassin ligérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Schieb-Bienfait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4è rencontre entre acteurs des réseaux d’accompagnement et chercheurs - Colloque ESL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Montpelier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution in incubators’ business model, the contribution of individual and collective sensing of opportunities & dynamic capabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BCERC (Babson College Entrepreneurship Research Conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Norman, Oklahoma, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurial Approach to Lean Management in the Business Support Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISBE Conference (Institue for small business and entrepreneurship)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02130329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacité des programmes d’accompagnement à l’international. Influence sur le capital relationnel et la performance internationale des entreprises born global</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Catanzaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13eme Congrès international francophone en entrepreneuriat et PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Trois-Rivières, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02077361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le lean management, source d’accélération de l’accompagnement entrepreneurial ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVe Conférence Internationale de Management Stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02130357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between resources and the early growth trajectories of ASOs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relationships between resources and the early growth trajectories of ASOs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EURAM Conference, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02059467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effectiveness of Export Support Programs : Impact on the Relational Capital And International Performance of Born-Global Small Businesses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Catanzaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The first International Conference on Innovating Export Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Zwolle, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02080111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection strategy and incubation process: how do they impact economic performance of business incubators?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Thoreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Swalhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Academy of Management Conference - EURAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Analysis of the Emergence of Business Opportunities from the Intersubjective Perspective: a Proposed Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Academy of Management Conference - EURAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Varsovie, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business incubator performance and HRM practices: the mediating role of the incubation process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Swalhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Thoreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Interdisciplinary European Conference on Entrepreneurial Research - IECER 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02057566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lifestyle entrepreneurs in academic Spin-offs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Academy of Management Conference - EURAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competency acquisition in entrepreneurial teams and innovation performance in ASOs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&D Management Conference 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurial team and performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Academy of Management Conference - EURAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does competencies acquisition of entrepreneurial tema impact the ASO’s size ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Academy of Management Conference - EURAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation performance in ASOs : contribution of competencies acquisition of the entrepreneurial team</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&D Management Conference 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionalization of Incubators: The Balanced Scorecard as a Useful Management Tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59 th ICSB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pilotage des incubateurs : Vers un outil de professionnalisation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etats Généraux de Management, AEI-AIREPME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02084501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The link between collaborative dynamics and the identification of Business Opportunities: The French experience of Clusters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th ICSB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE BALANCED SCORECARD DANS UNE APPROCHE CONSTRUCTIVISTE : LE CAS DES INCUBATEURS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Naro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesure, évaluation, notation – les comptabilités de la société du calcul</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lille, France. pp.cd-rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business Incubator Performance and HRM Practices: The Mediating Role of the Incubation Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Swalhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Thoreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RENT XXVIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02090052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoires de croissances des spin-off académiques : Comment franchir la vallée de la mort ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Milet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque AEI-AIREPME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence des Services d’Accompagnement à l’Export dans la Croissance des Entreprises à Internationalisation Précoce : Le cas de l’Acquisition de Nouvelles Connaissances sur les Marchés Etrangers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Catanzaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée AEI-AIREPME / Labex Entreprendre : La croissance des entreprises, nouvel enjeu pour le management ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impact des efforts collaboratifs en termes d’opportunités d’affaires : le cas des PME au sein des pôles de compétitivité français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIFEPME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Agadir, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Venture Legitimacy and Entrepreneurial Support</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René-Pierre Beylier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th European Academy of Management Conference - EURAM 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Valence, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do research-based start-ups overcome the Valley of Death?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Milet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Shanghai Business, Economics and Finance Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Shanghai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The competences of business incubators’ counsellors as success factor to entrepreneurship: A cross-cultural comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Spence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28e conférence RENT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The growthtrajectory of academic spin-offs: How to overcome the Valley of Death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Milet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International ResearchConference on Technology Business Incubation Mechanisms and Sustainable Regional Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of human resource management in entrepreneurial support structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Swalhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th European Academy of Management Annual Conference (EURAM 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04155600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une prise en compte des pratiques de GRH dans les structures d’accompagnement à la création d’entreprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Swalhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e congrès de l'Académie de l'Entrepreneuriat et de l'Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Fribourg, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04155576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity in incubators: An explanation through the configurational approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Academy of Management Annual Conference (EURAM 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’approche configurationnelle : un cadre théorique prometteur pour la recherche sur les incubateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21e conférence de l'AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a typology of incubators based on HRM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56th ICSB World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La performance des incubateurs : un cadre d’évaluation multidimensionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e congrès de l'Académie de l'Entrepreneuriat et de l'Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une lecture stratégique de l’évaluation de la performance des incubateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e conférence de l'AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the performance of business incubators: a multi-dimensional model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RENT XXV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Bodo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction d’un référentiel de compétences pour le métier d’accompagnant à la création d’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19e conférence de l'AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des structures d’accompagnement à la création d’entreprise et gestion des ressources humaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e CIFEPME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECHERCHE DE LEGITIMITE ET POURSUITE D'OPPORTUNITES : PROPOSITION D'UNE TYPOLOGIE DE CREATEURS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Pierre Beylier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sammut Sylvie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIFPME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Louvain, Oct 2008, Louvain, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incubators: how they adapt to a changing world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Leo-Paul Dana. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Encyclopedia of Entrepreneurship, 2sd edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.392-399, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03148831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The selection strategy or the incubation process: what matters most?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Swalhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sarfraz A. Mian, Magnus Klofsten, and Wadid Lamine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Research on Business and Technology Incubation and Acceleration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elgar Online, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le management libéré en PME : Etapes clés et outils chez Primum Non Nocere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele El Khoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management libéré: 7 entreprises dévoilent leurs méthodes : agilité, performance durable et antifragilité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03739531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner les entrepreneurs artistiques, culturels et créatifs. Cas du bassin ligérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Schieb-Bienfait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Horvath; Gaëlle Dechamp. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'entrepreneuriat dans les secteurs de l'art et de la culture. Comment concilier ambition créative et logique économique ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS éditions, pp.133-146, 2021, Gestion en liberté, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.horva.2021.01.0133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneur et stratégie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">André Tiran, Dimitri Uzunidis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire économique de l’entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.337-340, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02081598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entrepreneur académique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire économique de l’entrepreneur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, 2017, 978-2-406-06462-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entrepreneur stratège</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire économique de l’entrepreneur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Classiques Garnier, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarasvathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier Torrès; Karim Messeghem. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands auteurs en Entrepreneuriat et PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions EMS, pp.211-226, 2015, 978-2-84769-673-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurial Accompaniment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Springer-Verlag</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01321591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variétés des formes d’accompagnement du créateur d’entreprise : quand la dimension interpersonnelle devient prégnante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermès science publishing. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Les relations interorganisationnelles des PME, Hermès Science Publishing 2008 coordonné par K. Gundolf et A. Jaouen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 978-2-7462-20065-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01244223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business Incubator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Creativity, Invention, Innovation and Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation de l'activité entrepreneuriale en France : Rapport 2023/2024 du Global Entrepreneurship Monitor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lasch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Courrent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Labex entreprendre. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04643670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation de l’activité entrepreneuriale en France : Rapport 2021 du Global Entrepreneurship Monitor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Lasch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Courrent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Labex entreprendre. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livre blanc sur les structures d’accompagnement à la création d’entreprises en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Thoreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Swalhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Labex Entreprendre. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId197"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> SYLVIE SAMMUT </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sylvie-sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">05163340X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (41)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring conflict dynamics in entrepreneurial founding teams: a systematic literature review and future research agenda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaser Ghanei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Nakara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Vol. 24 (3), pp.93-125. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/e.entre.pa.0014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainability orientation in business Incubators: Empirical Evidence from France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Lamperti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Courrent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 194, pp.115377. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbusres.2025.115377⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">If You Want to Go Fast, Go Alone; If You Want to Go Far, Go Together. In Favor of a Partnership Approach to Directors of Incubators’ Dynamic Managerial Capabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@n@gement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26 (4), pp.1-15. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37725/mgmt.2023.5237⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05094693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">If you want to go fast, go alone; if you want to go far, go together. In favour of a partnership approach to directors of incubators' dynamic managerial capabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@n@gement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26 (4), pp.1-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From incubator’s knowledge transfer to sustainability start-ups’ impact: a case study in a French support program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Lamperti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Courrent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Knowledge Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/JKM-09-2022-0690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise libérée : proposition de critères de caractérisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele El Khoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (3), pp.9-23. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54695/ror.173.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03747867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un appel à explorer les faces cachées de l’entrepreneuriat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Degeorge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vol. 19 (3), pp.7-11. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre1.193.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneuriat : des enjeux de l’analyse sectorielle à la contextualisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Degeorge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vol. 19 (4), pp.7-11. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.194.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-03461126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La résilience entrepreneuriale, un nouvel enjeu de formation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sattin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léger-Jarniou Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">didier chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 46 (293), pp.219-231. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.2021.00499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mutations de l’accompagnement entrepreneurial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Temri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne St-Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 46 (286), pp.59-67. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.2020.00417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise libérée aujourd’hui : enjeux et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Sciences de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03053605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incertitude, relations et organisation du projet entrepreneurial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Degeorge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 18 (3-4), pp.7-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03040755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idéaltype de l'émergence collective des opportunités d'affaires sous l'angle intersubjectif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 23 (3), </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1062212ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneuriat : des facettes multiples à l’envers du décor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Degeorge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 17 (3-4), pp.7-13. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.173.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-02393844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effectiveness of Export Support Programs: Impact on the Relational Capital and International Performance of Early Internationalizing Small Businesses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Catanzaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Small Business Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jsbm.12489⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring Nonprofit Incubator Performance: Toward an Adapted Balanced Scorecard Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Swalhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Small Business Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 56 (4), pp.658-680. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jsbm.12317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01948730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’intention à l’action entrepreneuriale : écart et chainons manquants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Degeorge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3-4, pp.7-15. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.163.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-01710925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance measurement of French incubators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gangloff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Entrepreneurship and Small Business</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 30 (1), pp.4. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJESB.2017.081042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01948737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les structures d’accompagnement, des entreprises comme les autres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 34 (5/6), pp.203. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/g2000.345.0203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drivers of growth: the case of French academic spin-off</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Entrepreneurship and Innovation Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, The growth of academic spin-offs, 21 (4/5), pp.318-342. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJEIM.2017.085684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01995316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pôles de compétitivité, un réseau particulier à l’usage des PME</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprendre &amp; Innover</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 35 (4), pp.19. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entin.035.0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dirigeant au cœur des dynamiques entrepreneuriales des PME</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.151.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entrepreneuriat : nouveaux champs d’analyse, nouvelles perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (2), pp.7. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.152.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des racines et des ailes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Degeorge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 14 (4), pp.9 - 15. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.144.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-01231403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and validation of a measurement scale of export support for SMEs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Catanzaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Swalhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 28 (1), </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1030482ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pérenniser la croissance des spin-off académiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milet Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Haja Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprendre &amp; territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement et validation d’une échelle de mesure de l’accompagnement des PME à l’exportation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Catanzaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Swalhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 28 (1), pp.117-156. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1030482ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04685433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déterminants de la croissance des essaimages académiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 28 (3-4), pp.37-63. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1035410ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02009444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of export support: a conceptual model for export start-ups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Catanzaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 19 (2), </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1030397ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial - L'entrepreneuriat, en quête de connaissances réflexives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01321492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La performance des incubateurs : proposition et validation d’un modèle de mesure multidimensionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (3-4), pp.145. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1028044ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a typology of incubators based on HRM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation and Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 3 (1), pp.3. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/2192-5372-3-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagnement de l’innovation : retour sur 10 ans d’expérience, Entreprendre et innover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Gonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprendre &amp; Innover</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 21-22 (2), pp.53-65. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entin.021.0053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01995314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thirty Years of Research in Entrepreneurial Support</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Entrepreneurship and Small Business</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23 (4), pp.405-417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02048394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New venture legitimacy and entrepreneurial support</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Pierre Beylier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Entrepreneurship and Small Business</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23 (4), pp.528-551. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJESB.2014.065681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02048410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos : Revue de l’Entrepreneuriat, Volume 12 - 2013/1-2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Degeorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Volume 12 (N°1), p7. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.121.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-01134224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accompagnement entrepreneurial, une industrie en quête de leviers de performance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roy Thurik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 17 (3), </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1018267ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01328688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accompagnement entrepreneurial, une industrie en quête de leviers de performance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roy Thurik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 17 (3), pp.65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01948734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour un outil de mesure et de pilotage de la performance des incubateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 17 (3), pp.140-153</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04153750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner l'entreprise à internationalisation précoce et rapide : la place centrale de la dimension réticulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Catanzaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11 (3), </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.113.0033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les structures d’accompagnement à la création d’entreprise à l’heure de la gestion des compétences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 39 (9), pp.149-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04153762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (51)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How incubators integrate sustainability in their mission of supporting new ventures: a comparative case-study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Lamperti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Courrent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Interdisciplinary European Conference on Entrepreneurship Research (IECER), 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Maastricht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03822716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprise libérée : d’un concept valise à une liste fermée d’attributs Éclaircissements sur un concept ambigu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele El Khoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIFEPME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03035216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enabling factors for the development of sustainable business models in a support programme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Lamperti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Courrent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16e CONGRES DU RESEAU INTERNATIONAL DE RECHERCHE SUR LES ORGANISATIONS ET LE DEVELOPPEMENT DURABLE (RIODD) 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, MONTPELLIER, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03745535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Together, We Go Further: Incubators’ Strategies and Dynamic Capabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RENT Conference 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Online Conference, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02983972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business models multifaces : une génération de business models d’incubateurs hybrides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 4e rencontre entre acteurs des réseaux d’accompagnement et chercheurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les critiques de l’entreprise libérée : de nouvelles voies s’annoncent.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele El Khoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Congrès de l’Académie de l’Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, MONTPELLIER, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03053627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What do we mean by support cultural entrepreneurship in France? A study focusing on the performing arts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Schieb-Bienfait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Arts and Cultural Management (AIMAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Venise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les critiques de l’entreprise libérée : de nouvelles voies s’annoncent.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele El Khoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">‎11ème congrès de l’Académie de l’Entrepreneuriat et de ‎l’Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche collective des capacités dynamiques. Le cas des incubateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e congrès de l'Académie de l'Entrepreneuriat et de l'Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incubator Business Model Innovation – the RCOV Model Contribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Academy of Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business model innovation in incubators: the role played by dynamic capabilities theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academy of Management Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybridation des incubateurs : l’apport de la théorie de l’identité organisationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIFEPME (Congrès International Francophone en Entrepreneuriat et PME)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner les entrepreneurs artistiques et culturels, spécificités et complémentarité des dispositifs proposés : l’exemple du bassin ligérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Schieb-Bienfait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème rencontre entre acteurs des réseaux d’accompagnement et chercheurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Montpellier Management, Jul 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04702220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accompagnement des entrepreneurs artistiques et culturels : pratiques et problématiques. L’exemple du bassin ligérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Schieb-Bienfait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4è rencontre entre acteurs des réseaux d’accompagnement et chercheurs - Colloque ESL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Montpelier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution in incubators’ business model, the contribution of individual and collective sensing of opportunities & dynamic capabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BCERC (Babson College Entrepreneurship Research Conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Norman, Oklahoma, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurial Approach to Lean Management in the Business Support Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISBE Conference (Institue for small business and entrepreneurship)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02130329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacité des programmes d’accompagnement à l’international. Influence sur le capital relationnel et la performance internationale des entreprises born global</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Catanzaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13eme Congrès international francophone en entrepreneuriat et PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Trois-Rivières, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02077361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le lean management, source d’accélération de l’accompagnement entrepreneurial ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVe Conférence Internationale de Management Stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02130357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between resources and the early growth trajectories of ASOs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relationships between resources and the early growth trajectories of ASOs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EURAM Conference, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02059467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effectiveness of Export Support Programs : Impact on the Relational Capital And International Performance of Born-Global Small Businesses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Catanzaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The first International Conference on Innovating Export Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Zwolle, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02080111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection strategy and incubation process: how do they impact economic performance of business incubators?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Thoreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Swalhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Academy of Management Conference - EURAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Analysis of the Emergence of Business Opportunities from the Intersubjective Perspective: a Proposed Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Academy of Management Conference - EURAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Varsovie, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business incubator performance and HRM practices: the mediating role of the incubation process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Swalhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Thoreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Interdisciplinary European Conference on Entrepreneurial Research - IECER 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02057566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lifestyle entrepreneurs in academic Spin-offs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Academy of Management Conference - EURAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurial team and performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Academy of Management Conference - EURAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competency acquisition in entrepreneurial teams and innovation performance in ASOs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&D Management Conference 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does competencies acquisition of entrepreneurial tema impact the ASO’s size ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Academy of Management Conference - EURAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation performance in ASOs : contribution of competencies acquisition of the entrepreneurial team</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&D Management Conference 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionalization of Incubators: The Balanced Scorecard as a Useful Management Tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59 th ICSB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pilotage des incubateurs : Vers un outil de professionnalisation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etats Généraux de Management, AEI-AIREPME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02084501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The link between collaborative dynamics and the identification of Business Opportunities: The French experience of Clusters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th ICSB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE BALANCED SCORECARD DANS UNE APPROCHE CONSTRUCTIVISTE : LE CAS DES INCUBATEURS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Naro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesure, évaluation, notation – les comptabilités de la société du calcul</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lille, France. pp.cd-rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business Incubator Performance and HRM Practices: The Mediating Role of the Incubation Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Swalhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Thoreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RENT XXVIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02090052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoires de croissances des spin-off académiques : Comment franchir la vallée de la mort ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Milet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque AEI-AIREPME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence des Services d’Accompagnement à l’Export dans la Croissance des Entreprises à Internationalisation Précoce : Le cas de l’Acquisition de Nouvelles Connaissances sur les Marchés Etrangers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Catanzaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée AEI-AIREPME / Labex Entreprendre : La croissance des entreprises, nouvel enjeu pour le management ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impact des efforts collaboratifs en termes d’opportunités d’affaires : le cas des PME au sein des pôles de compétitivité français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIFEPME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Agadir, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Venture Legitimacy and Entrepreneurial Support</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René-Pierre Beylier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th European Academy of Management Conference - EURAM 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Valence, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do research-based start-ups overcome the Valley of Death?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Milet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Shanghai Business, Economics and Finance Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Shanghai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The competences of business incubators’ counsellors as success factor to entrepreneurship: A cross-cultural comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Spence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28e conférence RENT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The growthtrajectory of academic spin-offs: How to overcome the Valley of Death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Milet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International ResearchConference on Technology Business Incubation Mechanisms and Sustainable Regional Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of human resource management in entrepreneurial support structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Swalhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th European Academy of Management Annual Conference (EURAM 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04155600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une prise en compte des pratiques de GRH dans les structures d’accompagnement à la création d’entreprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Swalhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e congrès de l'Académie de l'Entrepreneuriat et de l'Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Fribourg, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04155576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity in incubators: An explanation through the configurational approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Academy of Management Annual Conference (EURAM 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’approche configurationnelle : un cadre théorique prometteur pour la recherche sur les incubateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21e conférence de l'AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a typology of incubators based on HRM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56th ICSB World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La performance des incubateurs : un cadre d’évaluation multidimensionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e congrès de l'Académie de l'Entrepreneuriat et de l'Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une lecture stratégique de l’évaluation de la performance des incubateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e conférence de l'AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the performance of business incubators: a multi-dimensional model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RENT XXV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Bodo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction d’un référentiel de compétences pour le métier d’accompagnant à la création d’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19e conférence de l'AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des structures d’accompagnement à la création d’entreprise et gestion des ressources humaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e CIFEPME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECHERCHE DE LEGITIMITE ET POURSUITE D'OPPORTUNITES : PROPOSITION D'UNE TYPOLOGIE DE CREATEURS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Pierre Beylier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sammut Sylvie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIFPME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Louvain, Oct 2008, Louvain, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incubators: how they adapt to a changing world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Maus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Leo-Paul Dana. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Encyclopedia of Entrepreneurship, 2sd edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.392-399, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03148831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The selection strategy or the incubation process: what matters most?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Swalhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sarfraz A. Mian, Magnus Klofsten, and Wadid Lamine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Research on Business and Technology Incubation and Acceleration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elgar Online, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le management libéré en PME : Etapes clés et outils chez Primum Non Nocere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele El Khoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management libéré: 7 entreprises dévoilent leurs méthodes : agilité, performance durable et antifragilité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03739531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner les entrepreneurs artistiques, culturels et créatifs. Cas du bassin ligérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Schieb-Bienfait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Horvath; Gaëlle Dechamp. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'entrepreneuriat dans les secteurs de l'art et de la culture. Comment concilier ambition créative et logique économique ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS éditions, pp.133-146, 2021, Gestion en liberté, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.horva.2021.01.0133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneur et stratégie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">André Tiran, Dimitri Uzunidis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire économique de l’entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.337-340, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02081598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entrepreneur académique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire économique de l’entrepreneur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, 2017, 978-2-406-06462-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entrepreneur stratège</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire économique de l’entrepreneur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Classiques Garnier, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarasvathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier Torrès; Karim Messeghem. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands auteurs en Entrepreneuriat et PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions EMS, pp.211-226, 2015, 978-2-84769-673-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurial Accompaniment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Springer-Verlag</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01321591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variétés des formes d’accompagnement du créateur d’entreprise : quand la dimension interpersonnelle devient prégnante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermès science publishing. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Les relations interorganisationnelles des PME, Hermès Science Publishing 2008 coordonné par K. Gundolf et A. Jaouen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 978-2-7462-20065-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01244223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business Incubator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Creativity, Invention, Innovation and Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation de l’activité entrepreneuriale en France : Rapport 2024/2025 du Global Entrepreneurship Monitor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Lasch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">GEM France Team. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05513301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation de l'activité entrepreneuriale en France : Rapport 2023/2024 du Global Entrepreneurship Monitor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lasch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Courrent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Labex entreprendre. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04643670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation de l’activité entrepreneuriale en France : Rapport 2021 du Global Entrepreneurship Monitor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Lasch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Courrent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Labex entreprendre. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livre blanc sur les structures d’accompagnement à la création d’entreprises en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Thoreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Swalhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaffik Bakkali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Labex Entreprendre. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId198"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="59995693"/>
+    <w:nsid w:val="7D400F77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvie-sammut" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/05163340X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503166v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaser Ghanei" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Jaouen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Nakara" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Sammut" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/e.entre.pa.0014" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101546v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Lamperti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Courrent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2025.115377" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094693v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Maus" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.2023.5237" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864834v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956831v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JKM-09-2022-0690" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747867v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele El Khoury" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/ror.173.0009" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254152v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chabaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Degeorge" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre1.193.0007" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03461126v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.194.0007" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038813v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Sattin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ger-Jarniou Catherine" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=didier chabaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2021.00499" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053605v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02863801v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Messeghem" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Temri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne St-Jean" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2020.00417" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040755v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524383v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Casanova" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1062212ar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02393844v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.173.0007" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928208v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Catanzaro" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsbm.12489" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01948730v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaffik Bakkali" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Swalhi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsbm.12317" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01710925v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.163.0007" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01948737v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gangloff" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJESB.2017.081042" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02061875v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/g2000.345.0203" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995316v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bessi&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomez Breysse" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Ramaroson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJEIM.2017.085684" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524385v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.035.0019" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477237v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.151.0007" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477232v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.152.0007" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01231403v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.144.0009" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832354v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030482ar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136986v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomez-Breysse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milet Arnaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Haja Ramaroson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685433v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832353v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030397ar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02009444v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bessiere" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1035410ar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321492v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014809v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1028044ar" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02014834v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2192-5372-3-3" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995314v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gonnard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.021.0053" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02048394v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02048410v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Pierre Beylier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJESB.2014.065681" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01134224v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.121.0007" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328688v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Carrier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Thurik" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1018267ar" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01948734v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153750v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832356v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.113.0033" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153762v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822716v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035216v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745535v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983972v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466223v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02800555v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Schieb-Bienfait" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Emin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043640v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053627v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428779v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428809v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466175v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466211v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702220v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02800590v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466215v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130329v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077361v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130357v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059467v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080111v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02023449v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thoreux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Swalhi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02023440v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057566v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02023442v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gomez-Breysse" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bessi&#232;re" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ramaroson" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sammut" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02060515v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Messeghem" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02023438v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02023446v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02060516v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02092359v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02084501v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02087018v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899216v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Naro" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02090052v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Thoreux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02092708v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Milet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02087029v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02092719v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02094080v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;-Pierre Beylier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02086880v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02092608v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spence" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02086894v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155600v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155576v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156304v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156302v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156309v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156305v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156307v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156311v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156313v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156315v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210053v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammut Sylvie" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148831v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149145v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739531v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02800303v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.horva.2021.01.0133" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02081598v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279919v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161455v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02115636v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321591v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244223v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154402v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643670v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lasch" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Valette" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958673v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Lasch" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154455v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvie-sammut" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/05163340X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503166v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaser Ghanei" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Jaouen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Nakara" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Sammut" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/e.entre.pa.0014" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101546v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Lamperti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Courrent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2025.115377" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094693v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Maus" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.2023.5237" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864834v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956831v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JKM-09-2022-0690" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747867v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele El Khoury" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/ror.173.0009" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254152v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chabaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Degeorge" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre1.193.0007" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03461126v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.194.0007" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038813v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Sattin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ger-Jarniou Catherine" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=didier chabaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2021.00499" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02863801v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Messeghem" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Temri" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne St-Jean" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2020.00417" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053605v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040755v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524383v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Casanova" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1062212ar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02393844v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.173.0007" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928208v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Catanzaro" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsbm.12489" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01948730v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaffik Bakkali" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Swalhi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsbm.12317" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01710925v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.163.0007" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01948737v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gangloff" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJESB.2017.081042" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02061875v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/g2000.345.0203" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995316v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bessi&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomez Breysse" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Ramaroson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJEIM.2017.085684" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524385v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.035.0019" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477237v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.151.0007" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477232v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.152.0007" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01231403v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.144.0009" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832354v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030482ar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136986v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomez-Breysse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milet Arnaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Haja Ramaroson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685433v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02009444v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bessiere" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1035410ar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832353v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030397ar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321492v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014809v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1028044ar" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02014834v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2192-5372-3-3" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995314v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gonnard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.021.0053" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02048394v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02048410v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Pierre Beylier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJESB.2014.065681" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01134224v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.121.0007" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328688v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Carrier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Thurik" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1018267ar" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01948734v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153750v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832356v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.113.0033" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153762v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822716v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035216v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745535v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983972v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466223v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053627v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02800555v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Schieb-Bienfait" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Emin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043640v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428779v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428809v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466175v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466211v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702220v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02800590v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466215v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130329v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077361v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130357v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059467v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080111v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02023449v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thoreux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Swalhi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02023440v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057566v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02023442v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gomez-Breysse" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bessi&#232;re" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ramaroson" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sammut" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02023438v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Messeghem" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02060515v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02023446v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02060516v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02092359v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02084501v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02087018v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899216v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Naro" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02090052v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Thoreux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02092708v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Milet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02087029v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02092719v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02094080v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;-Pierre Beylier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02086880v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02092608v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spence" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02086894v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155600v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155576v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156304v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156302v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156309v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156305v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156307v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156311v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156313v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156315v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210053v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammut Sylvie" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148831v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149145v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739531v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02800303v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.horva.2021.01.0133" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02081598v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279919v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161455v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02115636v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321591v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244223v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154402v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513301v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Lasch" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Valette" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643670v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lasch" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958673v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154455v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>