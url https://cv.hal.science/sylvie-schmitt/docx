--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -598,3439 +598,3439 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« De l’être vivant sensible au bien meuble produit par un abattoir »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 1, p. 167</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04583540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’énigmatique poursuite du bien commun »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Chronique Italie, 2022, vol. XXXVIII, pp. 844-846</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04583528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Kelsen face à la théologie politique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La vie des idées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Collège de France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04583536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La théorie des biens communs : l’interprétation italienne »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La lettre d'Italie : Droit &amp; politique italienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, n° 15-16, pp. 11-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04583592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La part du mensonge dans la politique fiscale »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politeia [Les Cahiers de l'Association française des auditeurs de l'Académie internationale de droit constitutionnel]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, n° 42, pp. 189-198</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04583553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">« L’énigmatique poursuite du bien commun »</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Hans Kelsen contre Eric Voegelin, une polémique sans fin »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politeia [Les Cahiers de l'Association française des auditeurs de l'Académie internationale de droit constitutionnel]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 42, pp. 293-299</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04583558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Propos conclusifs », in « Dossier constitutionnel : du mensonge à l’infox, quelle part de vérité ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politeia [Les Cahiers de l'Association française des auditeurs de l'Académie internationale de droit constitutionnel]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 42, pp. 199-201</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04583555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les errements d’Arendt »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La vie des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Collège de France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04583533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’emersione della giustizia climatica in Francia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Louvin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diritto pubblico comparato ed europeo </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021 (4), pp.955-976. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17394/102976⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03586692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dispositions financières et budgétaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, Chronique Italie, 2022, vol. XXXVIII, pp. 844-846</w:t>
+              <w:t xml:space="preserve">, 2020, 2019 (35), pp.997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023, n° 42, pp. 293-299</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318591v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit constitutionnel fiscal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Égalité, genre et constitution. Populisme et démocratie, 2018 (34), pp.998-1005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023, n° 42, pp. 199-201</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La loi de finances pour 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre d'Italie : Droit &amp; politique italienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 13, pp.32-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Collège de France</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les différents taux de TVA appliqués aux ventes de chevaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, 3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">« De l’être vivant sensible au bien meuble produit par un abattoir »</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit constitutionnel fiscal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Juge constitutionnel et interprétation des normes. Le juge constitutionnel face aux transformations de la démocratie, 2017 (33), pp.908-913</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit constitutionnel fiscal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01792049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'application de la corrida du taux normal de TVA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, n° 1, p. 167</w:t>
+              <w:t xml:space="preserve">, 2018, 2, pp.197</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...79 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’alchimie complexe entre le droit d’urgence, la crise et l’équilibre budgétaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre d'Italie : Droit &amp; politique italienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12, pp.17-19</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les dispositions financières et budgétaires</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'action en justice des citoyens en substitution des collectivités territoriales défaillantes : l'exemple des procédures française et italienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Centre de droit et de politique comparés [Anciennement Bulletin de droit comparé]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Démocratie libérale et politique, 2016 (12), pp.57-69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01834046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les voies de recours en matière de dommage environnemental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre d'Italie : Droit &amp; politique italienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 11 (1), pp.14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01792029v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La crise bancaire et sa gestion par le Gouvernement Renzi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre d'Italie : Droit &amp; politique italienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 10, pp.14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01792649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garanties en matière fiscale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 2019 (35), pp.997</w:t>
+              <w:t xml:space="preserve">, 2017, 2016 (32), pp.886-890</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La loi de finances pour 2019</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01807412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'objection de conscience fiscale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La lettre d'Italie : Droit &amp; politique italienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 13, pp.32-34</w:t>
+              <w:t xml:space="preserve">, 2016, 8, pp.22-24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le droit constitutionnel fiscal</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'évolution du service public italien de la santé sous l'angle du régionalisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de finances publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Les finances publiques : quelle place pour demain?, 136, pp.309</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01797461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les péripéties de la taxe sur la cigarette électronique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre d'Italie : Droit &amp; politique italienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9, pp.16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01792599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La taxe Robin des Bois, ou les mésaventures d'une imposition comportementale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre d'Italie : Droit &amp; politique italienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7, pp.18-20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le trust en droit fiscal italien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre d'Italie : Droit &amp; politique italienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, pp.24-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La notion fiscale de revenu en Italie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre d'Italie : Droit &amp; politique italienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5, pp.30-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La théorie de l’abus de droit en droit fiscal italien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre d'Italie : Droit &amp; politique italienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4, pp.32-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Garde italienne des Finances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre d'Italie : Droit &amp; politique italienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3, pp.16-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’encadrement progressif du fédéralisme fiscal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre d'Italie : Droit &amp; politique italienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2, pp.12-14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pression fiscale et politique de rigueur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre d'Italie : Droit &amp; politique italienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2012 (1), pp.13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01817647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit de propriété et pouvoir fiscal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, Égalité, genre et constitution. Populisme et démocratie, 2018 (34), pp.998-1005</w:t>
+              <w:t xml:space="preserve">, 2012, 2011 (27), pp.937-938</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le droit constitutionnel fiscal</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01807829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le pouvoir fiscal des Régions et des Provinces autonomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Juge constitutionnel et interprétation des normes. Le juge constitutionnel face aux transformations de la démocratie, 2017 (33), pp.908-913</w:t>
+              <w:t xml:space="preserve">, 2010, 2011 (27), pp.905</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le droit constitutionnel fiscal</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01807423v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’érosion de la dualité de juridiction en Italie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 1-2, pp.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01817666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fiscalité de l’environnement, une épreuve de modernité pour le droit fiscal italien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de finances publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, La LOLF et les collectivités locales, 107, pp.259</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01817693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La sanction du refus de la Chambre des députés de collaborer avec l'autorité judiciaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 33</w:t>
+              <w:t xml:space="preserve">, 2009, 2008 (24), pp.713-714</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 2, pp.197</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01807822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Cour de cassation, interprète naturelle des lois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 2008 (24), pp.718-719</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 12, pp.17-19</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01807833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La tentation d’instituer des « Cours constitutionnelles régionales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 2008 (24), pp.724-725</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Démocratie libérale et politique, 2016 (12), pp.57-69</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01807836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’affaiblissement du principe de la dualité de juridiction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2007 (23), pp.862</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, A paraître, 3</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01807848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le principe de parité entre le ministère public et la défense</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2007 (23), pp.861</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 11 (1), pp.14</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01807851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’autonomie financière régionale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 2006 (22), pp.813-814</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01807853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La nature objective du contentieux constitutionnel des normes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de droit constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 72 (4), pp.719-747. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfdc.072.0719⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Garanties en matière fiscale</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01817793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les garanties constitutionnelles de l'autonomie financière des collectivités territoriales françaises et des régions italiennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de droit constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00098073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’autonomie financière régionale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 2016 (32), pp.886-890</w:t>
+              <w:t xml:space="preserve">, 2006, 2005 (21), pp.611-614</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 8, pp.22-24</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01808000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La présence de la croix à l'école</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 2004 (20), pp.733-735</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Les finances publiques : quelle place pour demain?, 136, pp.309</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01808085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’autonomie financière locale et régionale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 2004 (20), pp.720-724</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 9, pp.16</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01808008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suspension d’un magistrat impliqué dans une procédure pénale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 2003 (19), pp.803-804</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 7, pp.18-20</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01808110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La présence de la croix à l'école</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, XX, pp. 733-735</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 6, pp.24-26</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00101372v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Incompatibilité du juge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire International de Justice Constitutionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 2003 (19), pp.802</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...1526 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01808112v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01808110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suspension d'un magistrat impliqué dans une procédure pénale</w:t>
               </w:r>
@@ -4732,303 +4732,303 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le fait des agriculteurs dans la prolifération des algues vertes en Bretagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Justice pour l’eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Philippe Boucheix, Jun 2018, Clermont-Ferrand, France. pp.22-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318657v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une action en justice envers l’Etat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CLIMALAB: Al lavoro per una giustizia climatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Forte di Bard, Italie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318637v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La définition juridique de l'écosystème</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La protection juridique des écosystèmes aquatiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Philippe BOUCHEIX; Sylvie Schmitt, May 2019, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02316984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La liberté de manifestation en Italie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La liberté de manifestation en France, en Italie et en Tunisie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sylvie Schmitt, May 2019, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02318647v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-02318657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hypothèses variées sur les conséquences d’une saisine de l’animal de compagnie par le droit fiscal</w:t>
               </w:r>
@@ -6334,285 +6334,285 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02318472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Globalisation et fuite devant l'impôt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alexis Le Quinio. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les réactions constitutionnelles à la globalisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruylant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.299-321, 2016, A la croisée des droits, 978-2-8027-5372-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01797487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La sécurité juridique et le contribuable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sylvie Schmitt; Alain Boyer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La sécurité juridique et le contribuable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PUAM</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.201-208, 2016, 978-2-7314-1007-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01797553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'insécurité financière à l'insécurité juridique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sylvie Schmitt; Alain Boyer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La sécurité juridique et le contribuable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PUAM</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.95-112, 2016, 978-2-7314-1007-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01797541v1</w:t>
-              </w:r>
-[...84 lines deleted...]
-                <w:t xml:space="preserve">hal-01797487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’évolution de la subjectivisation du contentieux administratif en France et en Italie</w:t>
               </w:r>
@@ -6916,51 +6916,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="788420EE"/>
+    <w:nsid w:val="5E82B035"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7064,51 +7064,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="09E77B56"/>
+    <w:nsid w:val="DCDCFDD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7212,51 +7212,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="E993D7FA"/>
+    <w:nsid w:val="7E361234"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7360,51 +7360,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="49152C51"/>
+    <w:nsid w:val="A1BB6CC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7600,51 +7600,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvie-schmitt" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/193190966" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/32085088" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000001839730" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583536v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Schmitt" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583592v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583553v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583528v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583558v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583555v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583533v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583540v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586692v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Louvin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17394/102976" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318591v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318391v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318605v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318612v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792049v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318381v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318434v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834046v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318370v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792029v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792649v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807412v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801538v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797461v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792599v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801549v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801660v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801693v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801715v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801733v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801724v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807829v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817647v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807423v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817666v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807833v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807822v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807836v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817693v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807848v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807851v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807853v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817793v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfdc.072.0719" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00098073v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808000v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808085v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808008v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00101372v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808112v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808110v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00101373v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00098074v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00102294v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808142v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808157v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818840v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818832v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818830v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818812v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818818v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316984v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318647v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318637v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318657v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801750v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318752v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817939v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Regad" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Riot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801773v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801782v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817803v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00102300v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634276v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Giudicelli" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834399v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boutique.lexisnexis.fr/8256-la-personnalite-juridique-de-l-animal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579398v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579397v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318452v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/l-innovation-juridique-et-judiciaire-2018-9782807909052.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318528v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/fiscalite-environnementale-entre-attentes-doutes-pragmatisme" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318551v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318539v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318472v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boutique.lexisnexis.fr/8256-la-personnalite-juridique-de-l-animal/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797553v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdpc.univ-tln.fr/securite_juridique_contribuable.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797541v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797487v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdpc.univ-tln.fr/reactions_constitutionnelles_globalisation.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817845v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdpc.univ-tln.fr/publications_liber_amicorum.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00101368v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817901v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvie-schmitt" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/193190966" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/32085088" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000001839730" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583540v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Schmitt" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583528v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583536v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583592v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583553v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583558v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583555v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583533v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586692v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Louvin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17394/102976" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318591v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318605v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318391v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318370v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318612v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792049v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318381v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318434v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834046v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792029v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792649v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807412v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801538v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797461v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792599v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801549v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801660v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801693v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801715v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801724v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801733v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817647v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807829v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807423v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817666v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817693v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807822v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807833v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807836v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807848v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807851v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807853v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817793v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfdc.072.0719" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00098073v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808000v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808085v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808008v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808110v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00101372v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808112v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00101373v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00098074v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00102294v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808142v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808157v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818840v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818832v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818830v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818812v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818818v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318657v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318637v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316984v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318647v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801750v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318752v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817939v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Regad" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Riot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801773v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801782v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817803v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00102300v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634276v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Giudicelli" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834399v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boutique.lexisnexis.fr/8256-la-personnalite-juridique-de-l-animal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579398v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579397v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318452v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/l-innovation-juridique-et-judiciaire-2018-9782807909052.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318528v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/fiscalite-environnementale-entre-attentes-doutes-pragmatisme" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318551v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318539v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318472v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boutique.lexisnexis.fr/8256-la-personnalite-juridique-de-l-animal/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797487v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdpc.univ-tln.fr/reactions_constitutionnelles_globalisation.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797553v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdpc.univ-tln.fr/securite_juridique_contribuable.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797541v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817845v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdpc.univ-tln.fr/publications_liber_amicorum.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00101368v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817901v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>