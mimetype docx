--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (34)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (33)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -299,3493 +299,3389 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04142361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The construction and evolution of the Loire Study Area, a trajectory developing interdisciplinarity.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’action foncière dans la restauration de la continuité écologique des cours d’eau. Cas d’étude sur les bassins versants de la Dronne et de la Reyssouze</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Le Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bonnefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Morandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/12cbk⟩</w:t>
+              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 96 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/geocarrefour.19699⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05335549v1</w:t>
+                <w:t xml:space="preserve">hal-03918613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’action foncière dans la restauration de la continuité écologique des cours d’eau. Cas d’étude sur les bassins versants de la Dronne et de la Reyssouze</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« Ouvrir les bras pour qu’on soit bien dans son lit ». Controverses autour de la restauration écologique en Loire armoricaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Claudia Cirelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Morandi</w:t>
+                <w:t xml:space="preserve">Marie Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 96 (1), </w:t>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 23 (Vol. 11, n°1), pp.489-506. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/geocarrefour.19699⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.17134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03918613v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Ouvrir les bras pour qu’on soit bien dans son lit ». Controverses autour de la restauration écologique en Loire armoricaine</w:t>
+                <w:t xml:space="preserve">Drivers and barriers of adaptation initiatives – How societal transformation affects natural hazard management and risk mitigation in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Cirelli</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Thomas Thaler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Sophie Attems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darren Clarke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Gatien-Tournat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/developpementdurable.17134⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 650, pp.1073-1082. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.08.306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04909946v1</w:t>
+                <w:t xml:space="preserve">halshs-02284263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamiques forestières et grande faune sauvage dans un domaine de chasse, le Domaine national de Chambord</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Action-orientated research and framework: insights from the French long-term social-ecological research network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bonnefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jon Marco Church</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue forestière française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4267/2042/70811⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 24 (3), pp.10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5751/ES-10989-240310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02905592v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02413687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Action-orientated research and framework: insights from the French long-term social-ecological research network</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamiques forestières et grande faune sauvage dans un domaine de chasse, le Domaine national de Chambord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5751/ES-10989-240310⟩</w:t>
+              <w:t xml:space="preserve">Revue forestière française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Habitats forestiers et forêts Habitées, 71 (4-5), pp.343-357. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4267/2042/70811⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02413687v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02905592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drivers and barriers of adaptation initiatives – How societal transformation affects natural hazard management and risk mitigation in Europe</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Saisir les liens entre trame bleue, paysages de l'eau et projets urbains Regards croisés sur trois villes de confluence : Lyon, Nantes et Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Darren Clarke</w:t>
+                <w:t xml:space="preserve">Anne Riviere-Honegger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Gatien-Tournat</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gilles Armani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Parmentier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.08.306⟩</w:t>
+              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/paysage.752⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02284263v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saisir les liens entre trame bleue, paysages de l'eau et projets urbains Regards croisés sur trois villes de confluence : Lyon, Nantes et Strasbourg</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Riviere-Honegger</w:t>
+                <w:t xml:space="preserve">Habitats forestiers et forêts habitées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Baltzinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seraphine Grellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François F. Lebourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/paysage.752⟩</w:t>
+              <w:t xml:space="preserve">Revue forestière française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 71 (4), pp.329-332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4267/2042/70809⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02318636v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02903210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habitats forestiers et forêts habitées</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Retracer les temporalités d’une forêt emmurée. Le Domaine National de Chambord, les limites d’un exemple bien documenté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue forestière française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4267/2042/70809⟩</w:t>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Les temps des territoires, 9 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.12163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02903210v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01834661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retracer les temporalités d’une forêt emmurée. Le Domaine National de Chambord, les limites d’un exemple bien documenté</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amélie Robert</w:t>
+                <w:t xml:space="preserve">Quelle cohérence nationale des données géographiques des schémas régionaux de cohérence écologiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Peytavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin du Comité Français de Cartographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 235-236, pp.165-179</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01834661v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03522561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle cohérence nationale des données géographiques des schémas régionaux de cohérence écologiques ?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Servain</w:t>
+                <w:t xml:space="preserve">La requalification urbaine des zones humides ligériennes, un projet patrimonial exposé aux composantes naturelles et culturelles des paysages fluviaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin du Comité Français de Cartographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 235-236, pp.165-179</w:t>
+              <w:t xml:space="preserve">Pour mémoire.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Les zones humides. Un enjeu de politique environnementale, hors série printemps 2017, pp.48-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03522561v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01557047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La requalification urbaine des zones humides ligériennes, un projet patrimonial exposé aux composantes naturelles et culturelles des paysages fluviaux</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">La transaction foncière comme mode de régulation en matière de protection contre les inondations. Analyse à partir de deux zones d’expansions de crue : l’Île Saint Aubin (Angers) et le déversoir de la Bouillie (Blois)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bonnefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gralepois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pour mémoire.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Risques urbains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21494/iste.op.2018.0218⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01557047v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02284234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La transaction foncière comme mode de régulation en matière de protection contre les inondations. Analyse à partir de deux zones d’expansions de crue : l’Île Saint Aubin (Angers) et le déversoir de la Bouillie (Blois)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Gralepois</w:t>
+                <w:t xml:space="preserve">La place de l’espace fluvial dans les projets urbains de Lyon, Nantes et Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Honegger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Risques urbains</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Reconquête touristique des espaces fluviaux dans les métropoles européennes, 333, pp.90-99</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02284234v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02057687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La place de l’espace fluvial dans les projets urbains de Lyon, Nantes et Strasbourg</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Remote Sensing and Landscapes in Sahelian Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yao Marius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis Yengué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dominique Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Espace</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Agricultural Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (8), pp.655-663. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17265/2161-6256/2015.08.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02057687v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01326061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remote Sensing and Landscapes in Sahelian Africa</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La planification stratégique spatialisée contribue-t-elle à la durabilité territoriale ? La limitation des consommations foncières dans les schémas de cohérence territoriale à Marseille-Aix, Nantes Saint-Nazaire, Rennes et Tours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yao Marius</w:t>
+                <w:t xml:space="preserve">José Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Louis Yengué</w:t>
+                <w:t xml:space="preserve">Christophe C. Demaziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Nadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17265/2161-6256/2015.08.003⟩</w:t>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.10295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01326061v1</w:t>
+                <w:t xml:space="preserve">hal-01338932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remote-Sensing and Landscapes, Limits of Smaller Scale Generalization and Reproducible Method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Computational Science and Its Applications - ICCSA 2014 14th International Conference, Guimarães, Portugal, June 30 - July 3, 204, Proceedings, Part I, 8579, pp.408-422. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-09144-0_28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01053809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A method to map the land use in Africa by using satellite images Application to Sampieri village (Burkina Faso)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Signal Processing and Imaging Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 1 (1), pp.41-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00988456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’approche géohistorique à l’élaboration de nouveaux outils de sensibilisation et de prévention du risque inondation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Franchomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Sajaloli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Développement durable et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 5 (3), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/developpementdurable.10560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02093004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La planification stratégique spatialisée contribue-t-elle à la durabilité territoriale ? La limitation des consommations foncières dans les schémas de cohérence territoriale à Marseille-Aix, Nantes Saint-Nazaire, Rennes et Tours</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’information sur les risques majeurs à l’échelle communale – Occurrence et facteurs explicatifs du DICRIM, un outil préventif sous utilisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe C. Demaziere</w:t>
+                <w:t xml:space="preserve">Johnny Douvinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Nadou</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rémi Pallares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Genre-Grandpierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gralepois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Rode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, URL : http://cybergeo.revues.org/26112 ; DOI : 10.4000/cybergeo.26112</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01338932v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01096658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Processus de construction d’une ressource territoriale valorisant le patrimoine naturel et culturel en Loire tourangelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Pin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Rigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Patrimonialiser la nature, Hors série 16, http://vertigo.revues.org/13713</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01096659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’information sur les risques majeurs à l’échelle communale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Douvinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Pallares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Genre-Grandpierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gralepois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Rode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01259659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’information sur les risques majeurs à l’échelle communale</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aménagements portuaires et batellerie traditionnelle, composantes de ressources territoriales en Val de Loire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Genre-Grandpierre</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benoît Pin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Rigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/cybergeo.26112⟩</w:t>
+              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3 (228), pp.53-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/norois.4771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01369245v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01095187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aménagements portuaires et batellerie traditionnelle, composantes de ressources territoriales en Val de Loire</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L’information sur les risques majeurs à l’échelle communale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Douvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Pallares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Genre-Grandpierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gralepois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Rode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/norois.4771⟩</w:t>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cybergeo.26112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01095187v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01369245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’information sur les risques majeurs à l’échelle communale – Occurrence et facteurs explicatifs du DICRIM, un outil préventif sous utilisé</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La densification des zones inondables périurbaines, entre opportunité de développement et déni du risque. Le cas de la commune de La Riche dans l'agglomération de Tours (Indre-et-Loire, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Yengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Rialland</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, URL : http://cybergeo.revues.org/26112 ; DOI : 10.4000/cybergeo.26112</w:t>
+              <w:t xml:space="preserve">Revue du Nord. Histoire &amp; Archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Hors série, Collection Histoire (26), p.359-370</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01096658v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00747973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les représentations du risque d’inondation par les habitants de la vallée de la Loire, de l’oubli au déni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Rode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Serrano</w:t>
+                <w:t xml:space="preserve">N. Brevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Rode</w:t>
+                <w:t xml:space="preserve">D. Martouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Montembault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociétés et catastrophes naturelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Non spécifié</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03110042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'inscription paysagère du risque d'inondation dans les politiques urbaines des agglomérations ligériennes, proposition d'un marqueur de résilience spatiale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Sajaloli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Géographique de l'Est</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 51 (3-4), pp.2-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01017344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tant va la ville à l’eau. L’intégration du risque d’inondation aux décisions politiques et administratives d’aménagement urbain des agglomérations ligériennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gralepois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Sajaloli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dournel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du Nord. Collection Archéologie (Hors série)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Hors du lit : aléas, risques et mémoires, études réunies par J. Heude, F. Guizard, C. Beck, 16, pp.255-264</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01338947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La densification des zones inondables périurbaines, entre opportunité de développement et déni du risque. Le cas de la commune de La Riche dans l'agglomération de Tours (Indre-et-Loire, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Politiques paysagères en action pour la protection et la valorisation du patrimoine naturel et culturel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bonnefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cécile Rialland</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Verdelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue du Nord. Histoire &amp; Archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Hors série, Collection Histoire (26), p.359-370</w:t>
+              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Dossier thématique (2), URL : http://www.projetsdepaysage.fr/fr/politiques_paysageres_en_action_pour_la_protection_et_la_val</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00747973v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00747974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Politiques paysagères en action pour la protection et la valorisation du patrimoine naturel et culturel</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Les paysages du val de loire: Approche méthodologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Verdelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis Yengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Dossier thématique (2), URL : http://www.projetsdepaysage.fr/fr/politiques_paysageres_en_action_pour_la_protection_et_la_val</w:t>
+              <w:t xml:space="preserve">Microscoop : Un regard sur les laboratoires en Centre Limousin Poitou-Charentes (CNRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, volume 15 (Hors série spécial Fête de la Science), pp.3-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00747974v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00802486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les paysages du val de loire: Approche méthodologique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Servain</w:t>
+                <w:t xml:space="preserve">Pour une gestion durable des paysages. Le cas de la Loire moyenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Yengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscoop : Un regard sur les laboratoires en Centre Limousin Poitou-Charentes (CNRS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, volume 15 (Hors série spécial Fête de la Science), pp.3-5</w:t>
+              <w:t xml:space="preserve">Mosella : revue du Centre d'études géographiques de Metz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, XXX (1-4), p.237-291</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00802486v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00747977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une gestion durable des paysages. Le cas de la Loire moyenne</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Les sites de référence en Loire moyenne, une approche pluridisciplinaire des paysages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Genin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mosella : revue du Centre d'études géographiques de Metz</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, XXX (1-4), p.237-291</w:t>
+              <w:t xml:space="preserve">Etudes ligériennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, numéro sur Les paysages ligériens, p.94-107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00747977v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00747978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sites de référence en Loire moyenne, une approche pluridisciplinaire des paysages</w:t>
-[...60 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Apports de la télédétection satellitaire à l'étude de l'environnement de sites archéologiques en milieu tempéré, le cas de la vallée de l'Aisne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00747978v1</w:t>
-[...34 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michèle Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, pp.revue en ligne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00747975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3795,176 +3691,176 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des peupleraies dans les vallées : trajectoires, représentations et biodiversité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Motelica-Heino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Sallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque "Enjeux environnementaux et sociétaux des hydrosystèmes, 20 ans de recherche dans le bassin de la Loire"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Zone Atelier Loire, Oct 2022, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03799288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forêt Unesco : forêt d’exception ? Analyse à travers l’exemple du Domaine national de Chambord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3980,100 +3876,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude du Groupe d’Histoire des Forêts françaises (GHFF) : Labels et patrimoines forestiers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe d’Histoire des Forêts françaises (GHFF), Jan 2022, Charenton-le-Pont, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03607212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gouvernance et changements de trajectoire au sein du Domaine national de Chambord : un territoire emmuré depuis 5 siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Cognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Baltzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4088,73 +3984,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5e colloque des Zones Ateliers-CNRS : 2000-2020, 20 ans de recherche du Réseau des Zones Ateliers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Réseau des Zones Ateliers-CNRS, Nov 2020, à distance, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03001878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations et réalité des forêts plantées (Reforesté)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4170,1636 +4066,1636 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7e Journée scientifique de la MSH Val de Loire, Les projets financés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MSH Val de Loire, Nov 2020, Tours - en ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03316735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lessons learned from a questionnaire about forest plantations to improve the management of such social-ecological systems</w:t>
+                <w:t xml:space="preserve">Landscape dynamics in a hunting estate: is the wildlife incompatible with forest? Example in the National estate of Chambord (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Garden Route Interface Meeting (GRIM): Science and management co-learning to navigate social-ecological issues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, South African national parks, Nelson Mandela university, Sustainability Research Unit, CNRS, Sep 2019, Sedgefield, South Africa</w:t>
+              <w:t xml:space="preserve">Forest ecosystems, living forests. How do usages, management options and social practices interact with wildlife in the forest?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Irstea, UMR CITERES, EA RURALITES, Mar 2019, Chambord, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02314639v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02085120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Requalification des zones urbaines et mise en œuvre de la Trame Bleue, une opportunité pour valoriser les zones humides ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Rivière-Honegger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géohistoire des zones humides d’ici et d’ailleurs - Regards croisés sur des trajectoires d’artificialisation et de conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Tulcea, Roumanie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03522654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les paysages protégés face au tourisme : mis en avant ou mis en défens ? Exemples de stratégies mises en place dans des sites Unesco de la région Centre-Val de Loire (France)</w:t>
+                <w:t xml:space="preserve">Lessons learned from a questionnaire about forest plantations to improve the management of such social-ecological systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Tourisme dans les paysages protégés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, université de Lausanne, association Lavaux Patrimoine mondial, office du tourisme du canton de Vaud, Montreux-Vevey Tourisme et commune de Bourg-en-Lavaux, Oct 2019, Cully, Suisse</w:t>
+              <w:t xml:space="preserve">3rd Garden Route Interface Meeting (GRIM): Science and management co-learning to navigate social-ecological issues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, South African national parks, Nelson Mandela university, Sustainability Research Unit, CNRS, Sep 2019, Sedgefield, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02314644v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02314639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Landscape dynamics in a hunting estate: is the wildlife incompatible with forest? Example in the National estate of Chambord (France)</w:t>
+                <w:t xml:space="preserve">Les paysages protégés face au tourisme : mis en avant ou mis en défens ? Exemples de stratégies mises en place dans des sites Unesco de la région Centre-Val de Loire (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest ecosystems, living forests. How do usages, management options and social practices interact with wildlife in the forest?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Irstea, UMR CITERES, EA RURALITES, Mar 2019, Chambord, France</w:t>
+              <w:t xml:space="preserve">Colloque Tourisme dans les paysages protégés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, université de Lausanne, association Lavaux Patrimoine mondial, office du tourisme du canton de Vaud, Montreux-Vevey Tourisme et commune de Bourg-en-Lavaux, Oct 2019, Cully, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02085120v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02314644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche biogéographique des paysages : varier les échelles temporelles et spatiales pour mieux comprendre les paysages actuels. Exemple du Domaine national de Chambord</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Servain</w:t>
+                <w:t xml:space="preserve">Trame bleue et paysages urbains, éléments spatiaux de comparaisons diachroniques et multi-scalaires. Les cas de Nantes, Lyon et Strasbourg.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Parmentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Riviere-Honegger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Armani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire transversal de l’UMR CITERES « Question d’échelle : Temps et espace »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR CITERES, Apr 2018, Tours, France</w:t>
+              <w:t xml:space="preserve">Conférence Francophone Esri</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01781081v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutions des usages récréatifs et des représentations de la nature dans le domaine national de Chambord : de l'appropriation au partage ?</w:t>
+                <w:t xml:space="preserve">The national estate of Chambord (France): traditional landscapes or a political willingness to make re-emerge the past?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIST2018 - Représenter les territoires / Representing territories</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Mar 2018, Rouen, France. pp.655-660</w:t>
+              <w:t xml:space="preserve">Permanent European Conference for the Study of the Rural Landscape (PECSRL) 2018: European Landscapes for Quality of life?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, « Territoires » (Agro Paris Tech, Clermont Auvergne University, INRA, IRSTEA, VetAgro Sup), Sep 2018, Clermont-Ferrand et Mende, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01854361v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01875014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saisir les liens entre « trames bleues » et paysages de l’eau. Regards croisés sur trois villes de confluence : Lyon, Nantes et Strasbourg</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Riviere-Honegger</w:t>
+                <w:t xml:space="preserve">Forest plantations from Việt Nam and elsewhere (Reforesté project)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hervé Parmentier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque international « Eau(x) et paysage(s) »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecole de la nature et du Paysage, INSA centre Val de Loire; UMR CITERES (CNRS), Université de Tours; Zone Atelier Loire, Mar 2018, Blois, France. pp.149-155</w:t>
+              <w:t xml:space="preserve">Seminar “Territorial and environmental dynamic and action”… in Vietnam. Some environmental issues in Vietnam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR CITERES - Team DATE, Nov 2018, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01974318v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01941491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutations des pratiques et des paysages forestiers dans un domaine national : Chambord, de la chasse au tourisme de nature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wild ungulates as dynamic actors of contemporaneous social-ecological systems - a case study in Chambord World Heritage Site, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Baltzinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seraphine Grellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « Entre dynamiques et mutations, quelles voies pour la forêt et le bois ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau des sciences économiques, humaines et sociales d’ECOFOR, Jan 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">2nd Garden Route Interface Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Sedgefield, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01682015v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01899962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forest plantations from Việt Nam and elsewhere (Reforesté project)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prendre en compte les paysages et leurs dynamiques anthropiques pour imaginer les forêts de demain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Petit-Berghem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminar “Territorial and environmental dynamic and action”… in Vietnam. Some environmental issues in Vietnam</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR CITERES - Team DATE, Nov 2018, Tours, France</w:t>
+              <w:t xml:space="preserve">Mutations forestières dans le cadre des changements globaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, réseau thématique de recherche MiDi (Milieux &amp; Diversité), Nov 2018, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01941491v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01941487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wild ungulates as dynamic actors of contemporaneous social-ecological systems - a case study in Chambord World Heritage Site, France</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean Louis Yengué</w:t>
+                <w:t xml:space="preserve">Saisir les liens entre « trames bleues » et paysages de l’eau. Regards croisés sur trois villes de confluence : Lyon, Nantes et Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Riviere-Honegger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Armani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Parmentier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Garden Route Interface Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Sedgefield, South Africa</w:t>
+              <w:t xml:space="preserve">colloque international « Eau(x) et paysage(s) »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole de la nature et du Paysage, INSA centre Val de Loire; UMR CITERES (CNRS), Université de Tours; Zone Atelier Loire, Mar 2018, Blois, France. pp.149-155</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01899962v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prendre en compte les paysages et leurs dynamiques anthropiques pour imaginer les forêts de demain</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evolutions des usages récréatifs et des représentations de la nature dans le domaine national de Chambord : de l'appropriation au partage ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Robert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mutations forestières dans le cadre des changements globaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, réseau thématique de recherche MiDi (Milieux &amp; Diversité), Nov 2018, Blois, France</w:t>
+              <w:t xml:space="preserve">CIST2018 - Représenter les territoires / Representing territories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Mar 2018, Rouen, France. pp.655-660</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01941487v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01854361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trame bleue et paysages urbains, éléments spatiaux de comparaisons diachroniques et multi-scalaires. Les cas de Nantes, Lyon et Strasbourg</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hervé Parmentier</w:t>
+                <w:t xml:space="preserve">Approche biogéographique des paysages : varier les échelles temporelles et spatiales pour mieux comprendre les paysages actuels. Exemple du Domaine national de Chambord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Francophone Esri</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire transversal de l’UMR CITERES « Question d’échelle : Temps et espace »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR CITERES, Apr 2018, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02086902v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01781081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BioMareau-II : Dynamique temporelle des saulaies-peupleraies en Loire moyenne</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mutations des pratiques et des paysages forestiers dans un domaine national : Chambord, de la chasse au tourisme de nature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La biodiversité alluviale du bassin versant de la Loire : fonctionnement, dynamiques et gestion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Tours, France. pp.19</w:t>
+              <w:t xml:space="preserve">Colloque « Entre dynamiques et mutations, quelles voies pour la forêt et le bois ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau des sciences économiques, humaines et sociales d’ECOFOR, Jan 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02608503v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01682015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth of nature tourism in the Loire valley: transforming the landscapes, promoting the local development?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amélie Robert</w:t>
+                <w:t xml:space="preserve">Trame bleue et paysages urbains, éléments spatiaux de comparaisons diachroniques et multi-scalaires. Les cas de Nantes, Lyon et Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Riviere-Honneger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Parmentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Permanent European Conference for the Study of the Rural Landscape (PECSRL) 2018: European Landscapes for Quality of life?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, « Territoires » (Agro Paris Tech, Clermont Auvergne University, INRA, IRSTEA, VetAgro Sup), Sep 2018, Clermont-Ferrand et Mende, France</w:t>
+              <w:t xml:space="preserve">Conférence Francophone Esri</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01875013v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02086902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The national estate of Chambord (France): traditional landscapes or a political willingness to make re-emerge the past?</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">BioMareau-II : Dynamique temporelle des saulaies-peupleraies en Loire moyenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. S. Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Permanent European Conference for the Study of the Rural Landscape (PECSRL) 2018: European Landscapes for Quality of life?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, « Territoires » (Agro Paris Tech, Clermont Auvergne University, INRA, IRSTEA, VetAgro Sup), Sep 2018, Clermont-Ferrand et Mende, France</w:t>
+              <w:t xml:space="preserve">La biodiversité alluviale du bassin versant de la Loire : fonctionnement, dynamiques et gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Tours, France. pp.19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01875014v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02608503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trame bleue et paysages urbains, éléments spatiaux de comparaisons diachroniques et multi-scalaires. Les cas de Nantes, Lyon et Strasbourg.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gilles Armani</w:t>
+                <w:t xml:space="preserve">Growth of nature tourism in the Loire valley: transforming the landscapes, promoting the local development?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lolita Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Francophone Esri</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Permanent European Conference for the Study of the Rural Landscape (PECSRL) 2018: European Landscapes for Quality of life?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, « Territoires » (Agro Paris Tech, Clermont Auvergne University, INRA, IRSTEA, VetAgro Sup), Sep 2018, Clermont-Ferrand et Mende, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02318593v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01875013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstituer les dynamiques d’une forêt emmurée : du choix des temporalités aux limites inhérentes aux sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5815,155 +5711,155 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Les Temps des Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR LADYSS, en collaboration avec le Collège International des Sciences du Territoire (CIST), Mar 2017, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01487158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La requalification urbaine des zones humides ligériennes, un projet patrimonial exposé aux composantes naturelles et culturelles des paysages fluviaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Usages et représentations des zones humides d’hier à aujourd’hui : un enjeu de politique environnementale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Comité d’Histoire du MEDDE et du MLETR; Groupe d'Histoire des Zones Humides, Jan 2016, Paris - La Défense, France. pp.23-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01474570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des champs aux forêts : apports des données spatialisées et iconographiques pour la reconstitution des dynamiques de la forêt de Chambord du XVIIe siècle à aujourd’hui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5979,423 +5875,423 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Construction des paysages forestiers et littoraux. Usages et pratiques cynégétiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR CITERES (IPAPE - Amélie Robert et Sylvie Servain), Jun 2017, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01551082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Homme et le Peuplier noir (Populus nigra L.) à travers les âges : de l’utilisation de cette ressource naturelle par les paysans du fleuve au programme national actuel de conservation des ressources génétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc M. Villar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantereau Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arbre(s) et Paysage(s)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01292829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La cartographie dans un web-documentaire ; L’interaction et l’animation au service de la compréhension des espaces.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Philippe Corbellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Wisniewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Temps, Arts et Cartographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03523078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Homme et le Peuplier noir (Populus nigra L.) à travers les âges: de l’utilisation de cette ressource naturelle par les paysans du fleuve au programme national actuel de conservation des ressources génétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc M. Villar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Chantereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biennale Nature et Paysage 2016 « Arbre(s) »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02794777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Domaine national de Chambord : trajectoires paysagères croisées entre une forêt emmurée et son environnement solognot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6411,2701 +6307,2701 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Géohistoire de l’environnement et des paysages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire Geode, Oct 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01382134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valoriser les dires d'acteurs locaux dans les démarches préventives – Retours d'expérience sur la vulnérabilité aux inondations dans trois agglomérations du bassin de la Loire (Nantes, Orléans et Saint-Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Douvinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Graillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Paran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IS Rivers 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01317203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appui de la télédétection pour la caractérisation des paysages en Afrique. Exemple de Barani (Burkina Faso)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">S. Servain</w:t>
+                <w:t xml:space="preserve">Paysages de Barani, Sampieri et Bandougou : reconstitution à partir des données de télédétection (images satellitales)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference in Integrated Management of Environment ICIME 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Hammamet, Tunisie</w:t>
+              <w:t xml:space="preserve">Séminaire organisé dans le cadre du programme de recherche BIOSOL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Programme de recherche BIOSOL, May 2014, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01091879v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01104862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paysages de Barani, Sampieri et Bandougou : reconstitution à partir des données de télédétection (images satellitales)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Servain</w:t>
+                <w:t xml:space="preserve">Appui de la télédétection pour la caractérisation des paysages en Afrique. Exemple de Barani (Burkina Faso)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amelie Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yao Marius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Yengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire organisé dans le cadre du programme de recherche BIOSOL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Programme de recherche BIOSOL, May 2014, Orléans, France</w:t>
+              <w:t xml:space="preserve">International Conference in Integrated Management of Environment ICIME 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Hammamet, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01104862v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01091879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remote sensing and land use in Africa Case of Sampieri (Burkina Faso)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICSIP 2014 International Conference on Signal and Image Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Hammamet, Tunisia. pp.ISBN : 978-9938-9511-8-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00988455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Golf et Paysage : approche méthodologique - Exemple de la région Centre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilien Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Genin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès International de l'ACAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Rennes, France. 5 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00802488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de la gestion de l'eau dans les golfs : cas de la région Centre</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Demande sociale et management de la ressource en eau des golfs du Centre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Aubertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Boutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Chaboche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Nizinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIVème Association Internationale de Climatologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Italie</w:t>
+              <w:t xml:space="preserve">XIVème Congrès International de l’Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives (ACAPS), Oct 2011, Rennes, France. pp.281-282</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00802706v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00802489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le patrimoine naturel, support d'un projet de développement du paysage culturel. Le cas de la Loire tourangelle</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Analyse de la gestion de l'eau dans les golfs : cas de la région Centre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Aubertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Boutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Chaboche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Nizinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international PATRIMONIALISER LA NATURE : VALEURS ET PROCESSUS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Pau, France</w:t>
+              <w:t xml:space="preserve">XXIVème Association Internationale de Climatologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00802697v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00802706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demande sociale et management de la ressource en eau des golfs du Centre</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dominique Boutin</w:t>
+                <w:t xml:space="preserve">Le patrimoine naturel, support d'un projet de développement du paysage culturel. Le cas de la Loire tourangelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Pin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Chaboche</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Andrieu Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIVème Congrès International de l’Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives (ACAPS), Oct 2011, Rennes, France. pp.281-282</w:t>
+              <w:t xml:space="preserve">Colloque international PATRIMONIALISER LA NATURE : VALEURS ET PROCESSUS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00802489v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00802697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire des zones humides, étude de cas La Riche.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Rialland-Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International du Groupe Histoire des Zones Humides consacré à "Zones Humides et Villes"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01108501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les représentations du risque d'inondation par les habitants de la vallée de la Loire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Rode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Martouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Sajaloli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Sociétés et catastrophes naturelles", Université d'Orléans, Orléans, 30 septembre et 1er octobre 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03074697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wines of the Loire Valley: activating the quality initiatives which would take into account the landscape? Example of vineyards in Touraine (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Verdelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIII International terroir congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Soave, Italie. pp.5-125 à 5-131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00802601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les forêts du Val de Loire : Maillon dans la construction d’un paysage emblématique. Le cas de Bréhémont en Indre et Loire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forêt et paysage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe d'histoire des forêts françaises, Sep 2009, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01144464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">To a development which is compatible with flood risk - Cases of the medium valley of the Loire (France) and the valley of the Meuse (the Netherlands)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Making urban development compatible with flood risk ? The French and Dutch regulation systems and their local involvements. Cases in the valley of the Loire (France) and in the valley of the Meuse (The Netherlands)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Amalric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Bernier</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Twan Brinkhof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Freude am Fluss final conference "Space for the river, space for people?", Panel "Combining Urban development and Flood management</w:t>
+              <w:t xml:space="preserve">Freude am Fluss final conference "Space for the river, space for people?", Panel "Combining Urban development and Flood management"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Nijmegen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00802704v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00802705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Making urban development compatible with flood risk ? The French and Dutch regulation systems and their local involvements. Cases in the valley of the Loire (France) and in the valley of the Meuse (The Netherlands)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Comprendre et évaluer les vulnérabilités liées au risque inondation : la prise en compte des représentations des acteurs. L'exemple du développement urbain dans la vallée de la Loire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Amalric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Serrano</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marie Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Freude am Fluss final conference "Space for the river, space for people?", Panel "Combining Urban development and Flood management"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Nijmegen, Netherlands</w:t>
+              <w:t xml:space="preserve">colloque Vulnérabilités sociales, risque et environnement : comprendre et évaluer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Toulouse, France. 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00802705v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00802667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre et évaluer les vulnérabilités liées au risque inondation : la prise en compte des représentations des acteurs. L'exemple du développement urbain dans la vallée de la Loire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">To a development which is compatible with flood risk - Cases of the medium valley of the Loire (France) and the valley of the Meuse (the Netherlands)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jeuf Spits</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marion Amalric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bernier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">José Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque Vulnérabilités sociales, risque et environnement : comprendre et évaluer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Toulouse, France. 12 p</w:t>
+              <w:t xml:space="preserve">Freude am Fluss final conference "Space for the river, space for people?", Panel "Combining Urban development and Flood management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Nijmegen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00802667v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00802704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flood risk consideration : a new paradigm Urban examples in the middle valley of the Loire (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Louis Yengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Amalric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrieu Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Flood Recovery Innovation and Response (FRIAR) 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, London, United Kingdom. pp 81-90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00802492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The wine country, between landscape and promoting toolThe example of Chinon and Saint-Nicolas-de-Bourgueil vineyards (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Rialland-Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIIe International terroir congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Suisse. pp 727-733</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00802616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paysage et gestion durable en Loire moyenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dynamiques territoriales : des potentialités au développement durable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2007, Fès, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01144475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iconographie et diagnostic paysager : méthodologie et résultats. L’exemple du Val de Loire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Genin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VERS LES PAYSAGES DE DEMAIN : OUTILS ICONOGRAPHIQUES ET RESSOURCES TERRITORIALES. DES REPRÉSENTATIONS À LA VALORISATION.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2006, Clermont Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01099554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La résistance à l'urbanisation de communes du corridor fluvial de la Loire et leurs efforts pour la conservation des paysages (Indre-et-Loire, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Pietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Verdelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les villes au défi du développement durable : quelle maîtrise de l'étalement urbain et des ségrégations associées ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00006277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approches des paysages ligériens en Indre-et-Loire, outils pour la compréhension et la gestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rotary Club</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00006328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche environnementale et paysagère de l'hydrosystème ligérien. Exemple de trois sites de référence en Loire moyenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Gouvernance écologique et environnementale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00006329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transects de paysages et Système d’Information Géographique, des outils pour l’analyse des paysages. Exemple du Val de Loire (Indre-et-Loire)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Viticulture et évolution des paysages en Loire moyenne, Vernou-sur-brenne (Indre-et-Loire, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alain Genin</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Boutin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les rencontres du végétal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2003, Angers, France</w:t>
+              <w:t xml:space="preserve">Colloque international Paysages de Vignes et de Vins à Patrimoine enjeux valorisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2003, Fontevraud, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01099559v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01114759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viticulture et évolution des paysages en Loire moyenne, Vernou-sur-brenne (Indre-et-Loire, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Transects de paysages et Système d’Information Géographique, des outils pour l’analyse des paysages. Exemple du Val de Loire (Indre-et-Loire)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Boutin</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Genin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international Paysages de Vignes et de Vins à Patrimoine enjeux valorisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2003, Fontevraud, France</w:t>
+              <w:t xml:space="preserve">Les rencontres du végétal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2003, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01114759v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01099559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iles, zones humides et lit endigué en milieu urbain : recherches sur les réaffectations et les enjeux de ces espaces à Tours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">semaine de la ville</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00006331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9115,832 +9011,832 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les « sites de référence », une expérience couplant analyse des paysages et de la biodiversité en Loire moyenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enjeux écologiques et sociétaux des hydrosystèmes 20 ans de recherche dans le bassin de la Loire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Orléans (FR), France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04301695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégration de la Trame bleue dans les projets de requalification urbaine de métropoles fluviales (Lyon et Nantes)</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Consequences of fluvial maintenance operations on the biodiversity and landscape in the Mareau-aux-Prés islands (National Reserve of Saint-Mesmin, Loire River, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc M. Villar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Augustin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Chantereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Baltzinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Menanteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence IS Rivers Recherches et actions au service des fleuves et grandes rivières</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Lyon, France. http://www.graie.org/ISRivers/docs/papers/2018/2P244-264SER.pdf, 2018</w:t>
+              <w:t xml:space="preserve">Science and management co-learning to navigate social-ecological issues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Sedgefield, South Africa. pp.1, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01974348v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02608517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consequences of fluvial maintenance operations on the biodiversity and landscape in the Mareau-aux-Prés islands (National Reserve of Saint-Mesmin, Loire River, France)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Integration of Blue Corridors in the urban requalification projects of riverside conurbations (Lyon, Nantes, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Parmentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Riviere-Honegger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Armani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Second Garden Route Interface Meeting, Science and management co-learning to navigate social-ecological issues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Sedgefield, South Africa. 2018</w:t>
+              <w:t xml:space="preserve">IS RIVERS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02736174v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consequences of fluvial maintenance operations on the biodiversity and landscape in the Mareau-aux-Prés islands (National Reserve of Saint-Mesmin, Loire River, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc M. Villar</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Villar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Augustin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Chantereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Augustin</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId215" w:history="1">
+                <w:t xml:space="preserve">Marie Baltzinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Menanteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science and management co-learning to navigate social-ecological issues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Sedgefield, South Africa. pp.1, 2018</w:t>
+              <w:t xml:space="preserve">Second Garden Route Interface Meeting, Science and management co-learning to navigate social-ecological issues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Sedgefield, South Africa. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02608517v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of Blue Corridors in the urban requalification projects of riverside conurbations (Lyon, Nantes, France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Intégration de la Trame bleue dans les projets de requalification urbaine de métropoles fluviales (Lyon et Nantes)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Parmentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Riviere-Honegger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Armani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IS RIVERS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">Conférence IS Rivers Recherches et actions au service des fleuves et grandes rivières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Lyon, France. http://www.graie.org/ISRivers/docs/papers/2018/2P244-264SER.pdf, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02318620v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BioMareau-II (2016-2019). Dynamique de recolonisation de la biodiversité après travaux d'entretien du lit de la Loire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc M. Villar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JBM 2017 : Journées du projet BioMareau 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Mareau-aux-Prés, France. pp.1, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02608512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand la science rencontre l’aménagement : la mise en oeuvre de la trame bleue à Lyon, Strasbourg et Nantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Borderie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Rivière-Honegger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">colloque Inter Zones ateliers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02059504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9950,2174 +9846,2299 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géohistoire des risques et des patrimoines naturels fluviaux&amp;quot;. Dossier, Développement durable et territoires, vol. 5, n°3 | décembre 2014.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Franchomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Sajaloli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03737778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zones humides et littérature : actes de la journée d'étude 2011</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Sajaloli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bertrand Sajaloli et Sylvie Servain- Courant (eds.). Groupe d'histoire des zones humides, 8, pp.142, 2013, Collection Journées d’Étude du Groupe d’Histoire des Zones Humides</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02094680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (18)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restauration écologique des milieux aquatiques : la transaction foncière dans les faits. Études de cas sur le Cher, la Dronne, la Dordogne et la Reyssouze</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">La ZA Loire, observation dans le long terme d’un socio-hydrosystème</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Carcaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Legay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">Montagut Amandine, Montouroy Yves (dir.). </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Ragueneau; Vanessa Lea; Isabelle Charpentier; Claire Tito de Morais; Mathieu Bonnefond. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Action publique foncière et protection des milieux naturels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, 2023, 978-2-7535- 8790-8</w:t>
+              <w:t xml:space="preserve">Zones Ateliers, un réseau de recherches collaboratives, situées et engagées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE Editions, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04909877v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05534946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Restauration écologique des milieux aquatiques : la transaction foncière dans les faits. Études de cas sur le Cher, la Dronne, la Dordogne et la Reyssouze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maylis Desrousseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Le Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Morandi</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Botrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Amandine Montagut; Yves Montouroy. </w:t>
+              <w:t xml:space="preserve">Montagut Amandine, Montouroy Yves (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Action publique foncière et protection des milieux naturels, Une instrumentation territorialisée ?</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.21-34, 2023, 2753587906</w:t>
+              <w:t xml:space="preserve">Action publique foncière et protection des milieux naturels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, 2023, 978-2-7535- 8790-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04246344v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restauration écologique des milieux aquatiques: la transaction foncière dans les faits. Études de cas sur le Cher, la Dronne, la Dordogne et la Reyssouze</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Restauration écologique des milieux aquatiques : la transaction foncière dans les faits. Études de cas sur le Cher, la Dronne, la Dordogne et la Reyssouze</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maylis Desrousseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Morandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Montagut Amandine, Montouroy Yves. </w:t>
+              <w:t xml:space="preserve">Amandine Montagut; Yves Montouroy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Action publique foncière et protection des milieux naturels. Une instrumentation territorialisée ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, 2023</w:t>
+              <w:t xml:space="preserve">Action publique foncière et protection des milieux naturels, Une instrumentation territorialisée ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.21-34, 2023, 2753587906</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05130024v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04246344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tours, la Loire et le Cher</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">Nathalie Carcaud; Gilles Arnaud-Fassetta; Caroline Evain. </w:t>
+                <w:t xml:space="preserve">Restauration écologique des milieux aquatiques: la transaction foncière dans les faits. Études de cas sur le Cher, la Dronne, la Dordogne et la Reyssouze</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bonnefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maylis Desrousseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Le Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Botrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Montagut Amandine, Montouroy Yves. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Villes et rivières de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS EDITIONS, 2019, 978-2-271-11608-6</w:t>
+              <w:t xml:space="preserve">Action publique foncière et protection des milieux naturels. Une instrumentation territorialisée ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02122392v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05130024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La forêt de Chambord. Etude des dynamiques dans et hors des murs depuis le XVIIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géohistoire de l'environnement et des paysages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS éditions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.167-178, 2019, Géohistoire de l’environnement et des paysages, 9782271119209</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02190158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La valorisation des paysages à la rencontre de la prévention des inondations : outils et politiques publiques appliqués aux zones urbaines inondables en Loire moyenne</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">Helga-Jane Scarwell, Guillaume Schmitt, Pierre-Gil Salvador. </w:t>
+                <w:t xml:space="preserve">Tours, la Loire et le Cher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Rodier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nathalie Carcaud; Gilles Arnaud-Fassetta; Caroline Evain. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urbanisme et inondation, outils de réconciliation et de valorisation</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Villes et rivières de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS EDITIONS, 2019, 978-2-271-11608-6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01017473v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02122392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’aménagement des villes et la gestion des risques d’inondation post 1950. L’exemple de la Loire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Scarwell H-J, Schmitt C., Salvador P-G. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urbanisation et inondation : outils de réconciliation et de valorisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, presses du Septentrion, p.95-124, 2014, Environnement et société</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01096656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Architecture et vulnérabilité du bâti en zone inondable dans des communes péri urbaines de Loire moyenne, La Riche (37), Saint-Pryvé-Saint-Mesmin et Olivet (45)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">La valorisation des paysages à la rencontre de la prévention des inondations : outils et politiques publiques appliqués aux zones urbaines inondables en Loire moyenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Jean-Marc Zaninetti (dir.). </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Helga-Jane Scarwell, Guillaume Schmitt, Pierre-Gil Salvador. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les sociétés face aux risques naturels. Articles issus du Colloque Sociétés et catastrophes naturelles [30 septembre et 1er octobre 2010, Orléans]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Urbanisme et inondation, outils de réconciliation et de valorisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires du Septentrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.181-209, 2014, Environnement et société, 978-2-7574-0598-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.septentrion.17390⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01241292v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01017473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement durable, construction intercommunale et planification spatiale stratégique : vers la recherche d'une articulation entre développement économique et préservation de l'environnement ? Les cas de Rennes et de Tours</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">Jean-Paul Carrière, Christophe Demazière, Rodica Petrea, Luminita Filimon. </w:t>
+                <w:t xml:space="preserve">Analyse multicritères de la diversité des espaces verts, approche méthodologique et décryptage fonctionnel : le cas du schéma de cohérence territoriale de Tours (Indre-et-Loire)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Pin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrieu Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Servain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Génin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CTHS. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La mise en œuvre du développement territorial durable : déclinaisons franco-roumaines</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.189-217, 2013, 978-2-343-01281-0</w:t>
+              <w:t xml:space="preserve">Nature et composition urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CTHS, pp.125, 2013, Actes des congrès nationaux des sociétés historiques et scientifiques (édition électronique), 1773-0899</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01339419v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usages et fonctions d'une vallée péri-urbaine, le cas de la vallée de la Choisille (Indre et Loire)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MSH Clermont-Ferrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Au fil de l'eau. Ressources, risques et gestion du Néolithique à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires Blaise Pascal, pp.443-457,, 2013, 978-2-84516-555-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00838324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse multicritères de la diversité des espaces verts, approche méthodologique et décryptage fonctionnel : le cas du schéma de cohérence territoriale de Tours (Indre-et-Loire)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Architecture et vulnérabilité du bâti en zone inondable dans des communes péri urbaines de Loire moyenne, La Riche (37), Saint-Pryvé-Saint-Mesmin et Olivet (45)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">CTHS. </w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Sajaloli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanda Zs­ófia Turczi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Marc Zaninetti (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature et composition urbaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CTHS, pp.125, 2013, Actes des congrès nationaux des sociétés historiques et scientifiques (édition électronique), 1773-0899</w:t>
+              <w:t xml:space="preserve">Les sociétés face aux risques naturels. Articles issus du Colloque Sociétés et catastrophes naturelles [30 septembre et 1er octobre 2010, Orléans]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.69-85, 2013, 978-2-913454-58-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00909570v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01241292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le risque d'inondation, moteur de nouveaux paysages urbains ? Le cas des villes de Loire moyenne (Orléans, Tours)</w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve">Gérard Joly. </w:t>
+                <w:t xml:space="preserve">Développement durable, construction intercommunale et planification spatiale stratégique : vers la recherche d'une articulation entre développement économique et préservation de l'environnement ? Les cas de Rennes et de Tours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Demazière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Nadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Paul Carrière, Christophe Demazière, Rodica Petrea, Luminita Filimon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les paysages de l'eau</w:t>
+              <w:t xml:space="preserve">La mise en œuvre du développement territorial durable : déclinaisons franco-roumaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.35-50, 2012, Actes des congrès nationaux des sociétés historiques et scientifiques (édition électronique), 1773-0899</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.189-217, 2013, 978-2-343-01281-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00747979v2</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01339419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les forêts du Val de Loire : Maillon dans la construction d'un paysage emblématique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forêt et Paysage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Harmattan, p.131-140, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00747980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégies de protection patrimoniale et valorisation touristique des paysages culturels, trois démarches significatives</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Le risque d'inondation, moteur de nouveaux paysages urbains ? Le cas des villes de Loire moyenne (Orléans, Tours)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Sajaloli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gérard Joly. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tourisme et Territoire, sous la dir. de Annie Bleton-Ruget, Nicole Commerçon, Isabelle Lefort, Ed. Institut de recherche du Val de Saône-Mâconnais</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011</w:t>
+              <w:t xml:space="preserve">Les paysages de l'eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CTHS</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.35-50, 2012, Actes des congrès nationaux des sociétés historiques et scientifiques (édition électronique), 1773-0899</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01094601v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00747979v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégies de protection patrimoniale et valorisation touristique des paysages culturels, trois démarches significatives</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Vulnérabilité du bâti en zone inondable dans deux communes péri urbaines, La Riche (37) et Saint-Pryvé-Saint-Mesmin (45)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Sajaloli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Yengue</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanda Zs­ófia Turczi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tourisme et Territoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ed. Institut de recherche du Val de Saône-Mâconnais, p.71-78, 2011</w:t>
+              <w:t xml:space="preserve">actes du Colloque « Sociétés et Catastrophes Naturelles »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00747982v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01144140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vulnérabilité du bâti en zone inondable dans deux communes péri urbaines, La Riche (37) et Saint-Pryvé-Saint-Mesmin (45)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Stratégies de protection patrimoniale et valorisation touristique des paysages culturels, trois démarches significatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Amalric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vanda Zs­ófia Turczi</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Verdelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Yengue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">actes du Colloque « Sociétés et Catastrophes Naturelles »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011</w:t>
+              <w:t xml:space="preserve">Tourisme et Territoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ed. Institut de recherche du Val de Saône-Mâconnais, p.71-78, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01144140v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00747982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ressources patrimoniales et dispositifs touristiques innovants. Le cas de la France et du Portugal à travers deux communes rurales appartenant à des Paysages Culturels UNESCO</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Stratégies de protection patrimoniale et valorisation touristique des paysages culturels, trois démarches significatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Amalric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Servain-Courant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Verdelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Servain</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patrimoine, Héritages et développement rurale en Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, Pp 107- 113, 2010, ISBN 978-26296-12652-7</w:t>
+              <w:t xml:space="preserve">Tourisme et Territoire, sous la dir. de Annie Bleton-Ruget, Nicole Commerçon, Isabelle Lefort, Ed. Institut de recherche du Val de Saône-Mâconnais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00802651v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01094601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution de la gestion et appropriation des forêts alluviales ligériennes : le cas de l'agglomération de Tours (Indre-et-Loire, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Amalric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des milieux aux territoires forestiers, itinéraires biogéographiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Artois Presses Université, p.275-291, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00747983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-00747983v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ressources patrimoniales et dispositifs touristiques innovants. Le cas de la France et du Portugal à travers deux communes rurales appartenant à des Paysages Culturels UNESCO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Verdelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Yengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patrimoine, Héritages et développement rurale en Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, Pp 107- 113, 2010, ISBN 978-26296-12652-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00802651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -12236,77 +12257,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les villes ligérienne, modèle et gradient - Comprendre l'espace par la cartographie, le cas de la ville de Blois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Wisniewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Corbellini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12337,64 +12358,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégies territoriales en ville moyenne : la mobilisation du paysage comme enjeu stratégique de territorialisation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lolita Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain-Courant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, pp. 244-261</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12438,64 +12459,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Larrue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Knoepfel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Amalric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12530,64 +12551,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Loire à Tours : évolution du lit endigué depuis 1850</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12637,64 +12658,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle cohérence nationale des données géographiques des schémas régionaux de cohérence écologiques ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Peytavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12729,90 +12750,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse spatiale et paysages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Yengué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Pietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Verdelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">UMR CITERES. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -13003,51 +13024,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002809v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Davasse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Metzger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Petit-Berghem" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Servain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13fa3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142361v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Robert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335549v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Carcaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gautier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12cbk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03918613v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Calvez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonnefond" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Morandi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.19699" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909946v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cirelli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fournier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.17134" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905592v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/70811" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413687v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Beno&#238;t" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Breton" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Marco Church" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ES-10989-240310" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02284263v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Thaler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Attems" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren Clarke" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gatien-Tournat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.08.306" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318636v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Riviere-Honegger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Armani" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Andrieu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Parmentier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.752" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02903210v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baltzinger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seraphine Grellier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Lebourgeois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/70809" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01834661v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.12163" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522561v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Peytavin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557047v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dournel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Servain-Courant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02284234v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gralepois" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/iste.op.2018.0218" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057687v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Honegger" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326061v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Marius" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Yengu&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17265/2161-6256/2015.08.003" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053809v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Robert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Yengue" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Servain" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09144-0_28" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988456v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Yengu&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093004v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Franchomme" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Sajaloli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10560" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338932v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Serrano" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Demaziere" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Nadou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10295" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01096659v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Pin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Rigot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01259659v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Douvinet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Pallares" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Genre-Grandpierre" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rode" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369245v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.26112" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095187v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.4771" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01096658v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03110042v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Serrano" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rode" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Brevet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Martouzet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Montembault" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017344v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338947v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747973v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rialland" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747974v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Verdelli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802486v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Yengue" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747977v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747978v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garnier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Genin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747975v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Chartier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799288v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dumas" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Motelica-Heino" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Sall&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607212v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001878v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Cognard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316735v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02314639v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522654v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rivi&#232;re-Honegger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02314644v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02085120v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781081v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854361v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974318v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01682015v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01941491v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01899962v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01941487v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086902v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Riviere-Honneger" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608503v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Chevalier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bertrand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S. Braud" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dupr&#233;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875013v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Voisin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875014v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318593v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Parmentier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487158v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474570v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551082v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292829v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Villar" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantereau Michel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Forestier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523078v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Corbellini" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Wisniewski" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794777v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chantereau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382134v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317203v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Graillot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Paran" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091879v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104862v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988455v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802488v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milien Moreau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802706v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Richard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Aubertin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boutin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Chaboche" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Nizinski" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802697v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrieu Andrieu" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802489v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108501v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rialland-Juin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074697v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Martouzet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802601v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144464v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802704v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeuf Spits" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Amalric" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bernier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802705v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Twan Brinkhof" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802667v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802492v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802616v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144475v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099554v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006277v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Pietro" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Verdelli" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Andrieu" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Servain-Courant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006328v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006329v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099559v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114759v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006331v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Genin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301695v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974348v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736174v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Villar" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Augustin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baltzinger" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Menanteau" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608517v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baltzinger" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318620v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608512v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rodrigues" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059504v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Borderie" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737778v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094680v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909877v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Desrousseaux" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Botrel" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246344v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9073/action-publique-fonciere-et-protection-des-milieux-naturels" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130024v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02122392v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rodier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02190158v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/geographie-territoires/geohistoire-de-l-environnement-et-des-paysages/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017473v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.17390" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01096656v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241292v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanda Zs&#173;&#243;fia Turczi" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339419v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demazi&#232;re" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=41016" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838324v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909570v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain G&#233;nin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747979v2" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cths.fr/ed/edition.php?id=6049" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747980v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094601v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747982v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144140v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802651v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747983v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795065v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamed Tebonou" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchaa Boukpessi" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523204v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Corbellini" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959917v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094628v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Larrue" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Knoepfel" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pousset" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006330v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03522467v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210904v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002809v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Davasse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Metzger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Petit-Berghem" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Servain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13fa3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142361v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Robert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03918613v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Calvez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonnefond" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Morandi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.19699" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909946v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cirelli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fournier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.17134" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02284263v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Thaler" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Attems" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren Clarke" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gatien-Tournat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.08.306" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413687v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Beno&#238;t" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Breton" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Marco Church" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ES-10989-240310" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905592v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/70811" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318636v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Riviere-Honegger" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Armani" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Andrieu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Parmentier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.752" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02903210v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baltzinger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seraphine Grellier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Lebourgeois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/70809" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01834661v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.12163" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522561v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Peytavin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557047v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dournel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Servain-Courant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02284234v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gralepois" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/iste.op.2018.0218" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057687v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Honegger" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326061v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Marius" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Yengu&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17265/2161-6256/2015.08.003" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338932v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Serrano" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Demaziere" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Nadou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10295" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053809v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Robert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Yengue" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Servain" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09144-0_28" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988456v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Yengu&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093004v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Franchomme" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Sajaloli" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10560" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01096658v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Douvinet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Pallares" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Genre-Grandpierre" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rode" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01096659v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Pin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Rigot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01259659v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095187v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.4771" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369245v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.26112" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747973v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rialland" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03110042v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Serrano" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rode" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Brevet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Martouzet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Montembault" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017344v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338947v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747974v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Verdelli" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802486v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Yengue" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747977v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747978v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garnier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Genin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747975v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Chartier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799288v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dumas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Motelica-Heino" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Sall&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607212v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001878v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Cognard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316735v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02085120v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522654v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rivi&#232;re-Honegger" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02314639v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02314644v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318593v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Parmentier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875014v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01941491v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01899962v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01941487v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974318v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854361v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781081v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01682015v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086902v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Riviere-Honneger" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608503v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Chevalier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bertrand" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S. Braud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dupr&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875013v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Voisin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487158v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474570v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551082v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292829v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Villar" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantereau Michel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Forestier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523078v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Corbellini" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Wisniewski" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794777v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chantereau" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382134v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317203v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Graillot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Paran" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104862v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091879v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988455v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802488v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milien Moreau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802489v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Richard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Aubertin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boutin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Chaboche" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Nizinski" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802706v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802697v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrieu Andrieu" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108501v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rialland-Juin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074697v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Martouzet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802601v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144464v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802705v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Amalric" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Twan Brinkhof" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802667v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bernier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802704v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeuf Spits" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802492v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802616v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144475v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099554v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006277v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Pietro" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Verdelli" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Andrieu" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Servain-Courant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006328v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006329v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114759v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099559v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006331v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Genin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301695v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608517v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Augustin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baltzinger" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Menanteau" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318620v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736174v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Villar" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baltzinger" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974348v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608512v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rodrigues" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059504v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Borderie" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737778v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094680v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534946v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Carcaud" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Gautier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Legay" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909877v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Desrousseaux" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Botrel" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246344v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9073/action-publique-fonciere-et-protection-des-milieux-naturels" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130024v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02190158v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/geographie-territoires/geohistoire-de-l-environnement-et-des-paysages/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02122392v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rodier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01096656v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017473v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.17390" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909570v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain G&#233;nin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838324v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241292v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanda Zs&#173;&#243;fia Turczi" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339419v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demazi&#232;re" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=41016" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747980v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747979v2" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cths.fr/ed/edition.php?id=6049" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144140v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747982v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094601v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747983v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802651v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795065v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamed Tebonou" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchaa Boukpessi" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523204v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Corbellini" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959917v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094628v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Larrue" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Knoepfel" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pousset" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006330v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03522467v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210904v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>