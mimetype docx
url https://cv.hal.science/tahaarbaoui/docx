--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -383,230 +383,230 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation dirigée par les données des risques et opportunités pour la planification industrielle et commerciale dans l’industrie automobile</w:t>
+                <w:t xml:space="preserve">Green stochastic heterogeneous fleet sizing.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akram Badreddine Laissaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taha Arbaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Hadj-Hamou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Congrès Annuel de la SAGIP, Société d'Automatique de Génie Industriel &amp; de Productique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">The 52nd International Conference on Computers and Industrial Engineering (CIE52)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSA Lyon, Oct 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05405678v1</w:t>
+                <w:t xml:space="preserve">hal-05405681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Green stochastic heterogeneous fleet sizing.</w:t>
+                <w:t xml:space="preserve">Évaluation dirigée par les données des risques et opportunités pour la planification industrielle et commerciale dans l’industrie automobile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akram Badreddine Laissaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taha Arbaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Ladier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Hadj-Hamou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 52nd International Conference on Computers and Industrial Engineering (CIE52)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INSA Lyon, Oct 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">3ème Congrès Annuel de la SAGIP, Société d'Automatique de Génie Industriel &amp; de Productique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05405681v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05405678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planification des ressources humaines dans un atelier textile : Une heuristique pour le flexible job shop avec ressources doubles</w:t>
               </w:r>
@@ -618,51 +618,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Perroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taha Arbaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Hadj-Hamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Merghem-Boulahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1374,217 +1374,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05154923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical models for the flexible job shop scheduling problem with machine availability constraints</w:t>
+                <w:t xml:space="preserve">Solving a textile flexible job-Shop scheduling problem using constraint programming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Perroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taha Arbaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Merghem-Boulahia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Connected Innovation and Technology X.0</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Rabat, Morocco</w:t>
+              <w:t xml:space="preserve">The 50th International Conference on Computers and Industrial Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American University of Sharjah, Oct 2023, Sharjah, United Arab Emirates</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05025329v1</w:t>
+                <w:t xml:space="preserve">hal-05025400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solving a textile flexible job-Shop scheduling problem using constraint programming</w:t>
+                <w:t xml:space="preserve">Mathematical models for the flexible job shop scheduling problem with machine availability constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Perroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taha Arbaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Merghem-Boulahia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 50th International Conference on Computers and Industrial Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American University of Sharjah, Oct 2023, Sharjah, United Arab Emirates</w:t>
+              <w:t xml:space="preserve">International Conference on Connected Innovation and Technology X.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Rabat, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05025400v1</w:t>
+                <w:t xml:space="preserve">hal-05025329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PyScheduling: an Extensible and User-Friendly Python Framework for Scheduling Problems</w:t>
               </w:r>
@@ -2715,243 +2715,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03347923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Mixed Integer Linear Program For Human And Material Resources Optimization In Emergency Department</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Laplanche</w:t>
+                <w:t xml:space="preserve">Minimizing Total Weighted Completion Times for Semi-online Single Machine Scheduling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajar Nouinou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Arbaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Yalaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Modeling, Optimization and Simulation (MOSIM 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Agadir, Morocco</w:t>
+              <w:t xml:space="preserve">10th IFAC CONFERENCE ON MANUFACTURING MODELLING, MANAGEMENT AND CONTROL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Nantes, France. pp.1054-1066</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03026959v1</w:t>
+                <w:t xml:space="preserve">hal-04084540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimizing Total Weighted Completion Times for Semi-online Single Machine Scheduling</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Yalaoui</w:t>
+                <w:t xml:space="preserve">A Mixed Integer Linear Program For Human And Material Resources Optimization In Emergency Department</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibtissem Chouba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Amodeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Yalaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taha Arbaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Laplanche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th IFAC CONFERENCE ON MANUFACTURING MODELLING, MANAGEMENT AND CONTROL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Nantes, France. pp.1054-1066</w:t>
+              <w:t xml:space="preserve">International Conference on Modeling, Optimization and Simulation (MOSIM 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Agadir, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04084540v1</w:t>
+                <w:t xml:space="preserve">hal-03026959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting hospital waiting times using a generalized stochastic petri net model</w:t>
               </w:r>
@@ -6086,131 +6086,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04430053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint energy capacity and production planning optimization in flow-shop systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Melek Rodoplu</w:t>
+                <w:t xml:space="preserve">Optimization of French Hospital Department Activities Using an Efficient Discrete Event Simulation Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibtissem Chouba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taha Arbaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Yalaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Laplanche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Mathematical Modelling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 102, pp.706-725. </w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (19), pp.9498. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apm.2021.09.036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/app12199498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03625150v1</w:t>
+                <w:t xml:space="preserve">hal-04453671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of French Hospital Department Activities Using an Efficient Discrete Event Simulation Model</w:t>
               </w:r>
@@ -6275,210 +6305,180 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Laplanche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (19), pp.9498. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/app12199498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04453671v1</w:t>
+                <w:t xml:space="preserve">hal-04449977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of French Hospital Department Activities Using an Efficient Discrete Event Simulation Model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lionel Amodeo</w:t>
+                <w:t xml:space="preserve">Joint energy capacity and production planning optimization in flow-shop systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melek Rodoplu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taha Arbaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Yalaoui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Mathematical Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 102, pp.706-725. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apm.2021.09.036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/app12199498⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04449977v1</w:t>
+                <w:t xml:space="preserve">hal-03625150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A matheuristic approach for solving a simultaneous lot sizing and scheduling problem with client prioritization in tire industry</w:t>
               </w:r>
@@ -7665,51 +7665,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Perroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taha Arbaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Hadj-Hamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Merghem-Boulahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8433,51 +8433,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510184v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasseda Boukherroub" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Veillette" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Audy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fondrevelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Arbaoui" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-981-96-5890-9_1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-5890-9_1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025245v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Perroux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Merghem-Boulahia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394306442" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405678v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Badreddine Laissaoui" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Ladier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Hadj-Hamou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405681v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025426v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Regazzoni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209619v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousra Farhani" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Benatchba" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3712255.3734364" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811448v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2024.09.125" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04756016v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilhem Slama" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faicel Hnaien" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Ben-Ammar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belgacem Bettayeb" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT62066.2024.10708268" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788957v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Sassone" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Botta-Genoulaz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71739-0_17" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811511v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malak Saiem" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3638530.3664150" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154923v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhwane Boufellouh" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Belkaid" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AFROS62115.2024.11037163" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025329v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025400v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04446994v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Elamine Athmani" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Henni" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Terzi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583133.3596366" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04444476v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Nourmohammadi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masood Fathi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT58514.2023.10284282" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04447024v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583133.3596378" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084653v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nouinou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Arbaoui" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yalaoui" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.10.033" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449983v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Mimene" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Yalaoui" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3512290.3528857" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625414v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Koch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ouazene" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humbert De Brunier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625368v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625167v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Nouinou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Yalaoui" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.08.080" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03260787v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Chouba" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Amodeo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Laplanche" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-73280-6_18" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03347923v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Riyadh Baghdadi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massinissa Merouani" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Hicham Leghettas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Abdous" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026959v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04084540v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625408v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sanchez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02502174v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-41964-6_22" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03320868v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jaunet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2835" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03263315v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2838" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02272328v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blua" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI190723" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625412v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625373v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02493498v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed A. Hamzaoui" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaki Sari" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEA.2019.8715076" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625419v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melek Rodoplu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625420v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02486622v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.08.460" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02486637v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-75420-8_67" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02486608v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Mourad-Chehade" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Chehade" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02486629v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625389v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadeghi Rezvan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Oesterle" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02486614v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEM.2016.7797970" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397216v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Boufflet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Moukrim" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.701" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253887v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Azouni" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059931v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kewei Hu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945539v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917107v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830239v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068102v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dolgui" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2025.111154" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120933v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Yaloui" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2025.115422" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811567v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2024.01.126" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811365v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Autuori" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2024.112122" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04427225v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2023.10.186" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04430088v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-023-05324-3" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04430053v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2023.2217294" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625150v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2021.09.036" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04453671v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12199498" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449977v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04447412v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humbert de Brunier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2022.107932" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03347931v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Hamzaoui" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tre.2020.102204" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625162v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11198980" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03347954v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2021.114735" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625116v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.08.064" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02428550v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.11.085" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02500651v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Blua" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2019.01.044" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02362016v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2019.1683249" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080090v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2019.02.013" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130350v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-015-1832-6" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025456v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880224v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Koch" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeina Najjar" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Kytzia" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Gavrilut" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Miocic" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703229v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Basset" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Carr&#233;-M&#233;n&#233;trier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delam&#233;zi&#232;re" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Iung" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03349712v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Nail" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Rabehi" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Bekhiti" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01273311v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014COMP2167" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510184v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasseda Boukherroub" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Veillette" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Audy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fondrevelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Arbaoui" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-981-96-5890-9_1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-5890-9_1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025245v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Perroux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Merghem-Boulahia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394306442" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405681v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Badreddine Laissaoui" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Hadj-Hamou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405678v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Ladier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025426v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Regazzoni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209619v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousra Farhani" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Benatchba" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3712255.3734364" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811448v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2024.09.125" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04756016v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilhem Slama" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faicel Hnaien" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Ben-Ammar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belgacem Bettayeb" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT62066.2024.10708268" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788957v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Sassone" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Botta-Genoulaz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71739-0_17" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811511v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malak Saiem" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3638530.3664150" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154923v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhwane Boufellouh" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Belkaid" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AFROS62115.2024.11037163" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025400v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025329v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04446994v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Elamine Athmani" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Henni" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Terzi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583133.3596366" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04444476v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Nourmohammadi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masood Fathi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT58514.2023.10284282" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04447024v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583133.3596378" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084653v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nouinou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Arbaoui" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yalaoui" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.10.033" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449983v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Mimene" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Yalaoui" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3512290.3528857" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625414v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Koch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ouazene" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humbert De Brunier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625368v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625167v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Nouinou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Yalaoui" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.08.080" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03260787v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Chouba" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Amodeo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Laplanche" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-73280-6_18" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03347923v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Riyadh Baghdadi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massinissa Merouani" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Hicham Leghettas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Abdous" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04084540v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026959v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625408v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sanchez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02502174v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-41964-6_22" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03320868v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jaunet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2835" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03263315v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2838" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02272328v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blua" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI190723" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625412v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625373v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02493498v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed A. Hamzaoui" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaki Sari" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEA.2019.8715076" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625419v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melek Rodoplu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625420v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02486622v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.08.460" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02486637v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-75420-8_67" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02486608v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Mourad-Chehade" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Chehade" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02486629v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625389v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadeghi Rezvan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Oesterle" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02486614v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEM.2016.7797970" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397216v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Boufflet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Moukrim" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.701" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253887v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Azouni" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059931v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kewei Hu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945539v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917107v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830239v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068102v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dolgui" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2025.111154" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120933v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Yaloui" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2025.115422" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811567v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2024.01.126" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811365v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Autuori" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2024.112122" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04427225v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2023.10.186" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04430088v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-023-05324-3" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04430053v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2023.2217294" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04453671v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12199498" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449977v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625150v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2021.09.036" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04447412v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humbert de Brunier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2022.107932" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03347931v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Hamzaoui" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tre.2020.102204" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625162v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11198980" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03347954v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2021.114735" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03625116v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.08.064" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02428550v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.11.085" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02500651v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Blua" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2019.01.044" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02362016v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2019.1683249" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080090v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2019.02.013" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130350v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-015-1832-6" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025456v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880224v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Koch" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeina Najjar" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Kytzia" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Gavrilut" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Miocic" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703229v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Basset" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Carr&#233;-M&#233;n&#233;trier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delam&#233;zi&#232;re" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Iung" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03349712v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Nail" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Rabehi" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Bekhiti" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01273311v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014COMP2167" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>