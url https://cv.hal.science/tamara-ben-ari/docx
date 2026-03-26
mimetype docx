--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -419,51 +419,51 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Mariette</w:t>
+                <w:t xml:space="preserve">Jerôme Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -830,204 +830,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04803376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Climate change on crop yields - What do we know and how do we know it? On how climate change (should) modify our research activities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing area suitable for diversification crops: an example on soybean in Europe under climate change using machine learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilpart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toshichika Iizumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Third Jack R. Harlan International Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IRD; CIRAD; Agropolis International; Biodiversity International, Sep 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">European Conference on Crop Diversification 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04220096v1</w:t>
+                <w:t xml:space="preserve">hal-03938147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing area suitable for diversification crops: an example on soybean in Europe under climate change using machine learning</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of Climate change on crop yields - What do we know and how do we know it? On how climate change (should) modify our research activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Crop Diversification 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">Third Jack R. Harlan International Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRD; CIRAD; Agropolis International; Biodiversity International, Sep 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03938147v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04220096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effective climate indicators of severe wheat and maize yield loss in France and Spain</w:t>
               </w:r>
@@ -1788,1672 +1788,1672 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérome Mariette</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 19 (5), pp.054008. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1748-9326/ad30a6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04554595v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A call for funding bodies to influence the reduction of environmental impacts in remote scientific fieldwork</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Macfarlane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amy Macfarlane</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+                <w:t xml:space="preserve">Deborah Bozzato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiance Calmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/frsus.2024.1338660⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04460678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La frugalité, un terme un peu radioactif »</w:t>
+                <w:t xml:space="preserve">How research can steer academia towards a low-carbon future</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Dana Diminescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Socio - La nouvelle revue des sciences sociales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/socio.14152⟩</w:t>
+              <w:t xml:space="preserve">Nature Reviews Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42254-023-00633-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04219540v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04219530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How research can steer academia towards a low-carbon future</w:t>
+                <w:t xml:space="preserve">« La frugalité, un terme un peu radioactif »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Berné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Hardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana Diminescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Reviews Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42254-023-00633-9⟩</w:t>
+              <w:t xml:space="preserve">Socio - La nouvelle revue des sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, La frugalité de la recherche, 17, pp.67-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/socio.14152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04219530v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04219540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The carbon footprint of scientiﬁc visibility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Berné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Berné</w:t>
+                <w:t xml:space="preserve">Lydiane Agier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Lellouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 17 (12), pp.124008. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1748-9326/ac9b51⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03864094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An open-source tool to assess the carbon footprint of research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Mariette</w:t>
+                <w:t xml:space="preserve">Jerôme Mariette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Berné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julian Carrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Research: Infrastructure and Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2 (3), pp.035008. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/2634-4505/ac84a4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03796807v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No historical evidence for increased vulnerability of French crop production to climatic hazards</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">When adaptation increases energy demand: A systematic map of the literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Viguié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernhard Schauberger</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
+                <w:t xml:space="preserve">Samuel Juhel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Boé</w:t>
+                <w:t xml:space="preserve">T Ben-Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Ciais</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M Colombert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James D. Ford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2021.108453⟩</w:t>
+              <w:t xml:space="preserve">Environmental Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16 (3), pp.033004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-9326/abc044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03226772v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03286864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Positive but variable effects of crop diversification on biodiversity and ecosystem services</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Verena Seufert</w:t>
+                <w:t xml:space="preserve">No historical evidence for increased vulnerability of French crop production to climatic hazards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernhard Schauberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Makowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Boé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ciais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.15747⟩</w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 306, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2021.108453⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03289109v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03226772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systemic risk and food security. Emerging trends and future avenues for research</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Benoît Daviron</w:t>
+                <w:t xml:space="preserve">Positive but variable effects of crop diversification on biodiversity and ecosystem services</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Beillouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Nesme</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tamara Ben‐ari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Malézieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verena Seufert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Makowski</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Food Security</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 29, pp.100547. </w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (19), pp.4697-4710. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gfs.2021.100547⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/gcb.15747⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03273751v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03289109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extreme lows of wheat production in Brazil</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Systemic risk and food security. Emerging trends and future avenues for research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Finger</w:t>
+                <w:t xml:space="preserve">Antoine Bernard de Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marijn van Der Velde</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
+                <w:t xml:space="preserve">Arlène Alpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Ben Ari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Daviron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Nesme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-9326/ac26f3⟩</w:t>
+              <w:t xml:space="preserve">Global Food Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 29, pp.100547. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gfs.2021.100547⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03386164v1</w:t>
+                <w:t xml:space="preserve">hal-03273751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rice yield stability compared to major food crops in West Africa</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Julien Boé</w:t>
+                <w:t xml:space="preserve">Extreme lows of wheat production in Brazil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rogério de Souza Nóia Júnior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Martre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricio Mendez del Villar</w:t>
+                <w:t xml:space="preserve">Robert Finger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marijn van Der Velde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 16 (12), pp.124005. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-9326/ac343a⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 16 (10), pp.104025. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-9326/ac26f3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03429976v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03386164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When adaptation increases energy demand: A systematic map of the literature</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rice yield stability compared to major food crops in West Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Juhel</w:t>
+                <w:t xml:space="preserve">Mathilde Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Ben-Ari</w:t>
+                <w:t xml:space="preserve">Patrice Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Makowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Boé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Colombert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">James D. Ford</w:t>
+                <w:t xml:space="preserve">Patricio Mendez del Villar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 16 (3), pp.033004. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-9326/abc044⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 16 (12), pp.124005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-9326/ac343a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03286864v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03429976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative synthesis of temperature, CO2, rainfall, and adaptation effects on global crop yields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Marajo-Petitzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben Ari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Agronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 115, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.eja.2020.126041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02903195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erratum: Evidence map of crop diversification strategies at the global scale (2019 Environ. Res. Lett. 14 123001)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Beillouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3472,92 +3472,92 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 15 (1), pp.019601. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1748-9326/ab5ffb⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03191405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence map of crop diversification strategies at the global scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Beillouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3576,96 +3576,96 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 14 (12), pp.123001. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1748-9326/ab4449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02872019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A dataset of meta-analyses on crop diversification at the global scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Beillouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3684,2478 +3684,2478 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Data in Brief</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 24 (4), pp.103898. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.dib.2019.103898⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02866614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Causes and implications of the unforeseen 2016 extreme yield loss in the breadbasket of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Boé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ciais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marijn van Der Velde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 9 (1), pp.1627. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-018-04087-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01806699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yield trends, variability and stagnation analysis of major crops in France over more than a century</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernhard Schauberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomomichi Kato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiromi Kato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8, pp.1-12. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-018-35351-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02620950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lower average yields but similar yield variability in organic versus conventional horticulture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lesur-Dumoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Malézieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Ben Ari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Langlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 37 (5), pp.37-45. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s13593-017-0455-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02624530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the trade-off between high crop yield and low yield instability at the global scale</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Identifying indicators for extreme wheat and maize yield losses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Ben Ari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Adrian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommy Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierluigi Calanca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marijn van Der Velde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 11, </w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 220, pp.130-140. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1748-9326/11/10/104005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2016.01.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05458188v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01531634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying indicators for extreme wheat and maize yield losses</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analysis of the trade-off between high crop yield and low yield instability at the global scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Makowski</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2016.01.009⟩</w:t>
+              <w:t xml:space="preserve">Environmental Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-9326/11/10/104005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01531634v1</w:t>
+                <w:t xml:space="preserve">hal-05458188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating variability in grain legume yields across Europe and the Americas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Cernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Ben Ari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Cernay</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tamara Ben Ari</w:t>
+                <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Meynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/srep11171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01241057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wet climate and transportation routes accelerate spread of human plague</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lei Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lei Xu</w:t>
+                <w:t xml:space="preserve">Leif Chr Stige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leif Chr Stige</w:t>
+                <w:t xml:space="preserve">Kyrre Linné Kausrud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Ben Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuchun Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Proceedings - Royal society. Biological sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 281 (1780), pp.20133159. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1098/rspb.2013.3159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01173308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decomposing global crop yield variability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 9 (11), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1748-9326/9/11/114011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01173346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feeding proteins to livestock: Global land use and food vs. feed competition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Manceron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Dumas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 21 (4), pp.10. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/ocl/2014020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01173309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of Chinese plague foci from long-term epidemiological data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Neerinckx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydiane Agier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Neerinckx</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bernard Cazelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lei Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 109 (21), pp.8196-8201. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.1110585109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02650819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of Chinese plague foci from long-term epidemiological data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Neerinckx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydiane Agier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Neerinckx</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bernard Cazelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lei Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 109 (21), pp.8196-8201. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1110585109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05380312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plague and climate: scales matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Neerinckx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth L Gage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kenneth L Gage</w:t>
+                <w:t xml:space="preserve">Katharina Kreppel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laudisoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 7 (9), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.ppat.1002160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02652553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear effect of climate on plague during the third pandemic in China</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lei Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiyong Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lei Xu</w:t>
+                <w:t xml:space="preserve">Leif Chr Stige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Ben Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiye Fang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 108 (25), pp.10214-10219. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.1019486108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02650818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interannual variability of human plague occurrence in the Western United States explained by tropical and North Pacific Ocean climate variability.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Gershunov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Gershunov</w:t>
+                <w:t xml:space="preserve">Rouyer Tristan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Cazelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth Gage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Tropical Medicine and Hygiene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 83 (3), pp.624-32. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4269/ajtmh.2010.09-0775⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00871028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the epidemiological history of plague in Central Asia: palaeoclimatic forcing on a disease system over the past millennium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyrre Linné Kausrud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mike Begon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Ben Ari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mike Begon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tamara Ben Ari</w:t>
+                <w:t xml:space="preserve">Hildegunn Viljugrein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Esper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 8, 14 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1741-7007-8-112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02662398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human plague in the USA: the importance of regional and local climate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Gershunov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth L Gage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tord Snäll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Ettestad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 4 (6), pp.737-740. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1098/rsbl.2008.0363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02657908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antagonistic selection from predators and pathogens alters food-web structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Edeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asbjørn L. Vøllestad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian J. Winfield</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janice M. Fletcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 105 (50), pp.19792-19796. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.0808011105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">bioemco-00353053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling environmental effects on the size-structured energy flow through marine ecosystems. Part 1: the model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Maury</w:t>
+                <w:t xml:space="preserve">Blaise Faugeras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blaise Faugeras</w:t>
+                <w:t xml:space="preserve">Yunne Jai Shin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Poggiale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Oceanography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 74 (4), pp.479-499</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01186904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling environmental effects on the size-structured energy flow through marine ecosystems. Part 2: Simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunne-Jai Shin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Maury</w:t>
+                <w:t xml:space="preserve">Blaise Faugeras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Ben Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Marsac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Oceanography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 74 (4), pp.500-514</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01186905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6165,91 +6165,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la stabilité de la production agricole mondiale à la décarbonation de la recherche (Labos 1point5)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'environnement. Université Toulouse 3, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04746948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6259,279 +6259,275 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'empreinte carbone d'une unité de recherche en agronomie et sciences humaines et sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Touzard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE; UMR Innovation. 2023, 9 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04360289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Place des agricultures européennes dans le monde à l’horizon 2050 : Entre enjeux climatiques et défis de la sécurité alimentaire mondiale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sur la Responsabilité de l'ESR en ces temps incertains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ragueneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Tibi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Debaeke</w:t>
+                <w:t xml:space="preserve">Xavier Capet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antonio Bispo</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Berné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[0] INRAE. 2020, 144 p</w:t>
+              <w:t xml:space="preserve">[0] Labo1point5. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03170700v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03145453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Place des agricultures européennes dans le monde à l’horizon 2050</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Tibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agneta Forslund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6573,279 +6569,283 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] INRA. 2020, 159 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sur la Responsabilité de l'ESR en ces temps incertains</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Place des agricultures européennes dans le monde à l’horizon 2050 : Entre enjeux climatiques et défis de la sécurité alimentaire mondiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Tibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Debaeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Ben Ari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Ragueneau</w:t>
+                <w:t xml:space="preserve">Annette Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Capet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Olivier Berné</w:t>
+                <w:t xml:space="preserve">Antonio Bispo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[0] Labo1point5. 2020</w:t>
+              <w:t xml:space="preserve">[0] INRAE. 2020, 144 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03145453v1</w:t>
+                <w:t xml:space="preserve">hal-03170700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate Extremes and Their Implications for Impact and Risk Assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chapter 8 - Assessing the France 2016 extreme wheat production loss—Evaluating our operational capacity to predict complex compound events</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/C2017-0-01794-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04220116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6855,117 +6855,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the quality and results of meta-analyses on crop diversification Protocol for systematic review and evidence map</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Beillouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Makoswki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01815485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6975,170 +6975,170 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Creating a sustainable food future. A menu of solutions to sustainably feed more than 9 billion people by 2050. World resources report 2013-14 : interim findings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim Searchinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tim Searchinger</w:t>
+                <w:t xml:space="preserve">Craig Hanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Craig Hanson</w:t>
+                <w:t xml:space="preserve">Janet Ranganathan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Janet Ranganathan</w:t>
+                <w:t xml:space="preserve">Brian Lipinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brian Lipinski</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Richard Waite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Waite</w:t>
-[...14 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">World Resources Institute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 154 p., 2014, 978-1-56973-817-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01129910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId226"/>
+      <w:footerReference w:type="default" r:id="rId225"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7206,51 +7206,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E4632C36"/>
+    <w:nsid w:val="3E9CB97B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7437,51 +7437,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tamara-ben-ari" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7157-7905" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/250368951" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464943v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Ben-Ari" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182706v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Naulleau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Graveline" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ben Mimoun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Koussani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lestrelin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082002v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumont" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mariette" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeanneau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Spiga" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-11656" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04219573v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Beillouin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mal&#233;zieux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Seufert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03184995v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Ben Ari" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04803376v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debaeke" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agneta Forslund" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guyomard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Marajo-Petitzon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schmitt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04220096v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938147v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guilpart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshichika Iizumi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532571v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170046v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Klein" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Calanca" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianni Bellocchi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501437v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Edeline" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Asbj&#248;rn V&#248;llestad" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian J. Winfield" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice M Fletcher" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501434v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian J Winfield" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05362187v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Marquet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bellassen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Guennebaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2025.147017" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885934v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rog&#233;rio de Souza N&#243;ia J&#250;nior" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Deswarte" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cohan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijn van der Velde" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2024.109703" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04554595v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefort" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Mariette" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ad30a6" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460678v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Macfarlane" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Bozzato" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radiance Calmer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frsus.2024.1338660" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04219540v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bern&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hardy" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Saint-Martin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Diminescu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio.14152" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04219530v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42254-023-00633-9" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03864094v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Bern&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Agier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lellouch" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ac9b51" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796807v3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Blanchard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Carrey" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2634-4505/ac84a4" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226772v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Schauberger" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bo&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ciais" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2021.108453" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03289109v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Ben&#8208;ari" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15747" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03273751v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bernard de Raymond" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arl&#232;ne Alpha" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Daviron" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nesme" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gfs.2021.100547" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03386164v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Finger" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijn van Der Velde" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ac26f3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429976v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Duvallet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dumas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Mendez del Villar" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ac343a" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286864v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Vigui&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Juhel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ben-Ari" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Colombert" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James D. Ford" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/abc044" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02903195v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Durand" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2020.126041" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03191405v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ab5ffb" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02872019v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ab4449" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02866614v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2019.103898" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806699v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lecerf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-04087-x" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620950v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomomichi Kato" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiromi Kato" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-35351-1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624530v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lesur-Dumoulin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Langlais" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-017-0455-5" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05458188v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/11/10/104005" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531634v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Adrian" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2016.01.009" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241057v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cernay" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pelzer" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Meynard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep11171" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173308v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Xu" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leif Chr Stige" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyrre Linn&#233; Kausrud" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuchun Wang" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2013.3159" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173346v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/9/11/114011" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173309v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Manceron" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2014020" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650819v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Neerinckx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cazelles" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1110585109" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05380312v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652553v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth L Gage" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Kreppel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laudisoit" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1002160" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650818v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiyong Liu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiye Fang" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1019486108" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871028v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Gershunov" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouyer Tristan" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Gage" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4269/ajtmh.2010.09-0775" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662398v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Begon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hildegunn Viljugrein" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Esper" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1741-7007-8-112" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657908v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tord Sn&#228;ll" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ettestad" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2008.0363" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00353053v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asbj&#248;rn L. V&#248;llestad" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice M. Fletcher" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0808011105" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186904v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maury" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Faugeras" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunne Jai Shin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Poggiale" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186905v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunne-Jai Shin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Marsac" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04746948v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360289v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Touzard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03170700v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette B&#233;rard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bispo" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791523v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145453v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ragueneau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Capet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guillet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04220116v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/C2017-0-01794-9" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815485v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makoswki" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129910v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Searchinger" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Hanson" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Ranganathan" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Lipinski" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Waite" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wri.org/publication/creating-sustainable-food-future-interim-findings" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tamara-ben-ari" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7157-7905" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/250368951" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464943v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Ben-Ari" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182706v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Naulleau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Graveline" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ben Mimoun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Koussani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lestrelin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082002v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumont" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Mariette" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeanneau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Spiga" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-11656" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04219573v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Beillouin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mal&#233;zieux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Seufert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03184995v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Ben Ari" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04803376v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debaeke" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agneta Forslund" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guyomard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Marajo-Petitzon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schmitt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938147v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guilpart" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshichika Iizumi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04220096v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532571v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170046v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Klein" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Calanca" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianni Bellocchi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501437v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Edeline" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Asbj&#248;rn V&#248;llestad" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian J. Winfield" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice M Fletcher" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501434v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian J Winfield" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05362187v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Marquet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bellassen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Guennebaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2025.147017" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885934v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rog&#233;rio de Souza N&#243;ia J&#250;nior" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Deswarte" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cohan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijn van der Velde" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2024.109703" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04554595v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefort" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ad30a6" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460678v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Macfarlane" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Bozzato" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radiance Calmer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frsus.2024.1338660" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04219530v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42254-023-00633-9" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04219540v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bern&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hardy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Saint-Martin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Diminescu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio.14152" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03864094v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Bern&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Agier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lellouch" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ac9b51" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796807v3" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Blanchard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Carrey" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2634-4505/ac84a4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286864v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Vigui&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Juhel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ben-Ari" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Colombert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James D. Ford" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/abc044" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226772v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Schauberger" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bo&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ciais" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2021.108453" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03289109v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Ben&#8208;ari" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15747" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03273751v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bernard de Raymond" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arl&#232;ne Alpha" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Daviron" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nesme" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gfs.2021.100547" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03386164v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Finger" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijn van Der Velde" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ac26f3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429976v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Duvallet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dumas" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Mendez del Villar" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ac343a" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02903195v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Durand" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2020.126041" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03191405v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ab5ffb" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02872019v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ab4449" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02866614v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2019.103898" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806699v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lecerf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-04087-x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620950v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomomichi Kato" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiromi Kato" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-35351-1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624530v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lesur-Dumoulin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Langlais" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-017-0455-5" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531634v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Adrian" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2016.01.009" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05458188v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/11/10/104005" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241057v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cernay" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pelzer" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Meynard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep11171" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173308v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Xu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leif Chr Stige" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyrre Linn&#233; Kausrud" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuchun Wang" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2013.3159" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173346v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/9/11/114011" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173309v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Manceron" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2014020" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650819v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Neerinckx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cazelles" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1110585109" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05380312v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652553v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth L Gage" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Kreppel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laudisoit" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1002160" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650818v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiyong Liu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiye Fang" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1019486108" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871028v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Gershunov" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouyer Tristan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Gage" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4269/ajtmh.2010.09-0775" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662398v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Begon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hildegunn Viljugrein" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Esper" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1741-7007-8-112" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657908v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tord Sn&#228;ll" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ettestad" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2008.0363" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00353053v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asbj&#248;rn L. V&#248;llestad" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice M. Fletcher" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0808011105" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186904v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maury" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Faugeras" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunne Jai Shin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Poggiale" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186905v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunne-Jai Shin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Marsac" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04746948v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360289v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Touzard" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145453v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ragueneau" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Capet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guillet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791523v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03170700v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette B&#233;rard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bispo" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04220116v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/C2017-0-01794-9" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815485v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makoswki" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129910v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Searchinger" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Hanson" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Ranganathan" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Lipinski" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Waite" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wri.org/publication/creating-sustainable-food-future-interim-findings" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>