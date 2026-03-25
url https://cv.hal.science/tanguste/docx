--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1236,51 +1236,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02002968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Hypothermic Cardiac Arrest Treated by Extracorporeal Life Support in a Porcine Model: Does the Rewarming Method Matter?</w:t>
+                <w:t xml:space="preserve">Cardiopulmonary responses during the cooling and the extracorporeal life support rewarming phases in a porcine model of accidental deep hypothermic cardiac arrest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Debaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Maignan</w:t>
@@ -1315,106 +1315,106 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorra Guergour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Academic Emergency Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 23 (6), pp.665-673. </w:t>
+              <w:t xml:space="preserve">Scandinavian Journal of Trauma, Resuscitation and Emergency Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 24 (1), pp.91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/acem.12893⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13049-016-0283-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01880545v1</w:t>
+                <w:t xml:space="preserve">hal-01880538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cardiopulmonary responses during the cooling and the extracorporeal life support rewarming phases in a porcine model of accidental deep hypothermic cardiac arrest</w:t>
+                <w:t xml:space="preserve">Deep Hypothermic Cardiac Arrest Treated by Extracorporeal Life Support in a Porcine Model: Does the Rewarming Method Matter?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Debaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Maignan</w:t>
@@ -1449,82 +1449,82 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorra Guergour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Trauma, Resuscitation and Emergency Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 24 (1), pp.91. </w:t>
+              <w:t xml:space="preserve">Academic Emergency Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 23 (6), pp.665-673. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13049-016-0283-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/acem.12893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01880538v1</w:t>
+                <w:t xml:space="preserve">hal-01880545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of cardiac ischemia/reperfusion on the mitochondria-cytoskeleton interactions.</w:t>
               </w:r>
@@ -1772,1041 +1772,1041 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01800081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon monoxide increases inducible NOS expression that mediates CO-induced myocardial damage during ischemia-reperfusion</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Calcium, a multitasking signaling actor in airway smooth muscle cells, as a target of novel strategies to limit airway disease?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AJP - Heart and Circulatory Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/ajpheart.00702.2014⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphar.2014.00296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01304258v1</w:t>
+                <w:t xml:space="preserve">hal-01880554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcium, a multitasking signaling actor in airway smooth muscle cells, as a target of novel strategies to limit airway disease?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Carbon monoxide increases inducible NOS expression that mediates CO-induced myocardial damage during ischemia-reperfusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Kleindienst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 5, </w:t>
+              <w:t xml:space="preserve">AJP - Heart and Circulatory Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 308 (7), pp.H759-H767. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphar.2014.00296⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1152/ajpheart.00702.2014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01880554v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01304258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exercise-induced cardioprotection: a role for eNOS uncoupling and NO metabolites</w:t>
+                <w:t xml:space="preserve">Detecting variations of blood volume shift due to heart beat from respiratory inductive plethysmography measurements in man</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Farah</w:t>
+                <w:t xml:space="preserve">Julie Fontecave Jallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Kleindienst</w:t>
+                <w:t xml:space="preserve">Benjamin Videlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Bolea</w:t>
+                <w:t xml:space="preserve">Pierre Baconnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Meyer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Gayrard</w:t>
+                <w:t xml:space="preserve">Pascale Calabrese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic Research in Cardiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physiological Measurement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.1085</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01824317v1</w:t>
+                <w:t xml:space="preserve">hal-00852098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequentiality of Daily Life Physiology: An Automatized Segmentation Approach.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exercise-induced cardioprotection: a role for eNOS uncoupling and NO metabolites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Farah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kleindienst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bolea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Fontecave Jallon</w:t>
+                <w:t xml:space="preserve">G. Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Baconnier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Cécile Rongier</w:t>
+                <w:t xml:space="preserve">S. Gayrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biotheoretica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10441-013-9192-6⟩</w:t>
+              <w:t xml:space="preserve">Basic Research in Cardiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 108 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00395-013-0389-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00852095v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01824317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cardiac dysfunction in rats with dietary-induced insulin resistance associated with pharmacologically-induced dyslipidemia.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sequentiality of Daily Life Physiology: An Automatized Segmentation Approach.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Fontecave Jallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Baconnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva Eymaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Claire Toufektsian</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Catherine Ghezzi</w:t>
+                <w:t xml:space="preserve">Cécile Rongier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Pharmaceutical Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2174/138161281939131127122054⟩</w:t>
+              <w:t xml:space="preserve">Acta Biotheoretica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10441-013-9192-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00838267v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00852095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting variations of blood volume shift due to heart beat from respiratory inductive plethysmography measurements in man</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Fontecave Jallon</w:t>
+                <w:t xml:space="preserve">Cardiac dysfunction in rats with dietary-induced insulin resistance associated with pharmacologically-induced dyslipidemia.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Toufektsian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Grauzam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël de Leiris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Videlier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pascale Calabrese</w:t>
+                <w:t xml:space="preserve">Catherine Ghezzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological Measurement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Current Pharmaceutical Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 19 (39), pp.6906-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/138161281939131127122054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00852098v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00838267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diet modulates endogenous thrombin generation, a biological estimate of thrombosis risk, independently of the metabolic status.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Sanchez</w:t>
+                <w:t xml:space="preserve">Impact of dietary selenium intake on cardiac health: experimental approaches and human studies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Grauzam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël de Leiris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjorie Poggi</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/ATVBAHA.112.250332⟩</w:t>
+              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 56 (7), pp.1106-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mnfr.201100766⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00776037v1</w:t>
+                <w:t xml:space="preserve">hal-00776038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of dietary selenium intake on cardiac health: experimental approaches and human studies.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Joël de Leiris</w:t>
+                <w:t xml:space="preserve">Diet modulates endogenous thrombin generation, a biological estimate of thrombosis risk, independently of the metabolic status.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Poggi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Morange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Boucher</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Catherine Defoort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mnfr.201100766⟩</w:t>
+              <w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 32 (10), pp.2394-404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/ATVBAHA.112.250332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00776038v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00776037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">β-Adrenergic receptors desensitization is not involved in exercise-induced cardiac fatigue: NADPH oxidase-induced oxidative stress as a new trigger.</w:t>
               </w:r>
@@ -2965,64 +2965,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andry Rakotovao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Gabrielle Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ghezzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël de Leiris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 55 (4), pp.522-9. </w:t>
@@ -3066,2798 +3066,2798 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00776042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon Monoxide Pollution Promotes Cardiac Remodeling and Ventricular Arrhythmia in Healthy Rats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucas André</w:t>
+                <w:t xml:space="preserve">Carbon monoxide pollution promotes cardiac remodeling and ventricular arrhythmia in healthy rats.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Boissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Reboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago Zalvidea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Respiratory and Critical Care Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 181 (6), pp.587-595. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
+              <w:t xml:space="preserve">, 2010, 181 (6), pp.587-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1164/rccm.200905-0794OC⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01824352v1</w:t>
+                <w:t xml:space="preserve">hal-00688245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon monoxide pollution promotes cardiac remodeling and ventricular arrhythmia in healthy rats.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucas Andre</w:t>
+                <w:t xml:space="preserve">Carbon Monoxide Pollution Promotes Cardiac Remodeling and Ventricular Arrhythmia in Healthy Rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Boissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Reboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago Zalvidea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Respiratory and Critical Care Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 181 (6), pp.587-95. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
+              <w:t xml:space="preserve">, 2010, 181 (6), pp.587-595. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1164/rccm.200905-0794OC⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00688245v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01824352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorylation of connexin-43 at serine 262 promotes a cardiac injury-resistant state.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alteration of endothelium-mediated vasodilator response in the rat hindlimb vasculature consecutive to chronic hypoxic stress: NO and EDHF involvement.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Reboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wattamon Srisakuldee</w:t>
+                <w:t xml:space="preserve">A. Gibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maya M. Jeyaraman</w:t>
+                <w:t xml:space="preserve">Michel Dauzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara E. Nickel</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Obert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cardiovascular Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vascular Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 51 (2-3), pp.154-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vph.2009.05.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/cvr/cvp142⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00776050v1</w:t>
+                <w:t xml:space="preserve">hal-00776048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alteration in left ventricular strains and torsional mechanics after ultralong duration exercise in athletes.</w:t>
+                <w:t xml:space="preserve">Phosphorylation of connexin-43 at serine 262 promotes a cardiac injury-resistant state.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Nottin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Grégory Doucende</w:t>
+                <w:t xml:space="preserve">Wattamon Srisakuldee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iris Schuster</w:t>
+                <w:t xml:space="preserve">Maya M. Jeyaraman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara E. Nickel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michel Dauzat</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhi-Sheng Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation: Cardiovascular Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/CIRCIMAGING.108.811273⟩</w:t>
+              <w:t xml:space="preserve">Cardiovascular Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 83 (4), pp.672-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cvr/cvp142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00776047v1</w:t>
+                <w:t xml:space="preserve">hal-00776050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alteration of endothelium-mediated vasodilator response in the rat hindlimb vasculature consecutive to chronic hypoxic stress: NO and EDHF involvement.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Gibault</w:t>
+                <w:t xml:space="preserve">Alteration in left ventricular strains and torsional mechanics after ultralong duration exercise in athletes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Nottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Doucende</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iris Schuster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dauzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vascular Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vph.2009.05.004⟩</w:t>
+              <w:t xml:space="preserve">Circulation: Cardiovascular Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 2 (4), pp.323-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/CIRCIMAGING.108.811273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00776048v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00776047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acute administration of L-arginine restores nitric oxide-mediated relaxation in isolated pulmonary arteries from pulmonary hypertensive exercise trained rats.</w:t>
+                <w:t xml:space="preserve">Paradoxical effects of endurance training and chronic hypoxia on myofibrillar ATPase activity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Goret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Tanguy</w:t>
+                <w:t xml:space="preserve">Belle Roels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Guiraud</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Carlo Reggiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Reboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Lionne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Iorga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejphar.2007.11.037⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Physiology - Regulatory, Integrative and Comparative Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 294 (6), pp.R1911-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/ajpregu.00210.2006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00776249v1</w:t>
+                <w:t xml:space="preserve">hal-00311705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does selenium exert cardioprotective effects against oxidative stress in myocardial ischemia?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acute administration of L-arginine restores nitric oxide-mediated relaxation in isolated pulmonary arteries from pulmonary hypertensive exercise trained rats.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Moro</w:t>
+                <w:t xml:space="preserve">Lucie Goret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. N. Rakotovao</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isabelle Guiraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Dauzat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Obert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Physiologica Hungarica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 95 (2), pp.187-94. </w:t>
+              <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 581 (1-2), pp.148-56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1556/APhysiol.95.2008.2.3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejphar.2007.11.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00688289v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00776249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paradoxical effects of endurance training and chronic hypoxia on myofibrillar ATPase activity.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Does selenium exert cardioprotective effects against oxidative stress in myocardial ischemia?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlo Reggiani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cyril Reboul</w:t>
+                <w:t xml:space="preserve">François R. Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Gabrielle Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Lionne</w:t>
+                <w:t xml:space="preserve">C. Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Iorga</w:t>
+                <w:t xml:space="preserve">A. N. Rakotovao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physiology - Regulatory, Integrative and Comparative Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 294 (6), pp.R1911-8. </w:t>
+              <w:t xml:space="preserve">Acta Physiologica Hungarica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 95 (2), pp.187-94. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/ajpregu.00210.2006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1556/APhysiol.95.2008.2.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00311705v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00688289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of connexins in controlling cell growth and gene expression.</w:t>
+                <w:t xml:space="preserve">Aortic vasoconstriction related to smooth muscle cells ET-A and ET-B receptors is not involved in hypoxia-induced sustained systemic arterial hypertension in rats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elissavet Kardami</w:t>
+                <w:t xml:space="preserve">J. Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Reboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Goret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xitong Dang</w:t>
+                <w:t xml:space="preserve">Bernard Saïag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dumitru A Iacobas</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Madhumathy Jeyaraman</w:t>
+                <w:t xml:space="preserve">Michel Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pbiomolbio.2007.03.009⟩</w:t>
+              <w:t xml:space="preserve">Vascular Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 47 (4), pp.209-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vph.2007.06.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00776256v1</w:t>
+                <w:t xml:space="preserve">hal-00776251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does nitric oxide contribute to progressive cardiac tissue damage and dysfunction after infarction?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The role of connexins in controlling cell growth and gene expression.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elissavet Kardami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Berthonneche</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Joël de Leiris</w:t>
+                <w:t xml:space="preserve">Xitong Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dumitru A Iacobas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara E Nickel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madhumathy Jeyaraman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antioxidants and Redox Signaling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1089/ars.2007.1561⟩</w:t>
+              <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 94 (1-2), pp.245-64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pbiomolbio.2007.03.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00202229v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00776256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aortic vasoconstriction related to smooth muscle cells ET-A and ET-B receptors is not involved in hypoxia-induced sustained systemic arterial hypertension in rats.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michel Catheline</w:t>
+                <w:t xml:space="preserve">Does nitric oxide contribute to progressive cardiac tissue damage and dysfunction after infarction?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Berthonneche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Toufektsian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ghezzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël de Leiris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vascular Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vph.2007.06.005⟩</w:t>
+              <w:t xml:space="preserve">Antioxidants and Redox Signaling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 9 (6), pp.757-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/ars.2007.1561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00776251v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00202229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comments on Point-Counterpoint &amp;quot;Positive effects of intermittent hypoxia (live high:train low) on exercise performance are/are not mediated primarily by augmented red cell volume&amp;quot;.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril Reboul</w:t>
+                <w:t xml:space="preserve">Protection of endothelial-derived vasorelaxation with cariporide, a sodium-proton exchanger inhibitor, after prolonged hypoxia and hypoxia-reoxygenation: effect of age.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Besse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Huraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/japplphysiol.01156.2005⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 531 (1-3), pp.187-193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejphar.2005.11.059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00776262v1</w:t>
+                <w:t xml:space="preserve">hal-00109697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protection against reactive oxygen species injuries in rat isolated perfused hearts: effect of LPBNAH, a new amphiphilic spin-trap derived from PBN.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chronic exercise does not prevent hypoxia-induced increased aortic sensitivity to endothelin in rats.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Reboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Dauzat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Obert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cardiovascular Drugs and Therapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 20 (2), pp.147-9. </w:t>
+              <w:t xml:space="preserve">Vascular Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 44 (5), pp.333-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10557-006-6754-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.vph.2006.01.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00776258v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00776260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic exercise does not prevent hypoxia-induced increased aortic sensitivity to endothelin in rats.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Comments on Point-Counterpoint &amp;quot;Positive effects of intermittent hypoxia (live high:train low) on exercise performance are/are not mediated primarily by augmented red cell volume&amp;quot;.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Reboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Obert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vascular Pharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 44 (5), pp.333-7. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 100 (1), pp.365-6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.vph.2006.01.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1152/japplphysiol.01156.2005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00776260v1</w:t>
+                <w:t xml:space="preserve">hal-00776262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protection of endothelial-derived vasorelaxation with cariporide, a sodium-proton exchanger inhibitor, after prolonged hypoxia and hypoxia-reoxygenation: effect of age.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Protection against reactive oxygen species injuries in rat isolated perfused hearts: effect of LPBNAH, a new amphiphilic spin-trap derived from PBN.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Besse</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">François Boucher</w:t>
+                <w:t xml:space="preserve">C. Reboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Huraux</w:t>
+                <w:t xml:space="preserve">Ange Polidori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Riou</w:t>
+                <w:t xml:space="preserve">Bernard Pucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 531 (1-3), pp.187-193. </w:t>
+              <w:t xml:space="preserve">Cardiovascular Drugs and Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 20 (2), pp.147-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejphar.2005.11.059⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10557-006-6754-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00109697v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00776258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AT1 receptor blockade prevents cardiac dysfunction after myocardial infarction in rats.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+                <w:t xml:space="preserve">Early pre-diabetic state alters adaptation of myocardial glucose metabolism during ischemia in rats.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Berthonneche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Toufektsian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephen O'Connor</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Herbert</w:t>
+                <w:t xml:space="preserve">Pascale Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cardiovascular Drugs and Therapy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular and Cellular Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 272 (1-2), pp.9-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11010-005-4778-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10557-005-3695-6⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00776267v1</w:t>
+                <w:t xml:space="preserve">hal-00776269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Training does not affect the alteration in pulmonary artery vasoreactivity in pulmonary hypertensive rats.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyril Reboul</w:t>
+                <w:t xml:space="preserve">AT1 receptor blockade prevents cardiac dysfunction after myocardial infarction in rats.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Berthonneche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Sulpice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Tanguy</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stephen O'Connor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Herbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejphar.2005.10.013⟩</w:t>
+              <w:t xml:space="preserve">Cardiovascular Drugs and Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 19 (4), pp.251-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10557-005-3695-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00776264v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00776267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altitude negates the benefits of aerobic training on the vascular adaptations in rats.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Training does not affect the alteration in pulmonary artery vasoreactivity in pulmonary hypertensive rats.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Goret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Reboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dauzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Obert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 527 (1-3), pp.121-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejphar.2005.10.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00776271v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00776264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selenium status as determinant of connexin-43 dephosphorylation in ex vivo ischemic/reperfused rat myocardium.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Corinne Berthonneche</w:t>
+                <w:t xml:space="preserve">Altitude negates the benefits of aerobic training on the vascular adaptations in rats.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Reboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Ducros</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stephane Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Dauzat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Obert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Trace Elements in Medicine and Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 37 (6), pp.979-85</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00776265v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00776271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early pre-diabetic state alters adaptation of myocardial glucose metabolism during ischemia in rats.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+                <w:t xml:space="preserve">Selenium status as determinant of connexin-43 dephosphorylation in ex vivo ischemic/reperfused rat myocardium.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andry Rakotovao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Toufektsian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Berthonneche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Perret</w:t>
+                <w:t xml:space="preserve">Véronique Ducros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Cellular Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 272 (1-2), pp.9-17. </w:t>
+              <w:t xml:space="preserve">Journal of Trace Elements in Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 19 (1), pp.43-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11010-005-4778-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jtemb.2005.07.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00776269v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00776265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preischemic selenium status as a major determinant of myocardial infarct size in vivo in rats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Berthonneche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Toufektsian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel de Lorgeril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5908,77 +5908,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cardioprotection with cariporide, a sodium-proton exchanger inhibitor, after prolonged ischemia and reperfusion in senescent rats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Besse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6067,90 +6067,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dietary selenium intake affects cardiac susceptibility to ischaemia/reperfusion in male senescent rats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Toufektsian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Besse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ducros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël de Leiris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Age and Ageing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 32 (3), pp.273-278</w:t>
@@ -6455,632 +6455,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05045919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-rheology of soluble and adherent small intestinal mucus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mixing-layer hydrodynamics due to travelling contractions along intestinal villi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rohan Vernekar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément de Loubens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dacil Idaira Yanez Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Denis C.D. Roux</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Loverdo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès du Groupe Français de Rhéologie</w:t>
+              <w:t xml:space="preserve">Congrés du Groupe Français de Rhéologie 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04778245v1</w:t>
+                <w:t xml:space="preserve">hal-04778253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlled Mixing Patterns in the Small Intestine Lumen via Coordination of Active Finger-like Microstructures.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Micro-rheology of soluble and adherent small intestinal mucus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dacil Idaira Yanez Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément de Loubens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dacil Idaira Yanez Martin</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sokaina Mozannar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis C.D. Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual European Rheology Conference AERC 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Leeds (Angleterre), United Kingdom</w:t>
+              <w:t xml:space="preserve">Congrès du Groupe Français de Rhéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04778119v1</w:t>
+                <w:t xml:space="preserve">hal-04778245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixing-layer hydrodynamics due to travelling contractions along intestinal villi</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Controlled Mixing Patterns in the Small Intestine Lumen via Coordination of Active Finger-like Microstructures.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément de Loubens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rohan Vernekar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dacil Idaira Yanez Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrés du Groupe Français de Rhéologie 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Marseille, France</w:t>
+              <w:t xml:space="preserve">Annual European Rheology Conference AERC 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Leeds (Angleterre), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04778253v1</w:t>
+                <w:t xml:space="preserve">hal-04778119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging small intestinal motility at macro and micro scales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dacil Idaira Yanez Martin</w:t>
+                <w:t xml:space="preserve">Investigating human defecation by coupling fluid mechanical modeling and X-ray video-defecography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément de Loubens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faisal Ahmad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rohan Vernekar</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Maîtrejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément de Loubens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48th Congress of the Society of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2023, Grenoble, France. pp.S58-S59, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
+              <w:t xml:space="preserve">, Oct 2023, Grenoble, France. pp.S60-S62, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2023.2246304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04272626v1</w:t>
+                <w:t xml:space="preserve">hal-04272594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating human defecation by coupling fluid mechanical modeling and X-ray video-defecography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Imaging small intestinal motility at macro and micro scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dacil Idaira Yanez Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faisal Ahmad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rohan Vernekar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément de Loubens</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48th Congress of the Society of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2023, Grenoble, France. pp.S60-S62, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
+              <w:t xml:space="preserve">, Oct 2023, Grenoble, France. pp.S58-S59, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2023.2246304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04272594v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04272626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an assessment of rectal function by coupling X-ray defecography and fluid mechanical modelling</w:t>
               </w:r>
@@ -7239,64 +7239,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Fontecave-Jallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Baconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 38th Annual International Conference of the IEEE Engineering in Medicine and Biology Society (EMBC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Orlando, France. </w:t>
@@ -7334,64 +7334,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séquentialité et physiologie de la vie quotidienne : tout un 'programme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Baconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Fontecave Jallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7756,51 +7756,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitochondrial ATP-sensitive potassium channels contribute to cardiac remodeling after myocardial infarction in rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Berthonneche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8104,51 +8104,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="60C1CED8"/>
+    <w:nsid w:val="585A9F1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8335,51 +8335,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tanguste" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9532-9145" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/167412590" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/M-5920-2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382981v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohan Vernekar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faisal Ahmad" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Garic" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#225;cil Idaira Y&#225;nez Mart&#237;n" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Loverdo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.10873" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715766v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tanguy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Cambier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Fontana-Pires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Flenet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Eynard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00236772241259857" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815341v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dubreuil" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Magnin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Faucheron" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsfs.2022.0033" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179657v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drissa Sanou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Sawadogo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grauzam" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel de Leiris" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/ijbcs.v13i1.1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271528v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Duhem" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Viglino" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bellier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Descombe" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2019.08.009" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880552v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sagazaga Drissa Sanou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prosper Dabire" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gourounga Raymond Belemtougri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laya Sawadogo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/ijbcs.v11i5.7" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888344v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Boucher" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002968v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sanchez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Achard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grino" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23937/2378-2951/1410097" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880545v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Debaty" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Maignan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Perrin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Brouta" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorra Guergour" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acem.12893" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880538v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13049-016-0283-7" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319637v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafaela Bagur" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Foriel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Grichine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2016.03.009" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01800081v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Kleindienst" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Battault" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Belaidi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rosselin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00395-016-0559-0" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304258v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Meyer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Andr&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Singh" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpheart.00702.2014" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880554v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2014.00296" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824317v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Farah" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kleindienst" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bolea" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Meyer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gayrard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00395-013-0389-2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3WLB453X-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852095v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fontecave Jallon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baconnier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Eymaron" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rongier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10441-013-9192-6" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838267v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Toufektsian" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l de Leiris" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ghezzi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/138161281939131127122054" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852098v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Videlier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Calabrese" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776037v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Poggi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Morange" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Defoort" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Martin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.112.250332" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776038v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boucher" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201100766" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-41WRZ26K-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776041v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vitiello" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boissi&#232;re" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Doucende" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gayrard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Polge" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00449.2011" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776042v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Rakotovao" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Gabrielle Jouan" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201000393" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N3G176L2-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01824352v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Reboul" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Perrier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Zalvidea" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.200905-0794OC" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688245v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Andre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776050v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wattamon Srisakuldee" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya M. Jeyaraman" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara E. Nickel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi-Sheng Jiang" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvp142" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776047v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nottin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Schuster" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dauzat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCIMAGING.108.811273" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776048v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gibault" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Obert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vph.2009.05.004" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F38BTWP2-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776249v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Goret" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guiraud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2007.11.037" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MFBSRZL6-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688289v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois R. Boucher" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moro" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N. Rakotovao" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/APhysiol.95.2008.2.3" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00311705v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belle Roels" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Reggiani" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lionne" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Iorga" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpregu.00210.2006" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776256v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissavet Kardami" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xitong Dang" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumitru A Iacobas" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara E Nickel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhumathy Jeyaraman" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2007.03.009" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202229v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Berthonneche" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ars.2007.1561" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776251v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barbier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sa&#239;ag" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Catheline" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vph.2007.06.005" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D7KHFBHZ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776262v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.01156.2005" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776258v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Durand" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Reboul" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Polidori" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pucci" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10557-006-6754-8" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-X1XKZ4ND-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776260v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vph.2006.01.006" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PNMWXFLH-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109697v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Besse" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Huraux" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Riou" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2005.11.059" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XV60BGSV-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776267v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sulpice" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen O'Connor" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Herbert" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10557-005-3695-6" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-HBBNVDFB-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776264v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Tanguy" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2005.10.013" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q127NP76-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776271v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776265v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ducros" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtemb.2005.07.001" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5KC125HW-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776269v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Morel" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Perret" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11010-005-4778-1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L9NW667Q-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395728v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel de Lorgeril" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/1523086041361631" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776274v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Page" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rozenberg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2004.06.006" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PBXHCJ7X-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776278v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045909v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dacil Idaira Yanez Martin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045919v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokaina Mozannar" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Truong" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis C.D. Roux" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778245v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment de Loubens" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778119v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778253v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272626v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2023.2246304" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272594v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ma&#238;trejean" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774831v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC48229.2022.9871240" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880539v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothe Flenet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fontecave-Jallon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC.2016.7591834" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960699v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Gum&#233;ry" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455003v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Truong" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362491v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Seewooruttun" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Delanaud" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Corona" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bach" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068165v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de Leiris" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156983v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tanguste" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9532-9145" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/167412590" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/M-5920-2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382981v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohan Vernekar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faisal Ahmad" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Garic" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#225;cil Idaira Y&#225;nez Mart&#237;n" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Loverdo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.10873" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715766v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tanguy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Cambier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Fontana-Pires" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Flenet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Eynard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00236772241259857" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815341v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dubreuil" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Magnin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Faucheron" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsfs.2022.0033" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179657v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drissa Sanou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Sawadogo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grauzam" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel de Leiris" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/ijbcs.v13i1.1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271528v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Duhem" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Viglino" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bellier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Descombe" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2019.08.009" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880552v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sagazaga Drissa Sanou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prosper Dabire" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gourounga Raymond Belemtougri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laya Sawadogo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/ijbcs.v11i5.7" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888344v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Boucher" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002968v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sanchez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Achard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grino" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23937/2378-2951/1410097" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880538v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Debaty" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Maignan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Perrin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Brouta" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorra Guergour" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13049-016-0283-7" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880545v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acem.12893" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319637v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafaela Bagur" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Foriel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Grichine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2016.03.009" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01800081v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Kleindienst" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Battault" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Belaidi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rosselin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00395-016-0559-0" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880554v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2014.00296" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304258v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Meyer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Andr&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Singh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpheart.00702.2014" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852098v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fontecave Jallon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Videlier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baconnier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Calabrese" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824317v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Farah" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kleindienst" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bolea" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Meyer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gayrard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00395-013-0389-2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3WLB453X-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852095v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Eymaron" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rongier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10441-013-9192-6" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838267v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Toufektsian" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l de Leiris" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ghezzi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/138161281939131127122054" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776038v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boucher" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201100766" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-41WRZ26K-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776037v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Poggi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Morange" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Defoort" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Martin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.112.250332" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776041v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vitiello" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boissi&#232;re" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Doucende" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gayrard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Polge" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00449.2011" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776042v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Rakotovao" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Gabrielle Jouan" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201000393" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N3G176L2-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688245v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Andre" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Reboul" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Perrier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Zalvidea" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.200905-0794OC" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01824352v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776048v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gibault" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dauzat" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Obert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vph.2009.05.004" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F38BTWP2-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776050v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wattamon Srisakuldee" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya M. Jeyaraman" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara E. Nickel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi-Sheng Jiang" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvp142" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776047v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nottin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Schuster" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCIMAGING.108.811273" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00311705v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belle Roels" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Reggiani" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lionne" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Iorga" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpregu.00210.2006" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776249v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Goret" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guiraud" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2007.11.037" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MFBSRZL6-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688289v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois R. Boucher" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moro" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N. Rakotovao" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/APhysiol.95.2008.2.3" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776251v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barbier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sa&#239;ag" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Catheline" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vph.2007.06.005" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D7KHFBHZ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776256v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissavet Kardami" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xitong Dang" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumitru A Iacobas" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara E Nickel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhumathy Jeyaraman" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2007.03.009" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202229v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Berthonneche" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ars.2007.1561" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109697v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Besse" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Huraux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Riou" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2005.11.059" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XV60BGSV-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776260v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vph.2006.01.006" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PNMWXFLH-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776262v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.01156.2005" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776258v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Durand" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Reboul" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Polidori" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pucci" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10557-006-6754-8" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-X1XKZ4ND-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776269v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Morel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Perret" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11010-005-4778-1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L9NW667Q-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776267v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sulpice" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen O'Connor" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Herbert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10557-005-3695-6" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-HBBNVDFB-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776264v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Tanguy" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2005.10.013" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q127NP76-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776271v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776265v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ducros" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtemb.2005.07.001" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5KC125HW-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395728v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel de Lorgeril" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/1523086041361631" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776274v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Page" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rozenberg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2004.06.006" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PBXHCJ7X-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776278v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045909v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dacil Idaira Yanez Martin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045919v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokaina Mozannar" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Truong" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis C.D. Roux" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778253v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment de Loubens" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778245v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778119v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272594v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ma&#238;trejean" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2023.2246304" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272626v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774831v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC48229.2022.9871240" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880539v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothe Flenet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fontecave-Jallon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC.2016.7591834" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960699v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Gum&#233;ry" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455003v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Truong" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362491v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Seewooruttun" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Delanaud" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Corona" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bach" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068165v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de Leiris" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156983v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>