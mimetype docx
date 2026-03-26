--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,3316 +66,3454 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The responsibility of digital services companies towards minors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanja Petelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Children's Rights in a Digital Era</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Coimbra, Feb 2026, Coimbra (Portugal), Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05545039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regulating Minors’ Digital Activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanja Petelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FAR 2025 - Children and Screens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FAR (French Australian Research), Jun 2025, Sydney (AUSTRALIA), Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05545887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Données agricoles et données de santé : un mariage à arranger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaèle-Jeanne Aubin-Brouté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanja Petelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Serio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les 30 ans du CECOJI – Colloque anniversaire : Santé et végétal, l’homme dans son environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Céline Lageot; Nicolas Binctin; Lisa Pinamonti; Mélissa Parra-Ruiz, Oct 2025, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05536472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les incertitudes de la propriété intellectuelle sous l'angle de la création plurale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanja Petelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6e colloque annuel des Jeunes universitaires spécialisés en propriété intellectuelle : Les incertitudes de la propriété intellectuelle. Quels risques ? Quelles opportunités ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre européen de recherche sur le risque, le droit des accidents collectifs et des catastrophes (CERDACC); Centre d’études internationales de la propriété intellectuelle (CEIPI), Feb 2023, Mulhouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04981682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse juridique du consentement des mineurs dans les univers marchands numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanja Petelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Consentement des mineurs dans les univers marchands numériques : regards interdisciplinaires [Journée d'étude]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d'études et de coopération juridique interdisciplinaire (CECOJI); Centre de recherche en gestion (CEREGE); Université de Poitiers, Jun 2023, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04981764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (32)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'exploitation post mortem par un journal des dessins créés par son salarié : œuvre collective, régime des journalistes et exception d'information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 02, pp.97</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05518790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploitation &amp;lt;i&amp;gt;post mortem&amp;lt;/i&amp;gt; des photographies qualifiées d'œuvres de collaboration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 11, pp.556</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05421284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriété litteraire et artistique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Zollinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vassili Bézier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bougerol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Delayen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 06 (1044)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04573578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La recevabilité de l'action en contrefaçon en matière d'œuvres de collaboration : annonce d'une évolution ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 06, pp.354</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04128293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La majorité numérique en question : Commentaire de la loi du 7 juillet 2023 visant à instaurer une majorité numérique et à lutter contre la haine en ligne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Propriété littéraire et artistique [Chronique rédigée par : Centre d’études et de coopération juridique interdisciplinaire (UR 20418)]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bougerol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gaudrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïté Guillemain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 12, pp.667</w:t>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 6 (1045)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04333221v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propriété littéraire et artistique [Chronique rédigée par : Centre d’études et de coopération juridique interdisciplinaire (UR 20418)]</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Qualification d'œuvre collective en question [Note sous : CA Paris, pôle 5, ch. 1, 21 sept. 2022, n° 20/13834]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, n° 6 (1045)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04011321v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualification d'œuvre collective en question [Note sous : CA Paris, pôle 5, ch. 1, 21 sept. 2022, n° 20/13834]</w:t>
+                <w:t xml:space="preserve">La majorité numérique en question : Commentaire de la loi du 7 juillet 2023 visant à instaurer une majorité numérique et à lutter contre la haine en ligne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, n° 6 (1045)</w:t>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12, pp.667</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04011369v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04333221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeux vidéo/œuvres complexes : une nouvelle méthode de détermination du régime applicable ? [Note sous : CA Paris, pôle 5, ch. 2, 21 oct. 2022, n° 20/15768]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, n° 6 (1045)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04011372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limitation du droit exclusif des producteurs de bases de données par la prise en compte de l'intérêt des utilisateurs et des concurrents [Note sous : CJUE, 5e ch., 3 juin 2021, aff. C-762/19 , « CV-Online Latvia » SIA c/ « Melons » SIA]</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Propriété intellectuelle - Propriété littéraire et artistique - Chronique rédigée par Centre d'études et de coopération juridique interdisciplinaire (UR 21665)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leslie Amrane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bougerol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Delayen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anas Fourka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, n° 31-35 (1280)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03920558v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03886343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propriété intellectuelle - Propriété littéraire et artistique - Chronique rédigée par Centre d'études et de coopération juridique interdisciplinaire (UR 21665)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Limitation du droit exclusif des producteurs de bases de données par la prise en compte de l'intérêt des utilisateurs et des concurrents [Note sous : CJUE, 5e ch., 3 juin 2021, aff. C-762/19 , « CV-Online Latvia » SIA c/ « Melons » SIA]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanja Petelin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, n° 31-35 (1280)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03886343v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03920558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inclusion de la décompilation nécessaire à la correction des erreurs dans l'exception d'utilisation conforme à la destination du logiciel [Notes sous : CJUE, 5e ch., 6 oct. 2021, aff. C-13/20, Top System SA c/ État belge]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, n° 5 (1048)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03920502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriété littéraire et artistique [chronique]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Binctin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bougerol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Chérigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, n° 5 (1048)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03886169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les données des Smart Cities : quels enjeux ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Virot-Landais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit et ville</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Les objectifs du droit de l'urbanisme / La ville à l'heure du défi numérique, N° 93 (1), pp.295-321. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/dv.093.0295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriété littéraire et artistique [chronique]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leslie Amrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Binctin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bougerol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Chérigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, n° 40 (1440)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03886112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exclusion du droit moral du champ d'application de la présomption jurisprudentielle de titularité liée à l'exploitation de l'œuvre [Note sous : CA Paris, pôle 5, ch. 2, 9 oct. 2020, n° 18/27357]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, n° 40 (1440)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03920068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critères d’appréciation de l’originalité des logiciels [Note sous : CA Paris, pôle 5, ch. 2, 28 juin 2019, n° 17/01776]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, n° 31-35 (1326)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03911121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriété littéraire et artistique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leslie Amrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bougerol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Chérigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Delayen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anas Fourka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, n° 31-35 (1326)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03878180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriété littéraire et artistique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bougerol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Chérigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Marchadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, n° 7-8 (1069)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03878076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissipation des confusions entre le droit de propriété matérielle et le droit d'auteur en matière d'œuvre d'art [Note sous : Cass. 1re civ., 16 janv. 2019, n° 18-10.603, ECLI:FR:CCASS:2019:C100030]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, n° 7-8 (1069)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03911069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La détermination de la qualité de coauteur en présence d'un contrat « de collaboration à l'écriture »</w:t>
+                <w:t xml:space="preserve">Conciliation entre le droit d'accès aux documents administratif et le droit d'auteur [Note sous : CE, 10e et 9e ch., 8 nov. 2017, n° 375704, ECLI:FR:CECHR:2017:375704.20171108]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 2, pp.108</w:t>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n° 6 (1063)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02451509v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03910901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obligation de mise en cause des coauteurs lors de l’exercice d’une action en défense du droit moral [Note sous : Cass. 1re civ., 21 mars 2018, n° 17-14.728, ECLI:FR:CCASS:2018:C100310]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, n° 6 (1063)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03910905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conciliation entre le droit d'accès aux documents administratif et le droit d'auteur [Note sous : CE, 10e et 9e ch., 8 nov. 2017, n° 375704, ECLI:FR:CECHR:2017:375704.20171108]</w:t>
+                <w:t xml:space="preserve">La détermination de la qualité de coauteur en présence d'un contrat « de collaboration à l'écriture »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, n° 6 (1063)</w:t>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2, pp.108</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03910901v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02451509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriété littéraire et artistique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bougerol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Delayen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Gacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gaudrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, n° 37 (1418)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03877991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Action en parasitisme en tant que substitut à l’exclusion du champ du droit d’auteur des idées et principes à la base d'un logiciel [Note sous : Cass. 1re civ., 3 mai 2018, n° 16-26.531, ECLI:FR:CCASS:2018:C100452]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, n° 37 (1418)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03910943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriété littéraire et artistique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vassili Bézier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bougerol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Chérigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, n° 6 (1063)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03877940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propriété des supports de reportages photographiques [Note sous : CA Paris, pôle 5, ch. 2, 16 juin 2017, n° 16/04393]</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Propriété littéraire et artistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bougerol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Delayen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gaudrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïté Guillemain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Marchadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, n° 29 (1406)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03910505v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propriété littéraire et artistique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Propriété des supports de reportages photographiques [Note sous : CA Paris, pôle 5, ch. 2, 16 juin 2017, n° 16/04393]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanja Petelin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, n° 29 (1406)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03877891v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03910505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'action d'un coauteur pour la défense de son droit moral : obligation de mise en cause des coauteurs en l'absence d'une contribution individualisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 9, pp.496</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02227475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrefaçon des droits de l’auteur d’un logiciel commise par un des coauteurs [Note sous : Cass. 1re civ, 15 juin 2016, n° 14-29.741 et 15-15.137]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, n° 35 (1457)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03909878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriété littéraire et artistique [chronique]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Binctin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bossan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bougerol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Delayen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, n° 35 (1457)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03877838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indivisibilité entre les coauteurs dans l'action en résiliation des contrats d'exploitation des oeuvres de collaboration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 4, pp.222-225</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02188393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assimilation de fichiers numériques aux supports matériels d’œuvres : réflexion sur les méthodes d'interprétation de la CJUE à partir de l'arrêt VOB du 10 novembre 2016</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Légipresse : l'actualité du droit des médias, de la communication et des réseaux sociaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 345, pp.38-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02183088v1</w:t>
-              </w:r>
-[...263 lines deleted...]
-                <w:t xml:space="preserve">hal-04981764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Context-Aware Classrooms: legal and ethical issues (Deliverable DA.1)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassina El Kechai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Cojean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Univ. Grenoble Alpes. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04753885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3385,127 +3523,127 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La création plurale en droit d’auteur : contribution à l’étude de l’indivision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Petelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gaudrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires juridiques de Poitiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 421 p., 2020, Collection de la Faculté de droit et des sciences sociales de Poitiers. Thèse, 978-2-38194-001-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03774074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId68"/>
+      <w:footerReference w:type="default" r:id="rId70"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3652,51 +3790,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05518790v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Petelin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05421284v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573578v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zollinger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassili B&#233;zier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bougerol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Delayen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04128293v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333221v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011321v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaudrat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Guillemain" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eug&#233;nie Laporte-Legeais" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011369v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011372v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920558v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886343v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Amrane" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Fourka" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920502v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886169v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Binctin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ch&#233;rigny" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971104v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Virot-Landais" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dv.093.0295" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886112v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920068v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911121v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878180v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878076v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Marchadier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911069v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451509v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910905v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910901v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877991v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Gacon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910943v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877940v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910505v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877891v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02227475v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909878v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877838v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bossan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02188393v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183088v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536472v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#232;le-Jeanne Aubin-Brout&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Serio" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981682v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981764v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753885v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessus" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Laurent" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassina El Kechai" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Cojean" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774074v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/la-creation-plurale-en-droit-d-auteur-9782381940014.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545039v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Petelin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545887v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536472v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#232;le-Jeanne Aubin-Brout&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Serio" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981682v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981764v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05518790v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05421284v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573578v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zollinger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassili B&#233;zier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bougerol" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Delayen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04128293v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011321v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaudrat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Guillemain" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eug&#233;nie Laporte-Legeais" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011369v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333221v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011372v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886343v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Amrane" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Fourka" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920558v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920502v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886169v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Binctin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ch&#233;rigny" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971104v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Virot-Landais" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dv.093.0295" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886112v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920068v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911121v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878180v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878076v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Marchadier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911069v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910901v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910905v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451509v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877991v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Gacon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910943v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877940v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877891v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910505v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02227475v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909878v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877838v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bossan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02188393v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183088v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753885v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessus" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Laurent" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassina El Kechai" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Cojean" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774074v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/la-creation-plurale-en-droit-d-auteur-9782381940014.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>