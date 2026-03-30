--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1765,278 +1765,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04075894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Prototype CAE Tool for Mechanical Optimization of Dental CAD/CAM Process for All-ceramic Restoration</w:t>
+                <w:t xml:space="preserve">3D-printed protected face shields for health care workers in Covid-19 pandemic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kyo Shindo</w:t>
+                <w:t xml:space="preserve">Vincent Lemarteleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Morenton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer-Aided Design and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14733/cadaps.2022.426-448⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Infection Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 49 (3), pp.389-391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ajic.2020.08.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04075082v1</w:t>
+                <w:t xml:space="preserve">hal-03249487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D-printed protected face shields for health care workers in Covid-19 pandemic</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Prototype CAE Tool for Mechanical Optimization of Dental CAD/CAM Process for All-ceramic Restoration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Le Goff</w:t>
+                <w:t xml:space="preserve">Kyo Shindo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Morenton</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Vennat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Infection Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 49 (3), pp.389-391. </w:t>
+              <w:t xml:space="preserve">Computer-Aided Design and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19 (3), pp.426-448. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ajic.2020.08.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14733/cadaps.2022.426-448⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03249487v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04075082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Milling Tool and Prosthetic Materials on Roughness of the Dental CAD CAM Prostheses in End Milling Mode</w:t>
               </w:r>
@@ -2332,362 +2332,384 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01995211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les dispersions de données dans les chaînes de CFAO</w:t>
+                <w:t xml:space="preserve">Evaluation of the marginal fit of CAD-CAM zirconia copings: Comparison of 2D and 3D measurement methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Boitelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pierre Tapie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardin Mawussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fromentin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomatériaux Cliniques Dentaires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Journal of Prosthetic Dentistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 119 (1), pp.75 - 81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prosdent.2017.01.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02090719v1</w:t>
+                <w:t xml:space="preserve">hal-01677658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding dental CAD/CAM for restorations--dental milling machines from a mechanical engineering viewpoint. Part B: labside milling machines.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Attal</w:t>
+                <w:t xml:space="preserve">Les dispersions de données dans les chaînes de CFAO. Partie 2 – Fonctionnement des différents maillons des chaînes de CFAO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boitelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardin Mawussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Computerized Dentistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, pp.115-34</w:t>
+              <w:t xml:space="preserve">Biomatériaux Cliniques Dentaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01677663v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02090705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’impression 3D, Partie 4 : Le dépôt de fil</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Tapie</w:t>
+                <w:t xml:space="preserve">Understanding dental CAD/CAM for restorations--dental milling machines from a mechanical engineering viewpoint. Part B: labside milling machines.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pierre Tapie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Duret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Attal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomatériaux Cliniques Dentaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 3 (1)</w:t>
+              <w:t xml:space="preserve">International Journal of Computerized Dentistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.115-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02090716v1</w:t>
+                <w:t xml:space="preserve">hal-01677663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les dispersions de données dans les chaînes de CFAO. Partie 2 – Fonctionnement des différents maillons des chaînes de CFAO</w:t>
+                <w:t xml:space="preserve">Les dispersions de données dans les chaînes de CFAO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Boitelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fromentin</w:t>
@@ -2709,186 +2731,164 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomatériaux Cliniques Dentaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 3 (2)</w:t>
+              <w:t xml:space="preserve">, 2018, 3 (1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02090705v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02090719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the marginal fit of CAD-CAM zirconia copings: Comparison of 2D and 3D measurement methods</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Olivier Fromentin</w:t>
+                <w:t xml:space="preserve">L’impression 3D, Partie 4 : Le dépôt de fil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Dupagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Prosthetic Dentistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biomatériaux Cliniques Dentaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.prosdent.2017.01.026⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01677658v1</w:t>
+                <w:t xml:space="preserve">hal-02090716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the twist of ruled surfaces. Application to strip machining.</w:t>
               </w:r>
@@ -3017,51 +3017,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’impression 3D, Partie 3 : La stéréolithographie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Dupagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3093,165 +3093,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02090725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’impression 3D, Partie 2 : Principes communs de mise en oeuvre des procédés additifs : intégration dans un flux numérique</w:t>
+                <w:t xml:space="preserve">L’impression 3D, Partie 1 : Définitions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomatériaux Cliniques Dentaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 1 (2)</w:t>
+              <w:t xml:space="preserve">, 2016, 1 (1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02090737v1</w:t>
+                <w:t xml:space="preserve">hal-02090745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’impression 3D, Partie 1 : Définitions</w:t>
+                <w:t xml:space="preserve">L’impression 3D, Partie 2 : Principes communs de mise en oeuvre des procédés additifs : intégration dans un flux numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomatériaux Cliniques Dentaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 1 (1)</w:t>
+              <w:t xml:space="preserve">, 2016, 1 (2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02090745v1</w:t>
+                <w:t xml:space="preserve">hal-02090737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding dental CAD/CAM for restorations: dental milling machines from a mechanical engineering viewpoint Part A : Chairside milling machines</w:t>
               </w:r>
@@ -3466,185 +3466,185 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La chaîne numérique en CFAO dentaire - Structuration de la chaîne de production en prothèse conjointe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Attal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réalités Cliniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 26 (4), pp.263-273</w:t>
+              <w:t xml:space="preserve">, 2015, 26 (4)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04168907v1</w:t>
+                <w:t xml:space="preserve">hal-02090754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La chaîne numérique en CFAO dentaire - Structuration de la chaîne de production en prothèse conjointe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lebon Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Attal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réalités Cliniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 26 (4)</w:t>
+              <w:t xml:space="preserve">, 2015, 26 (4), pp.263-273</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02090754v1</w:t>
+                <w:t xml:space="preserve">hal-04168907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding dental CAD/CAM for restorations-accuracy from a mechanical engineering viewpoint.</w:t>
               </w:r>
@@ -3682,51 +3682,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardin Mawussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Fron-Chabouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Computerized Dentistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 18 (4), pp.343-367</w:t>
@@ -3749,168 +3749,172 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02090678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding dental CAD/CAM for restorations - the digital workflow from a mechanical engineering viewpoint</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of CAD/CAM tool and material on tool wear and roughness of dental prostheses after milling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lebon Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lebon Nicolas</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Vennat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardin Mawussi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Computerized Dentistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Prosthetic Dentistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 114 (2), pp.236-247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prosdent.2014.12.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01122695v1</w:t>
+                <w:t xml:space="preserve">hal-01149510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le flux numérique en CFAO dentaire pour la prothèse conjointe - Structuration et manipulation des données numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3939,661 +3943,657 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réalités Cliniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 26 (4)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02090753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of CAD/CAM tool and material on tool wear and roughness of dental prostheses after milling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Understanding dental CAD/CAM for restorations - the digital workflow from a mechanical engineering viewpoint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tapie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lebon Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardin Mawussi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Fron Chabouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Attal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Prosthetic Dentistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Computerized Dentistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8 (1), pp.21-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.prosdent.2014.12.021⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01149510v1</w:t>
+                <w:t xml:space="preserve">hal-01122695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Systematic Review of CAD/CAM fit restoration evaluations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernardin Mawussi</w:t>
+                <w:t xml:space="preserve">Les matériaux usinables en dentisterie restauratrice et en prothèse fixée - Guide pratique synthétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marniquet Solène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Fron Chabouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Fromentin</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Attal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Oral Rehabilitation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Information Dentaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 96 (20), pp.59-64</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01001737v1</w:t>
+                <w:t xml:space="preserve">hal-01001756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les matériaux usinables en dentisterie restauratrice et en prothèse fixée - Guide pratique synthétique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Fron Chabouis</w:t>
+                <w:t xml:space="preserve">A Systematic Review of CAD/CAM fit restoration evaluations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boitelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardin Mawussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Attal</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fromentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Information Dentaire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Oral Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 41 (11), pp.853-874. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joor.12205⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01001756v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01001737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation de l'adaptation des restaurations prothétiques fixées réalisées par CFAO et facteurs de variation : revue de littérature</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Fromentin</w:t>
+                <w:t xml:space="preserve">Machining of complex-shaped parts with guidance curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardin Mawussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Elsa Vennat</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Rubio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Furet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers de prothèse</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 69 (5), pp.1499-1509. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00170-013-5120-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00804219v1</w:t>
+                <w:t xml:space="preserve">hal-00840882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machining of complex-shaped parts with guidance curves</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Évaluation de l'adaptation des restaurations prothétiques fixées réalisées par CFAO et facteurs de variation : revue de littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boitelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardin Mawussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Benoît Furet</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Vennat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les Cahiers de prothèse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 161, http://www.editionscdp.fr/consultation/sommaire.php?acronyme=cdp</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00170-013-5120-9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00840882v1</w:t>
+                <w:t xml:space="preserve">hal-00804219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topological model for machining of parts with complex shapes</w:t>
               </w:r>
@@ -5415,90 +5415,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude mécanique de la dent restaurée par une approche numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyo Shindo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Vennat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Morenton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5534,385 +5534,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01714342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement mécanique d'un assemblage prothétique dentaire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">Comportement mécanique d'un Assemblage Prothétique Dentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyo Shindo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Vennat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Morenton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norman Chiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22 ème Congrès Français de Mécanique </w:t>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01714189v1</w:t>
+                <w:t xml:space="preserve">hal-03446122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement mécanique d'un Assemblage Prothétique Dentaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kyo Shindo</w:t>
+                <w:t xml:space="preserve">Influence de l'orientation outil/matiere sur l'integrite de surface des biomateriaux dentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Vennat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardin Mawussi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03446122v1</w:t>
+                <w:t xml:space="preserve">hal-03446087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de l'orientation outil/matiere sur l'integrite de surface des biomateriaux dentaires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Lebon</w:t>
+                <w:t xml:space="preserve">Comportement mécanique d'un assemblage prothétique dentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyo Shindo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Vennat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Morenton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norman Chiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+              <w:t xml:space="preserve">22 ème Congrès Français de Mécanique </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03446087v1</w:t>
+                <w:t xml:space="preserve">hal-01714189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de l’espacement de chapes en zircone réalisées par procédé CFAO : une étude pilote</w:t>
               </w:r>
@@ -7266,51 +7266,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impression 3D dans la simulation en santé - Enjeux en centre de simulation universitaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lemarteleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7500,51 +7500,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyo Shindo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les techniques de l'ingénieur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.MED7310, 2019, Biomédical - Pharma, Technologies biomédicales, </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8415,51 +8415,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0AE23F5E"/>
+    <w:nsid w:val="85BD17E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8646,51 +8646,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tapie" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6857-441X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/12136867X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462344v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Valtaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Arfi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tapie" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Sandoz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Persohn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/edt.70052" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946721v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebon Nicolas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10266-025-01066-9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589012v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arfi Yohan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Aur&#233;lie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tapie Laurent" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandoz Baptiste" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Persohn Sylvain" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/edt.12968" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414763v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fouquet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoline Larsen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Constance Stchepinsky" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Vennat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Benoit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2024.106409" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075907v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Pacquet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardin Mawussi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boitelle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075784v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Dupagne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e13235" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075845v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prosdent.2021.05.024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075791v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Farin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Ceccaldi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Derisbourg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Desseauve" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejogrb.2022.11.015" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075802v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman Chiche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21681163.2022.2092033" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075797v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Denneulin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rignon-Bret" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Ravalec" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bouter" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11607/ijp.7332" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075787v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lebon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prosdent.2021.02.005" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075873v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst11050559" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075894v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075082v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyo Shindo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schmitt" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14733/cadaps.2022.426-448" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249487v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lemarteleur" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Goff" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Morenton" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajic.2020.08.005" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554134v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pierre Tapie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10072238" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090698v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Attal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995211v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14733/cadaps.2019.894-903" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090719v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fromentin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677663v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Duret" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090716v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090705v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677658v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prosdent.2017.01.026" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-01940476v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Senatore" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Monies" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Rubio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMR.2018.10008390" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090725v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090737v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090745v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296956v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Duret" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296952v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168907v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090754v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090678v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fron-Chabouis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122695v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fron Chabouis" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090753v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149510v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prosdent.2014.12.021" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SLTF1HR3-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001737v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joor.12205" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DR0GR84N-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001756v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marniquet Sol&#232;ne" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00804219v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840882v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Furet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-013-5120-9" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713457v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwamiwi Mawussi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bernard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594853v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2011.02.016" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422388v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Anselmetti" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmachtools.2006.06.021" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075866v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192735v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090809v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090786v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090780v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714342v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714189v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446122v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446087v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090854v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001769v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001757v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001768v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mons Pierre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dantin Benoit" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chevassus Nicolas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Luc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001766v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mathieu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422387v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422385v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422399v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422401v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422403v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422405v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090840v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Wulfman" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Margaux Collignon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakubowicz Boris" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Derbanne" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zamansky Bruno" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090801v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00784-015-1486-4" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075840v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Plaisance" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-med7307" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075958v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-med7320" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090762v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-med7310" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422394v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090828v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090832v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laly C" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090845v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00254941v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02090410v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994455v2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tapie" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6857-441X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/12136867X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462344v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Valtaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Arfi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tapie" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Sandoz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Persohn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/edt.70052" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946721v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebon Nicolas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10266-025-01066-9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589012v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arfi Yohan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Aur&#233;lie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tapie Laurent" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandoz Baptiste" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Persohn Sylvain" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/edt.12968" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414763v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fouquet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoline Larsen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Constance Stchepinsky" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Vennat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Benoit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2024.106409" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075907v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Pacquet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardin Mawussi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boitelle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075784v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Dupagne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e13235" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075845v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prosdent.2021.05.024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075791v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Farin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Ceccaldi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Derisbourg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Desseauve" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejogrb.2022.11.015" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075802v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman Chiche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21681163.2022.2092033" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075797v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Denneulin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rignon-Bret" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Ravalec" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bouter" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11607/ijp.7332" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075787v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lebon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prosdent.2021.02.005" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075873v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst11050559" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075894v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249487v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lemarteleur" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Goff" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Morenton" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajic.2020.08.005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075082v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyo Shindo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schmitt" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14733/cadaps.2022.426-448" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554134v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pierre Tapie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10072238" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090698v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Attal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995211v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14733/cadaps.2019.894-903" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677658v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fromentin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prosdent.2017.01.026" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090705v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677663v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Duret" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090719v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090716v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-01940476v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Senatore" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Monies" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Rubio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMR.2018.10008390" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090725v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090745v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090737v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296956v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Duret" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296952v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090754v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168907v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090678v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fron-Chabouis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149510v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prosdent.2014.12.021" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SLTF1HR3-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090753v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122695v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fron Chabouis" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001756v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marniquet Sol&#232;ne" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001737v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joor.12205" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DR0GR84N-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840882v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Furet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-013-5120-9" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00804219v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713457v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwamiwi Mawussi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bernard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594853v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2011.02.016" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422388v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Anselmetti" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmachtools.2006.06.021" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075866v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192735v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090809v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090786v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090780v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714342v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446122v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446087v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714189v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090854v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001769v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001757v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001768v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mons Pierre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dantin Benoit" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chevassus Nicolas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Luc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001766v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mathieu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422387v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422385v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422399v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422401v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422403v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422405v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090840v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Wulfman" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Margaux Collignon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakubowicz Boris" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Derbanne" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zamansky Bruno" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090801v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00784-015-1486-4" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075840v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Plaisance" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-med7307" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075958v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-med7320" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090762v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-med7310" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422394v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090828v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090832v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laly C" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090845v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00254941v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02090410v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994455v2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>