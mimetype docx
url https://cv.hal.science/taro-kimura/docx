--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -293,265 +293,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05223701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Defects in $A$-type Little String Theories</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Filoche</w:t>
+                <w:t xml:space="preserve">Gauge origami and quiver W-algebras III: Donaldson-Thomas $qq$-characters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Taro Kimura</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Go Noshita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 07, pp.004. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/JHEP07(2025)004⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 2025 (3), pp.50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/JHEP03(2025)050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04850306v1</w:t>
+                <w:t xml:space="preserve">hal-04767059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gauge origami and quiver W-algebras III: Donaldson-Thomas $qq$-characters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Surface Defects in $A$-type Little String Theories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Filoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Hohenegger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Go Noshita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 2025 (3), pp.50. </w:t>
+              <w:t xml:space="preserve">, 2025, 07, pp.004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/JHEP03(2025)050⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/JHEP07(2025)004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04767059v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04850306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seiberg-Witten curves of $\widehat{D}$-type Little Strings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Filoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Hohenegger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -676,64 +676,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-perturbative Symmetries of Little Strings and Affine Quiver Algebras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Filoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Hohenegger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1229,209 +1229,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04197470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Double Quiver Gauge Theory and BPS/CFT Correspondence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Scale dependence of the Kondo interaction in the functional renormalization group formalism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Fejős</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zsolt Szép</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symmetry, Integrability and Geometry : Methods and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3842/SIGMA.2023.039⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108 (16), pp.165147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.165147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197447v1</w:t>
+                <w:t xml:space="preserve">hal-04197468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scale dependence of the Kondo interaction in the functional renormalization group formalism</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Double Quiver Gauge Theory and BPS/CFT Correspondence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zsolt Szép</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 108 (16), pp.165147. </w:t>
+              <w:t xml:space="preserve">Symmetry, Integrability and Geometry : Methods and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19, pp.039. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.165147⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3842/SIGMA.2023.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04197468v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04197447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Defect in Gauge Theory and Quantum Hall States</w:t>
               </w:r>
@@ -1671,1418 +1671,1418 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03959593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classical group matrix models and universal criticality</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Boundary condition analysis of first and second order topological insulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Souradeep Purkayastha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 2022 (9), pp.163. </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (48), pp.485001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/JHEP09(2022)163⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-648X/ac9815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03898080v1</w:t>
+                <w:t xml:space="preserve">hal-03898705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virasoro constraint for Uglov matrix model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Classical group matrix models and universal criticality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taro Kimura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Osama Khlaif</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Taro Kimura</w:t>
+                <w:t xml:space="preserve">Souradeep Purkayastha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 04, pp.29 (2022). </w:t>
+              <w:t xml:space="preserve">, 2022, 2022 (9), pp.163. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/JHEP04(2022)029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/JHEP09(2022)163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03551581v1</w:t>
+                <w:t xml:space="preserve">hal-03898080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boundary condition analysis of first and second order topological insulators</w:t>
+                <w:t xml:space="preserve">Virasoro constraint for Uglov matrix model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xi Wu</w:t>
+                <w:t xml:space="preserve">Osama Khlaif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 34 (48), pp.485001. </w:t>
+              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 04, pp.29 (2022). </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-648X/ac9815⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/JHEP04(2022)029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03898705v1</w:t>
+                <w:t xml:space="preserve">hal-03551581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bethe/Gauge Correspondence for SO/Sp Gauge Theories and Open Spin Chains</w:t>
+                <w:t xml:space="preserve">Branes, quivers and wave-functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rui-Dong Zhu</w:t>
+                <w:t xml:space="preserve">Miłosz Panfil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuji Sugimoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Sułkowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/JHEP03(2021)227⟩</w:t>
+              <w:t xml:space="preserve">SciPost Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (2), pp.051. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21468/SciPostPhys.10.2.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03115858v1</w:t>
+                <w:t xml:space="preserve">hal-03047619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intersecting defects and supergroup gauge theory</w:t>
+                <w:t xml:space="preserve">Bethe/Gauge Correspondence for SO/Sp Gauge Theories and Open Spin Chains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabrizio Nieri</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rui-Dong Zhu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 03, pp.227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/JHEP03(2021)227⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1751-8121/ac2716⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03467652v1</w:t>
+                <w:t xml:space="preserve">hal-03115858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hall and Spin Hall Viscosity in 2d Topological Systems</w:t>
+                <w:t xml:space="preserve">Intersecting defects and supergroup gauge theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Nieri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J.Phys.Soc.Jap.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7566/JPSJ.90.064705⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 54 (43), pp.435401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1751-8121/ac2716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03235752v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03467652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unitary matrix models and random partitions: Universality and multi-criticality</w:t>
+                <w:t xml:space="preserve">Hall and Spin Hall Viscosity in 2d Topological Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ali Zahabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/JHEP07(2021)100⟩</w:t>
+              <w:t xml:space="preserve">J.Phys.Soc.Jap.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 90 (6), pp.064705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7566/JPSJ.90.064705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03229411v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03235752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Universal edge scaling in random partitions</w:t>
+                <w:t xml:space="preserve">Unitary matrix models and random partitions: Universality and multi-criticality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Zahabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Letters in Mathematical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11005-021-01389-y⟩</w:t>
+              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 07, pp.100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/JHEP07(2021)100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03229406v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03229411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ABCD of Kondo effect</w:t>
+                <w:t xml:space="preserve">Universal edge scaling in random partitions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Zahabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J.Phys.Soc.Jap.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7566/JPSJ.90.024708⟩</w:t>
+              <w:t xml:space="preserve">Letters in Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 111 (2), pp.48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11005-021-01389-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03047659v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03229406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Branes, quivers and wave-functions</w:t>
+                <w:t xml:space="preserve">ABCD of Kondo effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Piotr Sułkowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SciPost Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10 (2), pp.051. </w:t>
+              <w:t xml:space="preserve">J.Phys.Soc.Jap.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 90 (2), pp.024708. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21468/SciPostPhys.10.2.051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7566/JPSJ.90.024708⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03047619v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03047659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partition functions of N=1 gauge theories on ${S}^2$ × $\mathbb{R}_ε^2$ and duality</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantum Integrable Systems from Supergroup Gauge Theories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heng-Yu Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Peng Zhao</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norton Lee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Modern Physics A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/S0217751X20502073⟩</w:t>
+              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 09, pp.104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/JHEP09(2020)104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03046726v1</w:t>
+                <w:t xml:space="preserve">hal-02542867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Elliptic Calogero-Moser Systems from Gauge Origami</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Heng-Yu Chen</w:t>
+                <w:t xml:space="preserve">Topological Vertex/anti-Vertex and Supergroup Gauge Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Norton Lee</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuji Sugimoto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 02, pp.108. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/JHEP02(2020)108⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 04, pp.081. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/JHEP04(2020)081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02448747v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02467314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating over quiver variety and BPS/CFT correspondence</w:t>
+                <w:t xml:space="preserve">Partition functions of N=1 gauge theories on ${S}^2$ × $\mathbb{R}_ε^2$ and duality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Nian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peng Zhao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Letters in Mathematical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 110, pp.1237-1255. </w:t>
+              <w:t xml:space="preserve">International Journal of Modern Physics A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 35 (33), pp.2050207. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11005-020-01261-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1142/S0217751X20502073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02521689v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03046726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Integrable Systems from Supergroup Gauge Theories</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Quantum Elliptic Calogero-Moser Systems from Gauge Origami</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heng-Yu Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norton Lee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 09, pp.104. </w:t>
+              <w:t xml:space="preserve">, 2020, 02, pp.108. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/JHEP09(2020)104⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/JHEP02(2020)108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02542867v1</w:t>
+                <w:t xml:space="preserve">hal-02448747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topological Vertex/anti-Vertex and Supergroup Gauge Theory</w:t>
+                <w:t xml:space="preserve">Integrating over quiver variety and BPS/CFT correspondence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yuji Sugimoto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 04, pp.081. </w:t>
+              <w:t xml:space="preserve">Letters in Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 110, pp.1237-1255. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/JHEP04(2020)081⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11005-020-01261-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02467314v1</w:t>
+                <w:t xml:space="preserve">hal-02521689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boundary conditions of Weyl semimetals</w:t>
               </w:r>
@@ -3094,51 +3094,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koji Hashimoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xi Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress of Theoretical and Experimental Physics [PTEP]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 2019 (2), pp.029201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3185,51 +3185,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Web construction of ABCDEFG and affine quiver gauge theories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rui-Dong Zhu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 2019 (9), pp.025. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3276,51 +3276,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum mirror curve of periodic chain geometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuji Sugimoto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 2019 (4), pp.147. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3530,209 +3530,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01792420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quiver elliptic W-algebras</w:t>
+                <w:t xml:space="preserve">Fractional quiver W-algebras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasily Pestun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Letters in Mathematical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 108 (6), pp.1383-1405. </w:t>
+              <w:t xml:space="preserve">, 2018, 108 (11), pp.2425-2451. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11005-018-1073-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11005-018-1087-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01792821v1</w:t>
+                <w:t xml:space="preserve">hal-01903093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractional quiver W-algebras</w:t>
+                <w:t xml:space="preserve">Quiver elliptic W-algebras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasily Pestun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Letters in Mathematical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 108 (11), pp.2425-2451. </w:t>
+              <w:t xml:space="preserve">, 2018, 108 (6), pp.1383-1405. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11005-018-1087-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11005-018-1073-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01903093v1</w:t>
+                <w:t xml:space="preserve">hal-01792821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards holographic spintronics</w:t>
               </w:r>
@@ -3894,443 +3894,443 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01124434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Note on a duality of topological branes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bulk angular momentum and Hall viscosity in chiral superconductors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atsuo Shitade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress of Theoretical and Experimental Physics [PTEP]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ptep/ptu141⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 90 (13), pp.134510. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.90.134510⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01079585v1</w:t>
+                <w:t xml:space="preserve">hal-01079587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duality and integrability of a supermatrix model with an external source</w:t>
+                <w:t xml:space="preserve">Note on a duality of topological branes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress of Theoretical and Experimental Physics [PTEP]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 123, pp.123A01. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, 2014 (10), pp.103B04. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ptep/ptu141⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ptep/ptu163⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01093305v1</w:t>
+                <w:t xml:space="preserve">hal-01079585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current Reflection and Transmission at Conformal Defects Applying BCFT to Transport Process</w:t>
+                <w:t xml:space="preserve">Duality and integrability of a supermatrix model with an external source</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Murata Masaki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Physics B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 885, pp.266-279. </w:t>
+              <w:t xml:space="preserve">Progress of Theoretical and Experimental Physics [PTEP]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 123, pp.123A01. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nuclphysb.2014.05.026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/ptep/ptu163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01013947v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01093305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hofstadter problem in higher dimensions</w:t>
+                <w:t xml:space="preserve">Current Reflection and Transmission at Conformal Defects Applying BCFT to Transport Process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murata Masaki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress of Theoretical and Experimental Physics [PTEP]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ptep/ptu144⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Physics B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 885, pp.266-279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nuclphysb.2014.05.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01079589v1</w:t>
+                <w:t xml:space="preserve">hal-01013947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bulk angular momentum and Hall viscosity in chiral superconductors</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hofstadter problem in higher dimensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 90 (13), pp.134510. </w:t>
+              <w:t xml:space="preserve">Progress of Theoretical and Experimental Physics [PTEP]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2014 (10), pp.103B05. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.90.134510⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/ptep/ptu144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01079587v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01079589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4761,1017 +4761,1079 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04608729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (13)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 4-fold Pandharipande--Thomas vertex and Jeffrey--Kirwan residue</w:t>
+                <w:t xml:space="preserve">Determinantal formulas for Sklyanin-Whittaker integrals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05223702v1</w:t>
+                <w:t xml:space="preserve">hal-05553616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Schur Expansion of Characteristic Polynomials and Random Matrices</w:t>
+                <w:t xml:space="preserve">The 4-fold Pandharipande--Thomas vertex and Jeffrey--Kirwan residue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Go Noshita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03433419v1</w:t>
+                <w:t xml:space="preserve">hal-05223702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gauge origami and quiver W-algebras II: Vertex function and beyond quantum $q$-Langlands correspondence</w:t>
+                <w:t xml:space="preserve">The Schur Expansion of Characteristic Polynomials and Random Matrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Go Noshita</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward A. Mazenc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04562224v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03433419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Band Flattening and Overlap Fermion</w:t>
+                <w:t xml:space="preserve">Gauge origami and quiver W-algebras II: Vertex function and beyond quantum $q$-Langlands correspondence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Go Noshita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04214445v1</w:t>
+                <w:t xml:space="preserve">hal-04562224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristic Polynomials in Coupled Matrix Models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Babinet</w:t>
+                <w:t xml:space="preserve">Band Flattening and Overlap Fermion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masataka Watanabe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04197417v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04214445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higgsing $qq$-character and irreducibility</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characteristic Polynomials in Coupled Matrix Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Babinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04197435v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04197417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pfaffian Interaction and $BCD$-quiver Matrix Models</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Higgsing $qq$-character and irreducibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197424v1</w:t>
+                <w:t xml:space="preserve">hal-04197435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intersecting defects and supergroup gauge theory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pfaffian Interaction and $BCD$-quiver Matrix Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Babinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03229346v1</w:t>
+                <w:t xml:space="preserve">hal-04197424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating over quiver variety and BPS/CFT correspondence</w:t>
+                <w:t xml:space="preserve">Intersecting defects and supergroup gauge theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Nieri</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02338319v1</w:t>
+                <w:t xml:space="preserve">hal-03229346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Super instanton counting and localization</w:t>
+                <w:t xml:space="preserve">Integrating over quiver variety and BPS/CFT correspondence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02144207v1</w:t>
+                <w:t xml:space="preserve">hal-02338319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Twisted reduction of quiver W-algebras</w:t>
+                <w:t xml:space="preserve">Super instanton counting and localization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasily Pestun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02144271v1</w:t>
+                <w:t xml:space="preserve">hal-02144207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards U(N|M) knot invariant from ABJM theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Eynard</w:t>
+                <w:t xml:space="preserve">Twisted reduction of quiver W-algebras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2016</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasily Pestun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01277951v1</w:t>
+                <w:t xml:space="preserve">hal-02144271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Towards U(N|M) knot invariant from ABJM theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taro Kimura</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01277951v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Random matrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Ribault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01252029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5781,105 +5843,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instanton Counting, Quantum Geometry and Algebra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Kimura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathematical Physics [math-ph]. Université Bourgogne - Franche-Comté, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03391516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId160"/>
+      <w:footerReference w:type="default" r:id="rId161"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5947,51 +6009,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="34628DDB"/>
+    <w:nsid w:val="29A65CB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6178,51 +6240,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/taro-kimura" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7516-5924" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/kimura_t_1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/B-8327-2011" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223701v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taro Kimura" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Go Noshita" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2026)063" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850306v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Filoche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Hohenegger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2025)004" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767059v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2025)050" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650966v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2025)039" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977004v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2503.00766" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274560v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2024)233" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671190v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Navand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2408.06888" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04545236v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norton Lee" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2404.01844" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197441v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Zahabi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-024-01771-6" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240107v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/jhep05(2024)208" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197470v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Drozdov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138272" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197447v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3842/SIGMA.2023.039" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197468v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely Fej&#337;s" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Sz&#233;p" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.165147" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833517v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysb.2023.116218" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197456v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilu Shao" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-023-01740-5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959593v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217751X23300016" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898080v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souradeep Purkayastha" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2022)163" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551581v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osama Khlaif" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2022)029" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898705v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Wu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ac9815" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115858v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui-Dong Zhu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2021)227" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467652v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Nieri" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8121/ac2716" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235752v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7566/JPSJ.90.064705" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229411v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2021)100" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229406v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-021-01389-y" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047659v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7566/JPSJ.90.024708" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047619v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mi&#322;osz Panfil" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Sugimoto" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Su&#322;kowski" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.10.2.051" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046726v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Nian" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Zhao" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217751X20502073" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448747v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng-Yu Chen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2020)108" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02521689v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-020-01261-5" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542867v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2020)104" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467314v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2020)081" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02470503v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koji Hashimoto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ptep/pty131" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02470448v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2019)025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02470487v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2019)147" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02470477v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sho Ozaki" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.014040" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792420v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasily Pestun" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-018-1072-1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792821v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-018-1073-0" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903093v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-018-1087-7" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140007v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norihiro Iizuka" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.086003" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01124434v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2015)030" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079585v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ptep/ptu141" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093305v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ptep/ptu163" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01013947v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murata Masaki" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysb.2014.05.026" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079589v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ptep/ptu144" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079587v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsuo Shitade" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.90.134510" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cel-01335764v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasufumi Araki" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihiko Sekine" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentaro Nomura" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Z. Nakano" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368674v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-030-76190-5" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76190-5" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608733v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.74934" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608729v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/46481" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223702v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433419v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward A. Mazenc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562224v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214445v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masataka Watanabe" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197417v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Babinet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197435v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197424v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229346v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338319v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144207v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144271v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01277951v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Eynard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01252029v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ribault" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03391516v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/taro-kimura" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7516-5924" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/kimura_t_1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/B-8327-2011" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223701v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taro Kimura" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Go Noshita" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2026)063" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767059v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2025)050" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850306v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Filoche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Hohenegger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2025)004" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650966v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2025)039" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977004v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2503.00766" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274560v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2024)233" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671190v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Navand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2408.06888" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04545236v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norton Lee" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2404.01844" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197441v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Zahabi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-024-01771-6" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240107v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/jhep05(2024)208" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197470v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Drozdov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138272" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197468v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely Fej&#337;s" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Sz&#233;p" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.165147" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197447v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3842/SIGMA.2023.039" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833517v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysb.2023.116218" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197456v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilu Shao" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-023-01740-5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959593v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217751X23300016" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898705v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Wu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ac9815" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898080v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souradeep Purkayastha" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2022)163" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551581v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osama Khlaif" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2022)029" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047619v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mi&#322;osz Panfil" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Sugimoto" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Su&#322;kowski" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.10.2.051" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115858v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui-Dong Zhu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2021)227" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467652v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Nieri" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8121/ac2716" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235752v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7566/JPSJ.90.064705" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229411v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2021)100" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229406v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-021-01389-y" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047659v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7566/JPSJ.90.024708" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542867v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng-Yu Chen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2020)104" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467314v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2020)081" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046726v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Nian" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Zhao" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217751X20502073" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448747v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2020)108" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02521689v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-020-01261-5" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02470503v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koji Hashimoto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ptep/pty131" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02470448v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2019)025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02470487v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2019)147" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02470477v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sho Ozaki" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.014040" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792420v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasily Pestun" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-018-1072-1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903093v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-018-1087-7" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792821v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-018-1073-0" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140007v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norihiro Iizuka" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.086003" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01124434v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2015)030" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079587v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsuo Shitade" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.90.134510" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079585v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ptep/ptu141" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093305v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ptep/ptu163" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01013947v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murata Masaki" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysb.2014.05.026" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079589v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ptep/ptu144" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cel-01335764v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasufumi Araki" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihiko Sekine" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentaro Nomura" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Z. Nakano" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368674v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-030-76190-5" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76190-5" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608733v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.74934" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608729v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/46481" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553616v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223702v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433419v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward A. Mazenc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562224v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214445v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masataka Watanabe" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197417v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Babinet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197435v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197424v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229346v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338319v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144207v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144271v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01277951v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Eynard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01252029v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ribault" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03391516v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>