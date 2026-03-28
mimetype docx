--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -106,291 +106,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase and Density Dependency of the Raman Spectrum of Ethane Around Its Critical Point</w:t>
+                <w:t xml:space="preserve">Morphology and typology of experimental high-pressure (supercritical) non-assisted jets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Téodor Chazelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Said Idlahcen</w:t>
+                <w:t xml:space="preserve">Nathalie Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Lespinasse</w:t>
+                <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐bernard Blaisot</w:t>
+                <w:t xml:space="preserve">Benoît Barviau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ribert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Raman Spectroscopy</w:t>
+              <w:t xml:space="preserve">Atomization and Sprays</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jrs.70056⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1615/AtomizSpr.2025058934⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05299666v1</w:t>
+                <w:t xml:space="preserve">hal-05060177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphology and typology of experimental high-pressure (supercritical) non-assisted jets</w:t>
+                <w:t xml:space="preserve">Phase and Density Dependency of the Raman Spectrum of Ethane Around Its Critical Point</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Téodor Chazelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Vallée</w:t>
+                <w:t xml:space="preserve">Said Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
+                <w:t xml:space="preserve">Florian Lespinasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Barviau</w:t>
+                <w:t xml:space="preserve">Jean‐bernard Blaisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ribert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atomization and Sprays</w:t>
+              <w:t xml:space="preserve">Journal of Raman Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1615/AtomizSpr.2025058934⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jrs.70056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05060177v1</w:t>
+                <w:t xml:space="preserve">hal-05299666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -402,527 +402,527 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addressing the transcritical spray injection through experimental velocity measurements and numerical simulations</w:t>
+                <w:t xml:space="preserve">Characterization of shear coaxial injection of fuel in supercritical conditions through velocity measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Téodor Chazelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Lespinasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Idlahcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Barviau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Lespinasse</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Barviau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd Conference on Liquid Atomization and Sprays (ILASS 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ILASS-Europe, Aug 2025, Lund, Sweden</w:t>
+              <w:t xml:space="preserve">12th European Combustion Meeting (ECM 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Edimbourg, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05263416v1</w:t>
+                <w:t xml:space="preserve">hal-05263462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of shear coaxial injection of fuel in supercritical conditions through velocity measurements</w:t>
+                <w:t xml:space="preserve">Addressing the transcritical spray injection through experimental velocity measurements and numerical simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Téodor Chazelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Lespinasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Idlahcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Lespinasse</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Barviau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th European Combustion Meeting (ECM 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Edimbourg, United Kingdom</w:t>
+              <w:t xml:space="preserve">33rd Conference on Liquid Atomization and Sprays (ILASS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ILASS-Europe, Aug 2025, Lund, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05263462v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vélocimétrie d'un jet assisté d'éthane en conditions supercritiques par corrélation d'images (ICV)</w:t>
+                <w:t xml:space="preserve">Spectroscopie Raman de l'éthane en conditions supercritiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Téodor Chazelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Lespinasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Gobin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Barviau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Congrès Francophone de Techniques Laser</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CFTL, Sep 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05075113v1</w:t>
+                <w:t xml:space="preserve">hal-05387524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectroscopie Raman de l'éthane en conditions supercritiques</w:t>
+                <w:t xml:space="preserve">Vélocimétrie d'un jet assisté d'éthane en conditions supercritiques par corrélation d'images (ICV)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Téodor Chazelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Lespinasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Idlahcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Barviau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Congrès Francophone de Techniques Laser</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CFTL, Sep 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05387524v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05075113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigation of supercritical injection</w:t>
               </w:r>
@@ -934,51 +934,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Chazelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Duhem-Duvilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lespinasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1046,90 +1046,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of liquid injection under supercritical conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Téodor Chazelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Lespinasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Idlahcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Lespinasse</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Barviau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd Conference of Liquid Atomization and Spray Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ILASS-Europe, Sep 2023, Naples (Italie), Italy</w:t>
@@ -1551,51 +1551,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299666v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;odor Chazelle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Idlahcen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lespinasse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;bernard Blaisot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ribert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.70056" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060177v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vall&#233;e" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Blaisot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Barviau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2025058934" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263416v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263462v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075113v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387524v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gobin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325814v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Chazelle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Duhem-Duvilla" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Idlahcen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B Blaisot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075048v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420326v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coppalle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodore Chazelle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Perrier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schuhler" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cabot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05114174v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024NORMIR41" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060177v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;odor Chazelle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vall&#233;e" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Blaisot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Barviau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ribert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2025058934" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299666v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Idlahcen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lespinasse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;bernard Blaisot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.70056" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263462v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263416v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387524v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gobin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075113v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325814v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Chazelle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Duhem-Duvilla" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Idlahcen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B Blaisot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075048v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420326v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coppalle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodore Chazelle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Perrier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schuhler" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cabot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05114174v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024NORMIR41" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>