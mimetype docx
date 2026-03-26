--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -320,1895 +320,1895 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05377258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailoring Heat Transfer at Silica–Water Interfaces via Hydroxyl and Methyl Surface Groups</w:t>
+                <w:t xml:space="preserve">Exploring Phonon Interference: Insights From a Nano-Scale Silicon Double Slit Atomistic Simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viktor Mandrolko</w:t>
+                <w:t xml:space="preserve">Efstratios Nikidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Desmarchelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshiaki Nakamura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.5c04637⟩</w:t>
+              <w:t xml:space="preserve">Advanced Theory and Simulations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adts.202500504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05514494v1</w:t>
+                <w:t xml:space="preserve">hal-05162275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interfacial thermal resistance between nano-confined water and functionalized silica: Molecular dynamics simulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">William Gonçalves</w:t>
+                <w:t xml:space="preserve">Tailoring Heat Transfer at Silica–Water Interfaces via Hydroxyl and Methyl Surface Groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktor Mandrolko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mykola Isaiev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2025.126838⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 41 (48), pp.32683-32701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.5c04637⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04989137v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05514494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Phonon Interference: Insights From a Nano-Scale Silicon Double Slit Atomistic Simulation</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interfacial thermal resistance between nano-confined water and functionalized silica: Molecular dynamics simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Tanguy</w:t>
+                <w:t xml:space="preserve">William Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Theory and Simulations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 242, pp.126838. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adts.202500504⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2025.126838⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05162275v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04989137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resonant phonons: Localization in a structurally ordered crystal</w:t>
+                <w:t xml:space="preserve">Buckling Hydrogenated Biphenylene Network with Tremendous Stretch Extent and Anomalous Thermal Transport Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albert Beardo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Paul Desmarchelier</w:t>
+                <w:t xml:space="preserve">Xiaowei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markos Poulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chia-Nien Tsai</w:t>
+                <w:t xml:space="preserve">Yang Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prajit Rawte</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
+                <w:t xml:space="preserve">Donglei Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 110 (19), pp.195438. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 128 (13), pp.5632-5643. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.110.195438⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.3c08483⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05377234v1</w:t>
+                <w:t xml:space="preserve">hal-04683581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Buckling Hydrogenated Biphenylene Network with Tremendous Stretch Extent and Anomalous Thermal Transport Properties</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Markos Poulos</w:t>
+                <w:t xml:space="preserve">The use of 1D carbon nanotube interacting with caffeine molecules for applications in solar cells: structure optimisation, Raman analysis and optoelectronic properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Efstratios Nikidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Desmarchelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshiaki Nakamura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Donglei Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.3c08483⟩</w:t>
+              <w:t xml:space="preserve">Discover Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (1), pp.51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s43939-024-00116-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04683581v1</w:t>
+                <w:t xml:space="preserve">hal-05377254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of 1D carbon nanotube interacting with caffeine molecules for applications in solar cells: structure optimisation, Raman analysis and optoelectronic properties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
+                <w:t xml:space="preserve">MoS&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; phononic crystals for advanced thermal management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peng Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandros El Sachat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emigdio Chávez Angel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan Ng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgos Nikoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discover Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s43939-024-00116-3⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (13), pp.eadm8825. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.adm8825⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05377254v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05065029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MoS&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; phononic crystals for advanced thermal management</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandros El Sachat</w:t>
+                <w:t xml:space="preserve">Phonon diffraction and interference using nanometric features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Desmarchelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emigdio Chávez Angel</w:t>
+                <w:t xml:space="preserve">Efstrátios Nikidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ryan Ng</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Giorgos Nikoulis</w:t>
+                <w:t xml:space="preserve">Roman Anufriev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshiaki Nakamura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.adm8825⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 135 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0179369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05065029v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04425670v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phonon diffraction and interference using nanometric features</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul Desmarchelier</w:t>
+                <w:t xml:space="preserve">The use of 1D carbon nanotube interacting with caffeine molecules for applications in solar cells: structure optimisation, Raman analysis and optoelectronic properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anass El Fatimy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efstrátios Nikidis</w:t>
+                <w:t xml:space="preserve">Mourad Boutahir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roman Anufriev</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yoshiaki Nakamura</w:t>
+                <w:t xml:space="preserve">Abdellah El Attar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhai Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0179369⟩</w:t>
+              <w:t xml:space="preserve">Discover Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (1), pp.51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s43939-024-00116-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04425670v2</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of 1D carbon nanotube interacting with caffeine molecules for applications in solar cells: structure optimisation, Raman analysis and optoelectronic properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Temperature dependence of phonon energies and lifetimes in single- and few-layered graphene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markos Poulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anass El Fatimy</w:t>
+                <w:t xml:space="preserve">Konstantinos Papagelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mourad Boutahir</w:t>
+                <w:t xml:space="preserve">Emmanuel Koukaras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdellah El Attar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
+                <w:t xml:space="preserve">George Kalosakas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelhai Rahmani</w:t>
+                <w:t xml:space="preserve">Giorgia Fugallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discover Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s43939-024-00116-3⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 110 (7), pp.075434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.110.075434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05377241v1</w:t>
+                <w:t xml:space="preserve">hal-05377212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature dependence of phonon energies and lifetimes in single- and few-layered graphene</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Konstantinos Papagelis</w:t>
+                <w:t xml:space="preserve">Density Functional Theory Calculations of Optoelectronic Properties of Individual and Encapsulated Magnesium-Porphyrin in Carbon Nanotubes for Organic Nano-Hybrid Solar Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anass El Fatimy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Koukaras</w:t>
+                <w:t xml:space="preserve">Oussama Boutahir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">George Kalosakas</w:t>
+                <w:t xml:space="preserve">Brahim Fakrach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Boutahir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgia Fugallo</w:t>
+                <w:t xml:space="preserve">José Mejía-López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 110 (7), pp.075434. </w:t>
+              <w:t xml:space="preserve">Energy Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (5), pp.2301135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.110.075434⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ente.202301135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05377212v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04778057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Density Functional Theory Calculations of Optoelectronic Properties of Individual and Encapsulated Magnesium-Porphyrin in Carbon Nanotubes for Organic Nano-Hybrid Solar Cells</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Resonant phonons: Localization in a structurally ordered crystal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oussama Boutahir</w:t>
+                <w:t xml:space="preserve">Albert Beardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Desmarchelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brahim Fakrach</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mourad Boutahir</w:t>
+                <w:t xml:space="preserve">Chia-Nien Tsai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Mejía-López</w:t>
+                <w:t xml:space="preserve">Prajit Rawte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12 (5), pp.2301135. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 110 (19), pp.195438. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ente.202301135⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.110.195438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04778057v1</w:t>
+                <w:t xml:space="preserve">hal-05377234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular dynamics simulation of thermal transport across a solid/liquid interface created by a meniscus</w:t>
+                <w:t xml:space="preserve">Nanomaterials and Sustainability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Klochko</w:t>
+                <w:t xml:space="preserve">Gary Wiederrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Mandrolko</w:t>
+                <w:t xml:space="preserve">Renaud Bachelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Castanet</w:t>
+                <w:t xml:space="preserve">Hui Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Pernot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Lemoine</w:t>
+                <w:t xml:space="preserve">Alexandre Nominé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D2CP04601F⟩</w:t>
+              <w:t xml:space="preserve">ACS Energy Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (8), pp.3443-3449. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsenergylett.3c01303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04046950v1</w:t>
+                <w:t xml:space="preserve">hal-05103296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">a-C/GeTe superlattices: Effect of interfacial impedance adaptation modeling on the thermal properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul Desmarchelier</w:t>
+                <w:t xml:space="preserve">Molecular dynamics simulation of thermal transport across a solid/liquid interface created by a meniscus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Klochko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Giordano</w:t>
+                <w:t xml:space="preserve">V. Mandrolko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Raty</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Castanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0167166⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25 (4), pp.3298-3308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D2CP04601F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04284093v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04046950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanomaterials and Sustainability</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Renaud Bachelot</w:t>
+                <w:t xml:space="preserve">a-C/GeTe superlattices: Effect of interfacial impedance adaptation modeling on the thermal properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Desmarchelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hui Xiong</w:t>
+                <w:t xml:space="preserve">Valentina Giordano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Raty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Energy Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 8 (8), pp.3443-3449. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 134 (18), </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsenergylett.3c01303⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0167166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05103296v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04284093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal Conductivity Temperature Dependence of Water Confined in Nanoporous Silicon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaorui Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mykola Isaiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Gomés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2259,77 +2259,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interfacial thermal resistance between nanoconfined water and silicon: Impact of temperature and silicon phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mykola Isaiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Gomès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2389,90 +2389,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atomistic evidence of hydrodynamic heat transfer in nanowires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Desmarchelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Beardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Xavier Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2519,90 +2519,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ballistic Heat Transport in Nanocomposite: The Role of the Shape and Interconnection of Nanoinclusions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Desmarchelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tanguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanomaterials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2636,64 +2636,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal rectification in asymmetric two-phase nanowires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Desmarchelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2926,51 +2926,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Lysenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Castanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 127 (22), pp.225101. </w:t>
@@ -3168,77 +3168,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefanos Giaremis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Kioseoglou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Desmarchelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mykola Isaiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 3 (3), pp.2682-2694. </w:t>
@@ -3276,90 +3276,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal transport enhancement of hybrid nanocomposites; impact of confined water inside nanoporous silicon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mykola Isaiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaorui Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 117 (3), pp.033701. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3406,51 +3406,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erratum: Size dependence of the surface tension of a free surface of an isotropic fluid [Phys. Rev. E 95, 062801 (2017)]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergii Burian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mykola Isaiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3517,1424 +3517,1424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02920206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roughness and amorphization impact on thermal conductivity of nanofilms and nanowires: Making atomistic modeling more realistic</w:t>
+                <w:t xml:space="preserve">Thermal conductivity in disordered porous nanomembranes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Verdier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Lacroix</w:t>
+                <w:t xml:space="preserve">Marianna Sledzinska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartlomiej Graczykowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesc Alzina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umberto Melia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5108618⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 30 (26), pp.265401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6528/ab0ecd⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02332757v1</w:t>
+                <w:t xml:space="preserve">hal-02324630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal conductivity in disordered porous nanomembranes</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Roughness and amorphization impact on thermal conductivity of nanofilms and nanowires: Making atomistic modeling more realistic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Umberto Melia</w:t>
+                <w:t xml:space="preserve">Maxime Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 30 (26), pp.265401. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 126 (16), pp.164305. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6528/ab0ecd⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.5108618⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02324630v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02332757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal transport in two- and three-dimensional nanowire networks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Impact of screw and edge dislocations on the thermal conductivity of individual nanowires and bulk GaN: a molecular dynamics study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mykola Isaiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasiia Salnikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imad Belabbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.98.155434⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (7), pp.5159 - 5172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c7cp07821h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01914520v1</w:t>
+                <w:t xml:space="preserve">hal-01754763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of screw and edge dislocations on the thermal conductivity of individual nanowires and bulk GaN: a molecular dynamics study</w:t>
+                <w:t xml:space="preserve">Thermal conductivity anisotropy in nanostructures and nanostructured materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 20 (7), pp.5159 - 5172. </w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51 (9), </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c7cp07821h⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/aaa82e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01754763v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01832698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal conductivity anisotropy in nanostructures and nanostructured materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Radial dependence of thermal transport in silicon nanowires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/aaa82e⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2 (1), pp.015002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2515-7639/aaead5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01832698v1</w:t>
+                <w:t xml:space="preserve">hal-01914518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radial dependence of thermal transport in silicon nanowires</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhanced thermal conductivity in percolating nanocomposites: a molecular dynamics investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina M. Giordano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Katsikini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Paloura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/2515-7639/aaead5⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (46), pp.21732-21741. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C8NR05734F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01914518v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01914519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced thermal conductivity in percolating nanocomposites: a molecular dynamics investigation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of bismuth telluride nanotubes and their simulated thermal properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Danine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Gilles Pernot</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Schaefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Ensinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C8NR05734F⟩</w:t>
+              <w:t xml:space="preserve">Superlattices and Microstructures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.spmi.2018.06.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01914519v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of bismuth telluride nanotubes and their simulated thermal properties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">W. Ensinger</w:t>
+                <w:t xml:space="preserve">Thermal conductivity of deca-nanometric patterned Si membranes by multiscale simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayat Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Luca Palla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Giordano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Cleri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Superlattices and Microstructures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.spmi.2018.06.042⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 126, pp.830-835. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2018.06.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01858000v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01826181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal conductivity of deca-nanometric patterned Si membranes by multiscale simulations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maxime Verdier</w:t>
+                <w:t xml:space="preserve">Gibbs Adsorption Impact on a Nanodroplet Shape: Modification of Young–Laplace Equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mykola Isaiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergii Burian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonid Bulavin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Chaze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2018.06.004⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 122 (12), pp.3176 - 3183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.7b12358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01826181v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01832695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gibbs Adsorption Impact on a Nanodroplet Shape: Modification of Young–Laplace Equation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michel Gradeck</w:t>
+                <w:t xml:space="preserve">Influence of amorphous layers on the thermal conductivity of phononic crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislav Didenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.F. Robillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évelyne Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.7b12358⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97 (11), pp.115435 - 115435. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.115435⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01832695v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01754618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of amorphous layers on the thermal conductivity of phononic crystals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
+                <w:t xml:space="preserve">Thermal transport in two- and three-dimensional nanowire networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 97 (11), pp.115435 - 115435. </w:t>
+              <w:t xml:space="preserve">, 2018, 98 (15), </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.115435⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.98.155434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01754618v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01914520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the amorphization around spherical nano-pores on the thermal conductivity of nano-porous Silicon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4994,51 +4994,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Size dependence of the surface tension of a free surface of an isotropic fluid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergii Burian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mykola Isaiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5254,64 +5254,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Amorphisation on the Thermal Properties of Nanostructured Membranes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zeitschrift für Naturforschung A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 72, pp.189 - 192. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5371,51 +5371,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xanthippi Zianni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 785, pp.012011. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5449,103 +5449,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal conductivity of phononic membranes with aligned and staggered lattices of holes at room and low temperatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Anufriev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Ramiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 95 (20), pp.205438 - 205438. </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5579,64 +5579,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heat transport in phononic-like membranes: Modeling and comparison with modulated nano-wires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5683,77 +5683,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystalline-amorphous silicon nano-composites: Nano-pores and nano-inclusions impact on the thermal conductivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 119 (175104), 175104 / 8p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5787,103 +5787,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient tuning of potential parameters for liquid–solid interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mykola Isaiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergii Burian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonid Bulavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Simulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 42 (11), pp.910 - 915. </w:t>
@@ -6094,51 +6094,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chaput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samy Merabia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6237,51 +6237,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Frantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 106 (23), pp.233108. </w:t>
@@ -6313,1035 +6313,1035 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01297873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal conductivity of meso-porous germanium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mykola Isaiev</w:t>
+                <w:t xml:space="preserve">Scaling behavior of the thermal conductivity of width-modulated nanowires and nanofilms for heat transfer control at the nanoscale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xanthippi Zianni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergii Tutashkonko</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Valentin Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4891196⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 25 (46), pp.465402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0957-4484/25/46/465402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01432202v1</w:t>
+                <w:t xml:space="preserve">hal-01425607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scaling behavior of the thermal conductivity of width-modulated nanowires and nanofilms for heat transfer control at the nanoscale</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Atomistic amorphous/crystalline interface modelling for superlattices and core/shell nanowires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur France-Lanord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Blandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Albaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Merabia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 25 (46), pp.465402. </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26 (5), pp.055011. </w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0957-4484/25/46/465402⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/26/5/055011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01425607v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01418377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomistic amorphous/crystalline interface modelling for superlattices and core/shell nanowires</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermal boundary conductance across rough interfaces probed by molecular dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samy Merabia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/26/5/055011⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 89, pp.054309. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.89.054309⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01418377v1</w:t>
+                <w:t xml:space="preserve">hal-01432187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal boundary conductance across rough interfaces probed by molecular dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermal properties of amorphous/crystalline silicon superlattices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur France-Lanord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samy Merabia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Albaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.89.054309⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26 (35), pp.355801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/26/35/355801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01432187v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01418372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal properties of amorphous/crystalline silicon superlattices</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">David Lacroix</w:t>
+                <w:t xml:space="preserve">Thermal conductivity of meso-porous germanium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mykola Isaiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergii Tutashkonko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tetyana Nychyporuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 26 (35), pp.355801. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 105 (3), 105 / 5p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/26/35/355801⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4891196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01418372v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01432202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large Thermal Conductivity Decrease in Point Defective Bi2Te3 Bulk Material and Superlattices</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Amorphization and reduction of thermal conductivity in porous silicon by irradiation with swift heavy ions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex Pokropivny</w:t>
+                <w:t xml:space="preserve">Pascal J Newby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Woda</w:t>
+                <w:t xml:space="preserve">Bruno Canut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shiyun Xiong</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yuri Chumakov</w:t>
+                <w:t xml:space="preserve">Jean‐marie Bluet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Gomès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mykola Isaiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 113 (1), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4772783⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 114 (1), pp.014903. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4812280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01285861v1</w:t>
+                <w:t xml:space="preserve">hal-01663513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amorphization and reduction of thermal conductivity in porous silicon by irradiation with swift heavy ions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modulated SiC nanowires: Molecular dynamics study of their thermal properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Barreteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal J Newby</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Mykola Isaiev</w:t>
+                <w:t xml:space="preserve">Yuxiang Ni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Merabia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xanthippi Zianni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4812280⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87 (12), 125410 / 8p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.87.125410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01663513v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01431385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulated SiC nanowires: Molecular dynamics study of their thermal properties</w:t>
+                <w:t xml:space="preserve">Large Thermal Conductivity Decrease in Point Defective Bi2Te3 Bulk Material and Superlattices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Pokropivny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Woda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Barreteau</w:t>
+                <w:t xml:space="preserve">Shiyun Xiong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuxiang Ni</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Xanthippi Zianni</w:t>
+                <w:t xml:space="preserve">Yuri Chumakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 87 (12), 125410 / 8p. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 113 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.87.125410⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4772783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01431385v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01285861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of the thermal conductivity of SiC nanowires with kinetic theory of gases</w:t>
               </w:r>
@@ -7403,381 +7403,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01663517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular dynamics simulations for the prediction of thermal conductivity of bulk silicon and silicon nanowires: Influence of interatomic potentials and boundary conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular dynamics calculations of the cross-plane thermal conductivity of GaAs/AlAs superlattices with rough interfaces.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Chantrenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolina Abs da Cruz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Patrice Chantrenne</w:t>
+                <w:t xml:space="preserve">Jean-Yves Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">xavier Kleber</w:t>
+                <w:t xml:space="preserve">Abdelhak Saci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Chinese Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 49 (1, SI), pp.443-447</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01024958v1</w:t>
+                <w:t xml:space="preserve">hal-01233827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular dynamics calculations of the cross-plane thermal conductivity of GaAs/AlAs superlattices with rough interfaces.</w:t>
+                <w:t xml:space="preserve">Cross-plane Thermal Conductivity of Superlattices with Rough Interfaces using Equilibrium and Non-equilibrium Molecular Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Merabia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Chantrenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Abdelhak Saci</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pawel Keblinski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chinese Journal of Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 54 (9-10), pp.2014-2020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2011.01.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01233827v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00593482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-plane Thermal Conductivity of Superlattices with Rough Interfaces using Equilibrium and Non-equilibrium Molecular Dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular dynamics simulations for the prediction of thermal conductivity of bulk silicon and silicon nanowires: Influence of interatomic potentials and boundary conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Abs da Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Chantrenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pawel Keblinski</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">xavier Kleber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2011.01.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 110 (3), pp.034309. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3615826⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00593482v1</w:t>
+                <w:t xml:space="preserve">hal-01024958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal conductivity of GaAs/AlAs superlattices and the puzzle of interfaces</w:t>
               </w:r>
@@ -7802,51 +7802,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Chantrenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Yves Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhak Saci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 22, pp.475001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8315,64 +8315,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Amorphisation on the Thermal Properties of Nanostructured Membranes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8575,90 +8575,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microscopic Study of Solid/Fluid Interface with Molecular Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mykola Isaiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Castanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8703,256 +8703,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02324632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapitre 8: Modeling Thermal Transport in Nano-Porous Semiconductors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
+                <w:t xml:space="preserve">Applications, Chap. 4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Merabia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Submicron Porous Materials</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nanostructured semiconductors: amorphisation and thermal properties</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pan Stanford Publishing Pte. Ltd., 2017, 9789814745642</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02473557v1</w:t>
+                <w:t xml:space="preserve">hal-01464270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Applications, Chap. 4</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
+                <w:t xml:space="preserve">Chapitre 8: Modeling Thermal Transport in Nano-Porous Semiconductors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paolo Bettotti. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanostructured semiconductors: amorphisation and thermal properties</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Submicron Porous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.253-284, 2017, 978-3-319-53033-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-53035-2_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01464270v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02473557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8970,64 +8970,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heat transport in phononic-like membranes: modeling and comparison with modulated nano-wires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Termentzidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9148,51 +9148,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5D9FF3A9"/>
+    <w:nsid w:val="C4CFEE3D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9379,51 +9379,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/termentzidis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8521-7107" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/193222086" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/J-5835-2012" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377258v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markos Poulos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Termentzidis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.127630" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514494v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Mandrolko" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lacroix" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykola Isaiev" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5c04637" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989137v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gon&#231;alves" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.126838" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162275v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efstratios Nikidis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Desmarchelier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshiaki Nakamura" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tanguy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adts.202500504" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377234v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Beardo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Nien Tsai" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prajit Rawte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.195438" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683581v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaowei Zhang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Han" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donglei Zhao" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c08483" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377254v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43939-024-00116-3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05065029v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Xiao" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros El Sachat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emigdio Ch&#225;vez Angel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Ng" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgos Nikoulis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adm8825" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425670v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efstr&#225;tios Nikidis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Anufriev" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0179369" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377241v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass El Fatimy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Boutahir" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah El Attar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhai Rahmani" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377212v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Papagelis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Koukaras" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Kalosakas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Fugallo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.075434" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778057v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Boutahir" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Fakrach" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mej&#237;a-L&#243;pez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ente.202301135" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046950v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Klochko" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mandrolko" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Castanet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pernot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lemoine" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CP04601F" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284093v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Giordano" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Raty" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0167166" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05103296v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Wiederrecht" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bachelot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Xiong" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nomin&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.3c01303" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691014v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaorui Wang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gom&#233;s" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ac664b" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803013v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gom&#232;s" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfin.2022.102188" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690617v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Xavier Alvarez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.123003" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331244v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Carr&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11081982" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331234v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.103.014202" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878286v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Mangold" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shunda Chen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Barbalinardo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Behler" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pochet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0009550" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418227v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Dubyk" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Nychyporuk" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Lysenko" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0007559" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065694v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Alkurdi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Adessi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Tabatabaei" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Li" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.119963" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920193v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanos Giaremis" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Kioseoglou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.9b02368" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914099v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0014680" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920206v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergii Burian" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Sysoev" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid Bulavin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.101.069903" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332757v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Verdier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5108618" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324630v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Sledzinska" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartlomiej Graczykowski" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc Alzina" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umberto Melia" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ab0ecd" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914520v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.155434" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754763v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Salnikova" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Belabbas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7cp07821h" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832698v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/aaa82e" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914518v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Chapuis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7639/aaead5" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914519v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina M. Giordano" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Katsikini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Paloura" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pernot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NR05734F" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858000v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Danine" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schaefer" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Ensinger" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2018.06.042" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826181v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat Zaoui" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Luca Palla" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Giordano" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Cleri" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2018.06.004" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832695v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Chaze" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gradeck" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b12358" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754618v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Didenko" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Robillard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Martin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.115435" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01520134v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/785/1/012009" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353202v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.95.062801" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353214v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kioseoglou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Katsikini" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Karakostas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Paloura" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4975200" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01520137v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/zna-2016-0384" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01520136v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xanthippi Zianni" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/785/1/012011" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01578086v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Ramiere" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.205438" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01578104v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2017.06.067" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01410127v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4948337" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01410119v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927022.2015.1105372" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01410105v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Pavloudis" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Komninou" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. D. Latham" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. R. Briddon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4941827" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01486117v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Blandre" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaput" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Merabia" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.115404" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297873v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shen Li" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stein" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Frantz" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4922480" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01432202v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergii Tutashkonko" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Jean" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetyana Nychyporuk" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4891196" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01425607v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/25/46/465402" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01418377v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur France-Lanord" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Albaret" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/5/055011" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01432187v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.054309" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01418372v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/35/355801" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285861v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Pokropivny" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Woda" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyun Xiong" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Chumakov" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4772783" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663513v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal J Newby" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Canut" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marie Bluet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4812280" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431385v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Barreteau" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxiang Ni" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.125410" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663517v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Chantrenne" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024958v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Abs da Cruz" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=xavier Kleber" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3615826" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233827v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Duquesne" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Saci" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593482v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Keblinski" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2011.01.001" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5ZVZNQK2-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553636v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Duquesne" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/22/47/475001" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353310v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Stroppa" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Paier" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Kresse" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Hafner" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.195440" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353318v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353315v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932824v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932828v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992242v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacroix" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-821495-4.00005-1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324632v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-21755-6_3" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473557v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53035-2_9" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464270v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vaillon" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Merabia" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545852v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/termentzidis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8521-7107" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/193222086" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/J-5835-2012" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377258v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markos Poulos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Termentzidis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.127630" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162275v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efstratios Nikidis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Desmarchelier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshiaki Nakamura" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tanguy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adts.202500504" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514494v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Mandrolko" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lacroix" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykola Isaiev" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5c04637" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989137v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gon&#231;alves" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.126838" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683581v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaowei Zhang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Han" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donglei Zhao" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c08483" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377254v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43939-024-00116-3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05065029v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Xiao" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros El Sachat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emigdio Ch&#225;vez Angel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Ng" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgos Nikoulis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adm8825" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425670v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efstr&#225;tios Nikidis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Anufriev" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0179369" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377241v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass El Fatimy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Boutahir" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah El Attar" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhai Rahmani" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377212v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Papagelis" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Koukaras" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Kalosakas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Fugallo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.075434" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778057v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Boutahir" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Fakrach" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mej&#237;a-L&#243;pez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ente.202301135" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377234v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Beardo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Nien Tsai" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prajit Rawte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.195438" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05103296v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Wiederrecht" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bachelot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Xiong" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nomin&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.3c01303" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046950v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Klochko" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mandrolko" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Castanet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pernot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lemoine" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CP04601F" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284093v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Giordano" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Raty" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0167166" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691014v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaorui Wang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gom&#233;s" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ac664b" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803013v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gom&#232;s" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfin.2022.102188" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690617v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Xavier Alvarez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.123003" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331244v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Carr&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11081982" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331234v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.103.014202" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878286v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Mangold" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shunda Chen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Barbalinardo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Behler" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pochet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0009550" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418227v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Dubyk" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Nychyporuk" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Lysenko" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0007559" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065694v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Alkurdi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Adessi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Tabatabaei" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Li" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.119963" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920193v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanos Giaremis" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Kioseoglou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.9b02368" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914099v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0014680" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920206v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergii Burian" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Sysoev" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid Bulavin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.101.069903" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324630v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Sledzinska" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartlomiej Graczykowski" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc Alzina" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umberto Melia" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ab0ecd" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332757v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Verdier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5108618" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754763v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Salnikova" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Belabbas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7cp07821h" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832698v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/aaa82e" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914518v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Chapuis" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7639/aaead5" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914519v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina M. Giordano" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Katsikini" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Paloura" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pernot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NR05734F" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858000v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Danine" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schaefer" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Ensinger" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2018.06.042" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826181v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat Zaoui" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Luca Palla" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Giordano" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Cleri" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2018.06.004" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832695v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Chaze" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gradeck" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b12358" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754618v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Didenko" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Robillard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Martin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.115435" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914520v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.155434" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01520134v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/785/1/012009" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353202v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.95.062801" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353214v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kioseoglou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Katsikini" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Karakostas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Paloura" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4975200" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01520137v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/zna-2016-0384" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01520136v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xanthippi Zianni" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/785/1/012011" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01578086v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Ramiere" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.205438" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01578104v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2017.06.067" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01410127v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4948337" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01410119v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927022.2015.1105372" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01410105v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Pavloudis" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Komninou" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. D. Latham" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. R. Briddon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4941827" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01486117v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Blandre" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaput" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Merabia" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.115404" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297873v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shen Li" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stein" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Frantz" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4922480" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01425607v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Jean" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/25/46/465402" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01418377v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur France-Lanord" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Albaret" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/5/055011" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01432187v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.054309" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01418372v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/35/355801" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01432202v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergii Tutashkonko" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetyana Nychyporuk" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4891196" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663513v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal J Newby" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Canut" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marie Bluet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4812280" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431385v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Barreteau" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxiang Ni" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.125410" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285861v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Pokropivny" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Woda" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyun Xiong" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Chumakov" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4772783" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663517v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Chantrenne" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233827v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Duquesne" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Saci" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593482v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Keblinski" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2011.01.001" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5ZVZNQK2-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024958v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Abs da Cruz" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=xavier Kleber" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3615826" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553636v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Duquesne" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/22/47/475001" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353310v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Stroppa" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Paier" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Kresse" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Hafner" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.195440" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353318v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353315v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932824v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932828v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992242v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacroix" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-821495-4.00005-1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324632v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-21755-6_3" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464270v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vaillon" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Merabia" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473557v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53035-2_9" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545852v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>