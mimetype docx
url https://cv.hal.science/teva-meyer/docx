--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Teva Meyer </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">teva-meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8124-6760</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">221466010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Docteur en géographie de l'Institut Français de Géopolitique (Université Paris 8), je suis Maître de conférences en géographie à l'Université de Haute-Alsace, au sein du département Histoire & Patrimoine où je dirige la licence.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches questionnent les dynamiques politiques qui cadrent le rapport entre le nucléaire, civil ou militaire, et l'espace. J'ai travaillé sur le démantèlement de centrale nucléaire, la gestion des déchets très faiblement radioactifs et la reconversion des sites nucléaires militaires. Au croisement de la géographie critique et de la géopolitique, mes recherches s’intéressent au nucléaire civil comme outil de puissance, des travaux que je mène au sein de l’IRIS en tant que chercheur associé.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Je pilote actuellement un programme ANR, appelé NucTerritory, dont l’objectif est d’appliquer une méthode comparative pour identifier les déterminants du rapport entre les centrales nucléaires et leur espace.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D’un point de vue pédagogique, mes enseignements s’inscrivent dans les courants des géographies critiques et radicales, de la géopolitique critique ainsi que de la cartographie sensible et critique.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patents for power: Intellectual property and the geopolitics of nuclear energy technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Authors Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.103470. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.net.2025.103470⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lumps and Bumps: Investigating the Sociotechnical Dimensions of Nuclear Emergency Zoning in the United Kingdom Through Geo-Legal Methodologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Sérandour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00295450.2025.2564564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05529784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geographies of Nuclear Energy. An Introduction.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Gutting</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Per Högselius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanie Mbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical Social Research / Historische Sozialforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12759/HSR.49.2024.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bordering Nuclearity: Very Low-level Radioactive Wastes’ Clearance and the Production of Spatial Nuclearities in Germany.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical Social Research / Historische Sozialforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12759/hsr.49.2024.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Placing the intangible: Space, nuclear power and social sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hérodote - Revue de géographie et de géopolitique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 194 (3), pp.61-76. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/her.194.0061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dimensions géopolitiques de l’énergie en Europe : (mé)compréhensions franco-allemandes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue internationale et stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N° 127 (3), pp.121-129. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ris.127.0121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03816327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From production to scalar bricolage: politics of scales in Fessenheim’s energy transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Vallerand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Bour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Dauwe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Erne-Heintz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Espace Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/espacepolitique.9674⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorialiser la gestion du risque nucléaire au Royaume-Uni : une approche politique et géo-légale de la nucléarité de l’espace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Sérandour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1040. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cybergeo.39996⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04318406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-radioactive but nuclear? Containment and circulation of wastes from the French nuclear tests in Polynesia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 136, pp.01001. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/202213601001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03818183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle transition énergétique en Polynésie française ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géoconfluences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03816326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets ambivalents des héritages dans la reconversion des anciens territoires nucléaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belinda Ravaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Bombenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Capezzali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 35, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.33121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relational territoriality and the spatial embeddedness of nuclear energy: A comparison of two nuclear power plants in Germany and France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Research &amp; Social Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 71, pp.101823. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erss.2020.101823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image à la une: Fukushima, paysages d’un territoire en recomposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géoconfluences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02611726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les débats suédois sur la centrale finlandaise de Pyhäjoki : une géopolitique critique de l’énergie en Baltique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@ppemonde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 129, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/mappemonde.4748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03027102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’atome et le territoire : une analyse comparative de l’engagement des populations face à l’arrêt de centrales nucléaires en Allemagne, en France et en Suède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géographique de Liège</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 70, pp.19 - 34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Suède et la coopération énergétique baltique : discours partisans et représentations concurrentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nordiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02320795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du carbon lock-in au nuclear lock-in : les verrous spatiaux aux changements de politique nucléaire en Suède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement durable et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques électronucléaires des partis d’extrême droite en Europe : analyse d’un discours géopolitique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Actes du CRESAT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01577055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nucléaire et question climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hérodote - Revue de géographie et de géopolitique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Géopolitique de l'environnement, 165, pp.67-90. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/her.165.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01573208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le nucléaire et le territoire : regards sur l’intégration spatiale des centrales en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géoconfluences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01662367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparer la réussite des conflits environnementaux en Allemagne et en France : une approche géopolitique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hérodote - Revue de géographie et de géopolitique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Géopolitique de l'environnement, 165, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/her.165.0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01573211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménager les territoires des énergies en Suède: rivalités de pouvoirs et limites d'un processus démocratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nordiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Regards sur la plus vieille constitution d'Europe, 31, http://revue-nordiques.com/fr/48-n31-regards-sur-la-plus-vieille-constitution-d-europe</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01348429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’énergie : enjeux de pouvoir suédois dans la région baltique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Conseil québécois d'études géopolitiques </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (1), pp.13-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02616874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remunicipaliser l’électricité : le modèle allemand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Projet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Aura-t-on l'énergie d'une transition juste ?, 344, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pro.344.0064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01573214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse comparative des géopolitiques locales du nucléaire civil en Allemagne et en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trajectoires - Travaux des jeunes chercheurs du CIERA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Mensonges et manipulation, 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01266616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du « pays perdu » du Blayais à l’« émirat de Saint-Vulbas » : les territoires de dépendance au nucléaire en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hérodote - Revue de géographie et de géopolitique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Géopolitique de l'énergie, 155, pp.153-169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01122653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’industrie électronucléaire française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Géographique de l'Est</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Mutations des systèmes productifs en France, 54 (1-2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01122644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des OHM au monde ? Les OHM comme laboratoire d’étude de la politique des échelles dans les transitions énergétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Plichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sérandour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chaubier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04611443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projets Siqiniq5 &amp; ENERGON – Aspects énergétiques du développement des installations de production végétale au Nunavik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gibout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Haillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Arrabie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Monfet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Valls-Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de l’OHMI Nunavik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hao, de la bombe française au poisson chinois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Meltz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sites industriels de l'armement : histoire et devenir du XIXe au XXIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Châtellerault, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02307128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fessenheim dans ses territoires : regard spatial sur une industrie contestée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">En vert et contre tout : histoire en images des luttes écologistes dans la région du rhin supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RhinEdits, Oct 2019, Mulhouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing multiscalar spatial representations of nuclear power in France and Germany to explore diverging national energy trajectories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition stakes and scales. Dissenting arguments and conflicting prospects in French and German energy debates and practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Augsburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02336087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The fear of Russia and the New Cold War discourse in the Swedish debate over energy policies: continuity and changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association for the Study of Nationalities World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01520159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les transitions énergétiques comme conflits de désaménagement du territoire ? Une analyse géopolitique des débats sur le nucléaire en Allemagne, France et Suède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences sociales et transitions énergétiques, Grenoble</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">German national identity and environmentalism: a study of the antinuclear movement in Baden-Wurtemberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association for the Study of Nationalities annual convention, Columbia University, New York</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuclear risk governance in a transnational area: the case of the Upper Rhine valley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Accidents and Emergencies: Risk, Welfare and Safety in Europe and North America, Oxford Brookes University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Geographies: Negotiating the French-German Interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer Nature Switzerland, 2024, Regionale Geographien | Regional Geographies, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-69797-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vestiges et déchets, les héritages matériels des essais nucléaires en Polynésie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des bombes en Polynésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Militantisme anti-nucléaire et sécurité des installations : perspectives comparées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sûreté et sécurité des installations nucléaires civiles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Transition Énergétique dans les Observatoires Hommes-Milieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daviet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Haillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Michel Le Tourneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, pp.1-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04918825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les matières premières critiques de l’industrie nucléaire : hafnium, indium, niobium, zirconium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Laboué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IRIS - Institut de Relations Internationales et Stratégiques. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId96"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Teva Meyer </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">teva-meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8124-6760</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">221466010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Docteur en géographie de l'Institut Français de Géopolitique (Université Paris 8), je suis Maître de conférences en géographie à l'Université de Haute-Alsace, au sein du département Histoire & Patrimoine où je dirige la licence.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches questionnent les dynamiques politiques qui cadrent le rapport entre le nucléaire, civil ou militaire, et l'espace. J'ai travaillé sur le démantèlement de centrale nucléaire, la gestion des déchets très faiblement radioactifs et la reconversion des sites nucléaires militaires. Au croisement de la géographie critique et de la géopolitique, mes recherches s’intéressent au nucléaire civil comme outil de puissance, des travaux que je mène au sein de l’IRIS en tant que chercheur associé.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Je pilote actuellement un programme ANR, appelé NucTerritory, dont l’objectif est d’appliquer une méthode comparative pour identifier les déterminants du rapport entre les centrales nucléaires et leur espace.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D’un point de vue pédagogique, mes enseignements s’inscrivent dans les courants des géographies critiques et radicales, de la géopolitique critique ainsi que de la cartographie sensible et critique.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lumps and Bumps: Investigating the Sociotechnical Dimensions of Nuclear Emergency Zoning in the United Kingdom Through Geo-Legal Methodologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Sérandour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00295450.2025.2564564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05529784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patents for power: Intellectual property and the geopolitics of nuclear energy technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Authors Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.103470. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.net.2025.103470⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bordering Nuclearity: Very Low-level Radioactive Wastes’ Clearance and the Production of Spatial Nuclearities in Germany.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical Social Research / Historische Sozialforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12759/hsr.49.2024.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geographies of Nuclear Energy. An Introduction.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Gutting</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Per Högselius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanie Mbah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical Social Research / Historische Sozialforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12759/HSR.49.2024.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Placing the intangible: Space, nuclear power and social sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hérodote - Revue de géographie et de géopolitique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 194 (3), pp.61-76. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/her.194.0061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dimensions géopolitiques de l’énergie en Europe : (mé)compréhensions franco-allemandes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue internationale et stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N° 127 (3), pp.121-129. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ris.127.0121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03816327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From production to scalar bricolage: politics of scales in Fessenheim’s energy transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Vallerand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Bour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Dauwe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Erne-Heintz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Espace Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/espacepolitique.9674⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorialiser la gestion du risque nucléaire au Royaume-Uni : une approche politique et géo-légale de la nucléarité de l’espace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Sérandour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1040. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cybergeo.39996⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04318406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-radioactive but nuclear? Containment and circulation of wastes from the French nuclear tests in Polynesia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 136, pp.01001. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/202213601001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03818183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle transition énergétique en Polynésie française ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géoconfluences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03816326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets ambivalents des héritages dans la reconversion des anciens territoires nucléaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belinda Ravaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Bombenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Capezzali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 35, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.33121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relational territoriality and the spatial embeddedness of nuclear energy: A comparison of two nuclear power plants in Germany and France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Research &amp; Social Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 71, pp.101823. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erss.2020.101823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image à la une: Fukushima, paysages d’un territoire en recomposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géoconfluences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02611726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les débats suédois sur la centrale finlandaise de Pyhäjoki : une géopolitique critique de l’énergie en Baltique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@ppemonde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 129, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/mappemonde.4748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03027102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’atome et le territoire : une analyse comparative de l’engagement des populations face à l’arrêt de centrales nucléaires en Allemagne, en France et en Suède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géographique de Liège</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 70, pp.19 - 34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Suède et la coopération énergétique baltique : discours partisans et représentations concurrentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nordiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02320795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques électronucléaires des partis d’extrême droite en Europe : analyse d’un discours géopolitique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Actes du CRESAT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01577055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nucléaire et question climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hérodote - Revue de géographie et de géopolitique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Géopolitique de l'environnement, 165, pp.67-90. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/her.165.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01573208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du carbon lock-in au nuclear lock-in : les verrous spatiaux aux changements de politique nucléaire en Suède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement durable et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le nucléaire et le territoire : regards sur l’intégration spatiale des centrales en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géoconfluences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01662367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparer la réussite des conflits environnementaux en Allemagne et en France : une approche géopolitique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hérodote - Revue de géographie et de géopolitique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Géopolitique de l'environnement, 165, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/her.165.0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01573211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménager les territoires des énergies en Suède: rivalités de pouvoirs et limites d'un processus démocratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nordiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Regards sur la plus vieille constitution d'Europe, 31, http://revue-nordiques.com/fr/48-n31-regards-sur-la-plus-vieille-constitution-d-europe</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01348429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’énergie : enjeux de pouvoir suédois dans la région baltique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Conseil québécois d'études géopolitiques </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (1), pp.13-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02616874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remunicipaliser l’électricité : le modèle allemand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Projet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Aura-t-on l'énergie d'une transition juste ?, 344, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pro.344.0064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01573214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse comparative des géopolitiques locales du nucléaire civil en Allemagne et en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trajectoires - Travaux des jeunes chercheurs du CIERA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Mensonges et manipulation, 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01266616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du « pays perdu » du Blayais à l’« émirat de Saint-Vulbas » : les territoires de dépendance au nucléaire en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hérodote - Revue de géographie et de géopolitique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Géopolitique de l'énergie, 155, pp.153-169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01122653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’industrie électronucléaire française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Géographique de l'Est</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Mutations des systèmes productifs en France, 54 (1-2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01122644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des OHM au monde ? Les OHM comme laboratoire d’étude de la politique des échelles dans les transitions énergétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Plichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sérandour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chaubier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04611443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projets Siqiniq5 &amp; ENERGON – Aspects énergétiques du développement des installations de production végétale au Nunavik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gibout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Haillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Arrabie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Monfet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Valls-Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de l’OHMI Nunavik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hao, de la bombe française au poisson chinois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Meltz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sites industriels de l'armement : histoire et devenir du XIXe au XXIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Châtellerault, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02307128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fessenheim dans ses territoires : regard spatial sur une industrie contestée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">En vert et contre tout : histoire en images des luttes écologistes dans la région du rhin supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RhinEdits, Oct 2019, Mulhouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing multiscalar spatial representations of nuclear power in France and Germany to explore diverging national energy trajectories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition stakes and scales. Dissenting arguments and conflicting prospects in French and German energy debates and practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Augsburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02336087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The fear of Russia and the New Cold War discourse in the Swedish debate over energy policies: continuity and changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association for the Study of Nationalities World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01520159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les transitions énergétiques comme conflits de désaménagement du territoire ? Une analyse géopolitique des débats sur le nucléaire en Allemagne, France et Suède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences sociales et transitions énergétiques, Grenoble</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">German national identity and environmentalism: a study of the antinuclear movement in Baden-Wurtemberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association for the Study of Nationalities annual convention, Columbia University, New York</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuclear risk governance in a transnational area: the case of the Upper Rhine valley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Accidents and Emergencies: Risk, Welfare and Safety in Europe and North America, Oxford Brookes University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Geographies: Negotiating the French-German Interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer Nature Switzerland, 2024, Regionale Geographien | Regional Geographies, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-69797-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vestiges et déchets, les héritages matériels des essais nucléaires en Polynésie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des bombes en Polynésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Militantisme anti-nucléaire et sécurité des installations : perspectives comparées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sûreté et sécurité des installations nucléaires civiles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Transition Énergétique dans les Observatoires Hommes-Milieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daviet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Haillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Michel Le Tourneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, pp.1-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04918825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les matières premières critiques de l’industrie nucléaire : hafnium, indium, niobium, zirconium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Laboué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IRIS - Institut de Relations Internationales et Stratégiques. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId96"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="51488A1C"/>
+    <w:nsid w:val="174075B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/teva-meyer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8124-6760" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/221466010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934100v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Authors Teva Meyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.net.2025.103470" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529784v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Meyer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey S&#233;randour" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00295450.2025.2564564" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934280v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Gutting" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per H&#246;gselius" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Mbah" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12759/HSR.49.2024.01" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934256v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12759/hsr.49.2024.10" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934247v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/her.194.0061" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816327v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ris.127.0121" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706808v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vallerand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bour" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dauwe" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Erne-Heintz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.9674" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318406v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Martin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.39996" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818183v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202213601001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816326v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706817v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda Ravaz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Bombenger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Capezzali" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.33121" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000042v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erss.2020.101823" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611726v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027102v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.4748" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927637v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320795v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648239v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577055v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01573208v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/her.165.0067" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662367v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01573211v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/her.165.0031" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01348429v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02616874v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01573214v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pro.344.0064" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01266616v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122653v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122644v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611443v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Plichon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S&#233;randour" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chaubier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642321v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gibout" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Haillot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Arrabie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Monfet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Valls-Fox" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307128v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Meltz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314057v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336087v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520159v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02749714v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02749571v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02749991v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934177v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Weber" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-69797-5" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706830v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123803v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918825v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Daviet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Michel Le Tourneau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706823v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labou&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/teva-meyer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8124-6760" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/221466010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529784v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Meyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey S&#233;randour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00295450.2025.2564564" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934100v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Authors Teva Meyer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.net.2025.103470" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934256v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12759/hsr.49.2024.10" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934280v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Gutting" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per H&#246;gselius" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Mbah" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12759/HSR.49.2024.01" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934247v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/her.194.0061" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816327v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ris.127.0121" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706808v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vallerand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bour" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dauwe" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Erne-Heintz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.9674" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318406v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Martin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.39996" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818183v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202213601001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816326v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706817v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda Ravaz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Bombenger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Capezzali" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.33121" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000042v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erss.2020.101823" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611726v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027102v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.4748" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927637v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320795v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577055v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01573208v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/her.165.0067" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648239v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662367v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01573211v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/her.165.0031" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01348429v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02616874v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01573214v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pro.344.0064" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01266616v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122653v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122644v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611443v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Plichon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S&#233;randour" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chaubier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642321v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gibout" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Haillot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Arrabie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Monfet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Valls-Fox" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307128v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Meltz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314057v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336087v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520159v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02749714v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02749571v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02749991v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934177v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Weber" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-69797-5" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706830v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123803v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918825v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Daviet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Michel Le Tourneau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706823v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labou&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>