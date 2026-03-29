--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -144,851 +144,985 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comprehensive study of Surface Water and Ocean Topography (SWOT) Pixel Cloud data for flood extent extraction</w:t>
+                <w:t xml:space="preserve">Remote Sensing Data Assimilation With a Chained Hydrologic‐Hydraulic Model for Flood Forecasting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Bonassies</w:t>
+                <w:t xml:space="preserve">T. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Fatras</w:t>
+                <w:t xml:space="preserve">A. Piacentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Santiago Peña-Luque</w:t>
+                <w:t xml:space="preserve">S. Ricci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Dubois</w:t>
+                <w:t xml:space="preserve">Simon Munier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Piacentini</w:t>
+                <w:t xml:space="preserve">L. Cassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 333, pp.115101. </w:t>
+              <w:t xml:space="preserve">Water Resources Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 62 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rse.2025.115101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2024WR039468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05350668v1</w:t>
+                <w:t xml:space="preserve">hal-05520539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remote Sensing Data Assimilation With a Chained Hydrologic‐Hydraulic Model for Flood Forecasting</w:t>
+                <w:t xml:space="preserve">A comprehensive study of Surface Water and Ocean Topography (SWOT) Pixel Cloud data for flood extent extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Nguyen</w:t>
+                <w:t xml:space="preserve">Quentin Bonassies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Piacentini</w:t>
+                <w:t xml:space="preserve">Christophe Fatras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Ricci</w:t>
+                <w:t xml:space="preserve">Santiago Peña-Luque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Munier</w:t>
+                <w:t xml:space="preserve">Pierre Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Cassan</w:t>
+                <w:t xml:space="preserve">Andrea Piacentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Resources Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 62 (2), </w:t>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 333, pp.115101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2024WR039468⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2025.115101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05520539v1</w:t>
+                <w:t xml:space="preserve">hal-05350668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chained hydrologic-hydraulic for flood modeling by assimilating SAR-derived flood extent and FFSAR-processed altimetry data</w:t>
+                <w:t xml:space="preserve">Optimal operation of hole spin qubits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thanh Huy Nguyen</w:t>
+                <w:t xml:space="preserve">M. Bassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Ricci</w:t>
+                <w:t xml:space="preserve">E. Rodríguez-Mena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Boy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Simon Munier</w:t>
+                <w:t xml:space="preserve">B. Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Zihlmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2025.134013⟩</w:t>
+              <w:t xml:space="preserve">Nature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22 (1), pp.75-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41567-025-03106-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05224467v1</w:t>
+                <w:t xml:space="preserve">hal-05555884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaussian Anamorphosis for Ensemble Kalman Filter Analysis of SAR-Derived Wet Surface Ratio Observations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Chained hydrologic-hydraulic for flood modeling by assimilating SAR-derived flood extent and FFSAR-processed altimetry data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Huy Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ricci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Boy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Piacentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Raquel Rodriguez-Suquet</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Munier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TGRS.2023.3338296⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.134013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2025.134013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04318160v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05224467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coarse-to-Fine Registration of Airborne LiDAR Data and Optical Imagery on Urban Scenes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Gaussian Anamorphosis for Ensemble Kalman Filter Analysis of SAR-Derived Wet Surface Ratio Observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Huy Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Didier Gueriot</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Ricci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Piacentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Sintes</w:t>
+                <w:t xml:space="preserve">Ehouarn Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Le Caillec</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Raquel Rodriguez-Suquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 62, pp.1-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JSTARS.2020.2987305⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TGRS.2023.3338296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02307381v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Coarse-to-Fine Registration of Airborne LiDAR Data and Optical Imagery on Urban Scenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh Huy Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Gueriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sintes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Le Caillec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSTARS.2020.2987305⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02307381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Super-Resolution-based Snake Model -- An Unsupervised Method for Large-Scale Building Extraction using Airborne LiDAR Data and Optical Image</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Huy Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Gueriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Sintes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Le Caillec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 12 (11), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/rs12111702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02551454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -998,976 +1132,976 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dealing with Non-Gaussianity of SAR-Derived Wet Surface Ratio for Flood Extent Representation Improvement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Huy Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ricci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Piacentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehouarn Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Rodriquez Suquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Geoscience and Remote Sensing Symposium (IGARSS 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Jul 2023, Pasadena (CA), United States. pp.1595-1598, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IGARSS52108.2023.10282744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04254492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation and Improvement of Data Assimilation for Flood Hydrodynamic Modelling Using SAR Imagery Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Huy Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthéa Delmotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Fatras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Kettig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Piacentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27Th Telemac-Mascaret User Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04739644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Building-Based Registration of Airborne LiDAR Data and Optical Imagery on Urban Scenes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Non-Asymptotic Analysis of Fractional Langevin Monte Carlo for Non-Convex Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Huy Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Le Caillec</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umut Şimşekli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE International Geoscience and Remote Sensing Symposium (IGARSS 2019)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Machine Learning (ICML)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Long Beach, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02075341v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02346147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Asymptotic Analysis of Fractional Langevin Monte Carlo for Non-Convex Optimization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Unsupervised Automatic Building Extraction Using Active Contour Model on Unregistered Optical Imagery and Airborne LiDAR Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Huy Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gael Richard</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Gueriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Sintès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Le Caillec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Machine Learning (ICML)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PIA19 MRSS19 : Photogrammetric Image Analysis 2019 and Munich Remote Sensing Symposium 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Munich, Germany. pp.181-188, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLII-2-W16-181-2019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02346147v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02301979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsupervised Automatic Building Extraction Using Active Contour Model on Unregistered Optical Imagery and Airborne LiDAR Data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">First Exit Time Analysis of Stochastic Gradient Descent Under Heavy-Tailed Gradient Noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Huy Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Sintès</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Le Caillec</w:t>
+                <w:t xml:space="preserve">Umut Şimşekli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mert Gürbüzbalaban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PIA19 MRSS19 : Photogrammetric Image Analysis 2019 and Munich Remote Sensing Symposium 2019</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">33rd Conference on Neural Information Processing Systems (NeurIPS 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Vancouver, Canada</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02301979v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02372376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Exit Time Analysis of Stochastic Gradient Descent Under Heavy-Tailed Gradient Noise</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Robust Building-Based Registration of Airborne LiDAR Data and Optical Imagery on Urban Scenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Huy Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gael Richard</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Gueriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sintes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Le Caillec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd Conference on Neural Information Processing Systems (NeurIPS 2019)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 IEEE International Geoscience and Remote Sensing Symposium (IGARSS 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE GRSS, Jul 2019, Yokohama, Japan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2019.8898612⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02372376v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02075341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterogeneous Data Registration for 3D Underwater Scene Reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Huy Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Gueriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Le Caillec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Sintes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OCEANS 2017: MTS/IEEE Anchorage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Anchorage, Alaska, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01800869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correlation bias analysis - A novel method of sinus cardinal model for least squares estimation in cross-correlation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Huy Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Chabah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Sintes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OCEANS 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Washington, DC, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/OCEANS.2015.7404526⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01387453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1977,154 +2111,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncertainty Reduction in Fluvial Flood Re-analysis by Assimilating SAR-derived Flood Extent Maps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Huy Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ricci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Piacentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Chicago, United States. AGU Fall Meeting 2022, pp.H46D-08, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04741937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2134,161 +2268,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation and Improvement of Data Assimilation for Flood Hydrodynamic Modelling Using SAR Imagery Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Huy Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthéa Delmotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Fatras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Kettig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Piacentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03345744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId65"/>
+      <w:footerReference w:type="default" r:id="rId71"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2356,51 +2490,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DB985848"/>
+    <w:nsid w:val="A9A11D72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2587,51 +2721,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thanhnguyen" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2471-350X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350668v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bonassies" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fatras" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Pe&#241;a-Luque" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dubois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Piacentini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2025.115101" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520539v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguyen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Piacentini" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ricci" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Munier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cassan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024WR039468" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224467v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Huy Nguyen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ricci" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.134013" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318160v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehouarn Simon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Rodriguez-Suquet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2023.3338296" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02307381v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Daniel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gueriot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sintes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Le Caillec" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2020.2987305" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551454v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12111702" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254492v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Rodriquez Suquet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS52108.2023.10282744" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739644v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anth&#233;a Delmotte" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kettig" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075341v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2019.8898612" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02346147v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umut &#350;im&#351;ekli" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Richard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02301979v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Daniel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sint&#232;s" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLII-2-W16-181-2019" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02372376v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mert G&#252;rb&#252;zbalaban" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800869v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387453v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Chabah" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/OCEANS.2015.7404526" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04741937v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Rodriguez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Blanchet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345744v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thanhnguyen" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2471-350X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520539v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguyen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Piacentini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ricci" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Munier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cassan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024WR039468" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350668v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bonassies" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fatras" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Pe&#241;a-Luque" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dubois" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Piacentini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2025.115101" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555884v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bassi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rodr&#237;guez-Mena" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Brun" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zihlmann" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-025-03106-1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224467v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Huy Nguyen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ricci" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.134013" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318160v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehouarn Simon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Rodriguez-Suquet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2023.3338296" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02307381v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Daniel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gueriot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sintes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Le Caillec" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2020.2987305" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551454v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12111702" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254492v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Rodriquez Suquet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS52108.2023.10282744" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739644v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anth&#233;a Delmotte" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kettig" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02346147v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umut &#350;im&#351;ekli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Richard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02301979v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Daniel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sint&#232;s" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLII-2-W16-181-2019" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02372376v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mert G&#252;rb&#252;zbalaban" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075341v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2019.8898612" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800869v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387453v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Chabah" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/OCEANS.2015.7404526" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04741937v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Rodriguez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Blanchet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345744v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>