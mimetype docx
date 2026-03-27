--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -126,847 +126,847 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weak solution for granular model</w:t>
+                <w:t xml:space="preserve">Emplacement mechanisms of pyroclastic density currents: insights from numerical simulation of dense granular flow with pore gas pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chupin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The energies of magma: From volcanic eruptions and mineral resources to geothermal production and sustainability IAVCEI 25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Association of Volcanology and Chemistry of the Earth's Interior (IAVCEI), Jun 2025, Genève, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05080698v2</w:t>
+                <w:t xml:space="preserve">hal-05387361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A second-order cut-cell method for the numerical simulation of 2D flows past obstacles.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A fluidised and stable non-isochoric model applied to the numerical simulation of the collapse of dense granular columns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Bouchon</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th International Conference on Multiphase Flows, ICMF 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eric Climent, IMFT Toulouse, May 2025, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas James</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-00570049v1</w:t>
+                <w:t xml:space="preserve">hal-05387115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A second-order immersed boundary method for the numerical simulation of two-dimensional incompressible viscous flows past obstacles.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fluidisation by pore pressure of dense granular flows: numerical simulations versus experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvaro Aravena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Bouchon</w:t>
-[...40 lines deleted...]
-              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+                <w:t xml:space="preserve">Olivier Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th European Congress on Computational Methods in Applied Sciences and Engineering ( ECCOMAS 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Oslo, Norway. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23967/eccomas.2022.123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00570090v1</w:t>
+                <w:t xml:space="preserve">hal-03726486v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multilevel method applied to the numerical simulation of two-dimensional incompressible flows past obstacles at high Reynolds number.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Numerical simulations of thermally stratified flows in an open domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-00570093v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Touzani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Conference on Computational Fluid Dynamics ECCOMAS CFD 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Delft, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00109088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emplacement mechanisms of pyroclastic density currents: insights from numerical simulation of dense granular flow with pore gas pressure</w:t>
+                <w:t xml:space="preserve">Weak solution for granular model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chupin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-05387361v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05080698v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A fluidised and stable non-isochoric model applied to the numerical simulation of the collapse of dense granular columns</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Chupin</w:t>
+                <w:t xml:space="preserve">A second-order cut-cell method for the numerical simulation of 2D flows past obstacles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-05387115v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas James</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00570049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluidisation by pore pressure of dense granular flows: numerical simulations versus experiments</w:t>
+                <w:t xml:space="preserve">A second-order immersed boundary method for the numerical simulation of two-dimensional incompressible viscous flows past obstacles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alvaro Aravena</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Chupin</w:t>
+                <w:t xml:space="preserve">François Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...21 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23967/eccomas.2022.123⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03726486v2</w:t>
+                <w:t xml:space="preserve">Nicolas James</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00570090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical simulations of thermally stratified flows in an open domain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A multilevel method applied to the numerical simulation of two-dimensional incompressible flows past obstacles at high Reynolds number.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas James</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachid Touzani</w:t>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">hal-00109088v1</w:t>
+                <w:t xml:space="preserve">hal-00570093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1075,90 +1075,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Run-out distance of initially fluidized, collapsing granular columns with different aspect ratios: Constraints and volcanological implications from experiments and 2D incompressible simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alvaro Aravena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin of Volcanology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 86, </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1186,304 +1186,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04771089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressure-dependent threshold in a granular flow: numerical modelling and experimental validation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The influence of gas pore pressure in dense granular flows: numerical simulations versus experiments and implications for pyroclastic density currents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvaro Aravena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnnfm.2021.104529⟩</w:t>
+              <w:t xml:space="preserve">Bulletin of Volcanology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 83 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00445-021-01507-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02562000v2</w:t>
+                <w:t xml:space="preserve">hal-03408294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of gas pore pressure in dense granular flows: numerical simulations versus experiments and implications for pyroclastic density currents</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pressure-dependent threshold in a granular flow: numerical modelling and experimental validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Phan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of Volcanology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 83 (11), </w:t>
+              <w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 291, pp.104529. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00445-021-01507-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnnfm.2021.104529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03408294v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562000v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximum Solid Phase Concentration in Geophysical Turbulent Gas‐Particle Flows: Insights From Laboratory Experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Weit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1742,51 +1742,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Measurement of the Solid Particle Concentration in Geophysical Turbulent Gas-Particle Mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Weit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1937,51 +1937,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A numerical study of heat island flows: Stationary solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Touzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2053,51 +2053,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A numerical study of heat island flows in an open domain: Stationary solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Touzani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Numerical Methods in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2357,51 +2357,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AD45E795"/>
+    <w:nsid w:val="971ED2EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2588,51 +2588,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thdubois" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9621-3016" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080698v2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dubois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chupin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00570049v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bouchon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas James" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00570090v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00570093v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387361v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Legrand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roche" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387115v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726486v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Aravena" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/eccomas.2022.123" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109088v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Touzani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061696v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2023.1010" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771089v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-024-01778-w" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562000v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Phan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2021.104529" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03408294v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-021-01507-7" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02277038v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Weit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Manga" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019GL082658" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138212v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;nald Chalayer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803711v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/17M113993X" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914237v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JB015530" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166406v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2016.06.026" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471578v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.1840" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9KNVG3QM-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162166v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084613v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jauberteau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger M. Temam" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119176817.ecm2059" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thdubois" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9621-3016" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387361v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dubois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chupin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Legrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387115v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726486v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Aravena" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/eccomas.2022.123" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109088v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Touzani" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080698v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00570049v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bouchon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas James" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00570090v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00570093v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061696v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2023.1010" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771089v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-024-01778-w" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03408294v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-021-01507-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562000v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Phan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2021.104529" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02277038v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Weit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Manga" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019GL082658" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138212v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;nald Chalayer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803711v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/17M113993X" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914237v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JB015530" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166406v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2016.06.026" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471578v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.1840" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9KNVG3QM-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162166v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084613v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jauberteau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger M. Temam" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119176817.ecm2059" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>