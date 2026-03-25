--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1896,424 +1896,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04270068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toughening of soda-lime-silica glass by nanoscale phase separation: Molecular dynamics study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Theany To</w:t>
+                <w:t xml:space="preserve">Environment dependence of KIc of glass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. To</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Célarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Bauchy</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yann Gueguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.G. Brou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.5.093602⟩</w:t>
+              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 566, pp.120873. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2021.120873⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04660154v1</w:t>
+                <w:t xml:space="preserve">hal-03249478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deformation mechanism of a metal-organic framework glass under indentation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Stepniewska</w:t>
+                <w:t xml:space="preserve">Toughening of soda-lime-silica glass by nanoscale phase separation: Molecular dynamics study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Søren Sørensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theany To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Tao</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mathieu Bauchy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morten Smedskjaer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 23 (31), pp.16923-16931. </w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (9), pp.093602. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d1cp02213j⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.5.093602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03335481v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bond switching is responsible for nanoductility in zeolitic imidazolate framework glasses</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Deformation mechanism of a metal-organic framework glass under indentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuanzheng Yue</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Qiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. To</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Stepniewska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Tao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D1DT00096A⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (31), pp.16923-16931. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d1cp02213j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04660133v1</w:t>
+                <w:t xml:space="preserve">hal-03335481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bond Switching in Densified Oxide Glass Enables Record-High Fracture Toughness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theany To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2362,478 +2379,461 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lars Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 13 (15), pp.17753-17765. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsami.1c00435⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04660148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical properties of hydrated cesium-lithium aluminoborate glasses</w:t>
+                <w:t xml:space="preserve">Bond switching is responsible for nanoductility in zeolitic imidazolate framework glasses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theany To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Søren Sørensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuanzheng Yue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morten Smedskjaer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.5.083605⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 50 (18), pp.6126-6132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D1DT00096A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04660151v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nucleation and crystallization of Ba2Si3O8 spherulites in a barium aluminum silicate glass, and mechanical properties of the obtained glass-ceramics</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">T. To</w:t>
+                <w:t xml:space="preserve">Mechanical properties of hydrated cesium-lithium aluminoborate glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theany To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Mougari</w:t>
+                <w:t xml:space="preserve">Christoffer Pedersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Gamst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Orain</w:t>
+                <w:t xml:space="preserve">Malthe Andersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lars Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 41 (1), pp.838-848. </w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (8), pp.083605. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2020.08.025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.5.083605⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02961010v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environment dependence of KIc of glass</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nucleation and crystallization of Ba2Si3O8 spherulites in a barium aluminum silicate glass, and mechanical properties of the obtained glass-ceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Moriceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Houizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N.G. Brou</w:t>
+                <w:t xml:space="preserve">A. Mougari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Lim</w:t>
+                <w:t xml:space="preserve">H. Orain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 566, pp.120873. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 41 (1), pp.838-848. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2021.120873⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2020.08.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03249478v1</w:t>
+                <w:t xml:space="preserve">hal-02961010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elastic properties and fracture toughness of SiOC-based glass-ceramic nanocomposites</w:t>
               </w:r>
@@ -3637,51 +3637,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Roux-Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 146, pp.1-11. </w:t>
@@ -5106,51 +5106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5C4D9812"/>
+    <w:nsid w:val="8C09AD7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5337,51 +5337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/theany-to" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8127-1579" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/236576070" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512495v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gautier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theany To" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Botte" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Dupire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Rouxel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5sm01032b" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017714v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouaib Mhamdia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharafat Ali" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Houizot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolina Milewska" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.20487" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532711v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mezeix" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. To" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Celarie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-024-09518-3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659991v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Ladjani" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Coq" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Calvez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52825/glass-europe.v2i.1382" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835406v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Lacondemine" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moriceau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice C&#233;lari&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2024.102278" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270059v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Zhang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasmus Christensen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel B&#248;dker" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Du" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.7.063606" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270060v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsebeth Pedersen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;ren S&#248;rensen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Christensen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.7.053607" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270056v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra A.K.R.K. Olsen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodil Hansen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrine Enevoldsen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor L&#252;tken" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2023.122506" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795062v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Jensen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randall Youngman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2022.121806" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795064v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gamst" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin &#216;stergaard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten Smedskjaer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0096855" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795067v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Poletto Rodrigues" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lothar Wondraczek" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/rmg.2022.87.06" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270062v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0088606" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270068v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Johra" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.18152" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660154v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bauchy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.093602" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335481v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Qiao" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stepniewska" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tao" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cp02213j" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660133v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanzheng Yue" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1DT00096A" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660148v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.1c00435" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660151v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoffer Pedersen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malthe Andersen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.083605" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961010v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moriceau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mougari" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Orain" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.08.025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249478v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gueguen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.G. Brou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lim" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2021.120873" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02278040v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Stabler" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Ionescu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Riedel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.16686" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04231552v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2020.119946" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767760v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malwina Stepniewska" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang Qiao" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-16382-7" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660118v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin B &#216;stergaard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;ren R Hansen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kacper Januchta" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylwester J Rzoska" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12152439" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660126v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengfei Liu" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;ren Hansen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.16894" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02177518v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel S. Bodker" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten M. Smedskjaer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.16304" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01695489v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Celarie" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roux-Langlois" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bazin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.11.056" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374519v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Artzner" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660227v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhang Qi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jensen Lars Rosgaard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youngman Randall E." TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=To Theany" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660193v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smedskj&#230;r Morten Mattrup" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;rensen S&#248;ren Strandskov" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stepniewska Malwina" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiao Ang" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429301v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429290v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429211v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Roux-Langlois" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374594v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374612v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429319v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293815v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04660107v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019REN1S013" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/theany-to" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8127-1579" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/236576070" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512495v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gautier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theany To" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Botte" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Dupire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Rouxel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5sm01032b" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017714v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouaib Mhamdia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharafat Ali" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Houizot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolina Milewska" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.20487" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532711v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mezeix" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. To" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Celarie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-024-09518-3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659991v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Ladjani" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Coq" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Calvez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52825/glass-europe.v2i.1382" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835406v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Lacondemine" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moriceau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice C&#233;lari&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2024.102278" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270059v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Zhang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasmus Christensen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel B&#248;dker" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Du" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.7.063606" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270060v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsebeth Pedersen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;ren S&#248;rensen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Christensen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.7.053607" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270056v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra A.K.R.K. Olsen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodil Hansen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrine Enevoldsen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor L&#252;tken" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2023.122506" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795062v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Jensen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randall Youngman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2022.121806" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795064v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gamst" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin &#216;stergaard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten Smedskjaer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0096855" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795067v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Poletto Rodrigues" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lothar Wondraczek" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/rmg.2022.87.06" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270062v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0088606" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270068v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Johra" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.18152" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249478v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gueguen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.G. Brou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lim" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2021.120873" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660154v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bauchy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.093602" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335481v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Qiao" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stepniewska" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tao" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cp02213j" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660148v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.1c00435" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660133v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanzheng Yue" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1DT00096A" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660151v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoffer Pedersen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malthe Andersen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.083605" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961010v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moriceau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mougari" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Orain" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.08.025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02278040v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Stabler" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Ionescu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Riedel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.16686" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04231552v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2020.119946" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767760v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malwina Stepniewska" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang Qiao" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-16382-7" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660118v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin B &#216;stergaard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;ren R Hansen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kacper Januchta" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylwester J Rzoska" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12152439" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660126v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengfei Liu" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;ren Hansen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.16894" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02177518v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel S. Bodker" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten M. Smedskjaer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.16304" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01695489v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Celarie" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roux-Langlois" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bazin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.11.056" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374519v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Artzner" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660227v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhang Qi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jensen Lars Rosgaard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youngman Randall E." TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=To Theany" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660193v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smedskj&#230;r Morten Mattrup" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;rensen S&#248;ren Strandskov" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stepniewska Malwina" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiao Ang" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429301v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429290v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429211v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Roux-Langlois" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374594v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374612v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429319v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293815v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04660107v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019REN1S013" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>