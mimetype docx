--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -634,481 +634,481 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05366179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On choosing interpolation domains and functions in topology optimization of multi-scale structures: a comparative study</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Repousser les limites de conception par l’optimisation topologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structural and Multidisciplinary Optimization</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4, pp.4-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05271335v1</w:t>
+                <w:t xml:space="preserve">hal-05435837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repousser les limites de conception par l’optimisation topologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On choosing interpolation domains and functions in topology optimization of multi-scale structures: a comparative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Mohamed Jubartalla Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdulmajeed Altassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Gangl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margit Gföhler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Structural and Multidisciplinary Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 68 (6), pp.112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00158-025-04026-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05435837v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05271335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimaterial filtering applied to the topology optimization of a permanent magnet synchronous machine</w:t>
+                <w:t xml:space="preserve">Effects of Filtering and Current-angle Adjustment on the Multi-Material Topology Optimization of a 3-phase Stator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Hlioui</w:t>
+                <w:t xml:space="preserve">S. Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/COMPEL-10-2023-0546⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 60 (3), pp.8100604. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2023.3317700⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04634402v1</w:t>
+                <w:t xml:space="preserve">hal-04213621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Filtering and Current-angle Adjustment on the Multi-Material Topology Optimization of a 3-phase Stator</w:t>
+                <w:t xml:space="preserve">Multimaterial filtering applied to the topology optimization of a permanent magnet synchronous machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Hlioui</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">François Louf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 60 (3), pp.8100604. </w:t>
+              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 43 (4), pp.852-870. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2023.3317700⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/COMPEL-10-2023-0546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04213621v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04634402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Multimaterial Topology Optimization considering the PM Nonlinearity</w:t>
               </w:r>
@@ -1133,64 +1133,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Vancorsellis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 59 (5), </w:t>
@@ -1254,77 +1254,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Laurent</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science and Technology for Energy Transition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 78, pp.41. </w:t>
@@ -1375,77 +1375,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-material topology optimization using Wachspress interpolations for designing a 3-phase electrical machine stator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hlioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Duysinx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1522,239 +1522,239 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Air Gap Shape Optimization for Minimizing Proximity Effect Losses in an Inductor</w:t>
+                <w:t xml:space="preserve">A shape optimisation framework to design robust distance elements considering uncertainties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Gaydier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Itaï Zehavi</w:t>
+                <w:t xml:space="preserve">Alexandre Bach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Henneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Peter Gangl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Conference on the Computation of Electromagnetic Fields (COMPUMAG'2025)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">DPSP Europe 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, the IET, Apr 2025, Bilbao, Bizkaia, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05135505v1</w:t>
+                <w:t xml:space="preserve">hal-05020656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A shape optimisation framework to design robust distance elements considering uncertainties</w:t>
+                <w:t xml:space="preserve">Air Gap Shape Optimization for Minimizing Proximity Effect Losses in an Inductor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Bach</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Henneaux</w:t>
+                <w:t xml:space="preserve">Stéphane Gaydier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Itaï Zehavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Gangl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DPSP Europe 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">25th International Conference on the Computation of Electromagnetic Fields (COMPUMAG'2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Napoli, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.14631426⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05020656v1</w:t>
+                <w:t xml:space="preserve">hal-05135505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation topologique de dispositifs magnétiques : état de l'art et implémentations</w:t>
               </w:r>
@@ -1766,51 +1766,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gauthey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gaydier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Hage-Hassan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1861,90 +1861,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topology Optimization of a Complete Reluctance Machine with no Initial Information on its Geometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICEM 2024 - 26th International Conference on Electrical Machines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Torino, Italy. pp.1-7, </w:t>
@@ -2064,77 +2064,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation topologique magnéto-mécanique d’un rotor de machine électrique synchro-réluctante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Laurent</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2189,77 +2189,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Filtering and Current-angle Adjustment on the Multimaterial Topology Optimization of a 3-phase Stator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2314,77 +2314,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multimaterial Filtering applied to Topology Optimization of a Permanent Magnet Synchronous Machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Louf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Workshop on Optimization and Inverse Problems in Electromagnetism 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Graz, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2422,90 +2422,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topology Optimization of Flux Switching Machine Rotors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th IEEE International Conference on Electrical Sciences and Technologies in Maghreb - CISTEM 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Tunis, Tunisia. </w:t>
@@ -2556,90 +2556,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topology Optimization of Asymmetric PMSM Rotor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Laurent</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 International Conference on Electrical Machines (ICEM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Valencia, Spain. pp.469-475, </w:t>
@@ -3098,90 +3098,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi‐material topology optimization of a rotating electrical machine with a density‐based method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Hlioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Laurent</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th GAMM Juniors' Summer School (SAMM 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Gratz, Austria. 21 (S1), 2021, </w:t>
@@ -3738,51 +3738,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wachspress2D3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:ae0d1a4afa5db81bdd83ea5ec41e72b12b8db344;origin=https://hal.archives-ouvertes.fr/hal-03990375;visit=swh:1:snp:55580acd8ea9f05ac7709fa6906b46a8423609bb;anchor=swh:1:rel:ae02fb0b327b75f16f38cd82b05c5429e9dcfbe3;path=/⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3899,51 +3899,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CA68F3DB"/>
+    <w:nsid w:val="EC62170D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4130,51 +4130,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/theodore-cherriere" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5421-4061" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05467608v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Gaydier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ita&#239; Zehavi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Cherri&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gangl" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2026.3651849" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763326v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G R &#201;goire Allaire" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gauthey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Hage Hassan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mininger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366183v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nepomuk Krenn" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2025.3630504" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366179v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Krenn" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sch&#246;ps" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gangl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2025.3630345" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271335v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mohamed Jubartalla Ali" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulmajeed Altassan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margit Gf&#246;hler" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-025-04026-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435837v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634402v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Hlioui" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Louf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Laurent" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-10-2023-0546" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213621v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hlioui" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2023.3317700" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024477v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Vancorsellis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Hlioui" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2023.3256003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361240v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/stet/2023037" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876090v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Duysinx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-022-03460-1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135505v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaydier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.14631426" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020656v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bach" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Henneaux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05185001v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Hage-Hassan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731694v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gabsi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM60801.2024.10700155" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828346v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586939v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ahmed" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129718v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213577v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850636v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CISTEM55808.2022.10044071" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818875v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM51905.2022.9910650" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777572v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777566v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Giedymin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatih Avcilar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Schafer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mazaleyrat" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DEMPED.2019.8864913" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501017v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180443v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541810v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pamm.202100259" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727544v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeven Janny" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenqi Shu-Quartier-Dit-Maire" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Redaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079897v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Daby-Seesaram" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106150v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213864v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501041v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:cb92549bddcc33ace15b74c5ce57073b488f9ba7;origin=https://hal.archives-ouvertes.fr/hal-04501041;visit=swh:1:snp:5b1338f77abcdcc8ed56413840f88ec96e89c70f;anchor=swh:1:rel:3de3403ca64e282da8c0376f4d2f5f5a6b46c6c7;path=/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03990375v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ae0d1a4afa5db81bdd83ea5ec41e72b12b8db344;origin=https://hal.archives-ouvertes.fr/hal-03990375;visit=swh:1:snp:55580acd8ea9f05ac7709fa6906b46a8423609bb;anchor=swh:1:rel:ae02fb0b327b75f16f38cd82b05c5429e9dcfbe3;path=/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/theodore-cherriere" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5421-4061" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05467608v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Gaydier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ita&#239; Zehavi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Cherri&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gangl" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2026.3651849" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763326v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G R &#201;goire Allaire" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gauthey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Hage Hassan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mininger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366183v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nepomuk Krenn" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2025.3630504" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366179v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Krenn" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sch&#246;ps" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gangl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2025.3630345" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435837v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271335v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mohamed Jubartalla Ali" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulmajeed Altassan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margit Gf&#246;hler" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-025-04026-7" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213621v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hlioui" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Laurent" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Louf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2023.3317700" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634402v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Hlioui" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-10-2023-0546" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024477v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Vancorsellis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Hlioui" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2023.3256003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361240v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/stet/2023037" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876090v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Duysinx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-022-03460-1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020656v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bach" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Henneaux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135505v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaydier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.14631426" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05185001v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Hage-Hassan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731694v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gabsi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM60801.2024.10700155" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828346v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586939v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ahmed" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129718v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213577v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850636v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CISTEM55808.2022.10044071" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818875v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM51905.2022.9910650" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777572v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777566v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Giedymin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatih Avcilar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Schafer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mazaleyrat" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DEMPED.2019.8864913" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501017v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180443v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541810v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pamm.202100259" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727544v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeven Janny" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenqi Shu-Quartier-Dit-Maire" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Redaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079897v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Daby-Seesaram" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106150v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213864v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501041v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:cb92549bddcc33ace15b74c5ce57073b488f9ba7;origin=https://hal.archives-ouvertes.fr/hal-04501041;visit=swh:1:snp:5b1338f77abcdcc8ed56413840f88ec96e89c70f;anchor=swh:1:rel:3de3403ca64e282da8c0376f4d2f5f5a6b46c6c7;path=/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03990375v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ae0d1a4afa5db81bdd83ea5ec41e72b12b8db344;origin=https://hal.archives-ouvertes.fr/hal-03990375;visit=swh:1:snp:55580acd8ea9f05ac7709fa6906b46a8423609bb;anchor=swh:1:rel:ae02fb0b327b75f16f38cd82b05c5429e9dcfbe3;path=/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>