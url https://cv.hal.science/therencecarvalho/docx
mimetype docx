--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -461,186 +461,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05266335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La bibliothèque de Guillaume-François Le Trosne, suivi de Chronologie et œuvres de Le Trosne</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Sabbagh</w:t>
+                <w:t xml:space="preserve">Quand un magistrat de province devient physiocrate. Une biographie intellectuelle et sociale de Guillaume-François Le Trosne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérence Carvalho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anthony MERGEY; Michel PERTUÉ; Jean-Paul POLLIN. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Guillaume-François Le Trosne (1728-1780). Itinéraire d’une figure intellectuelle orléanaise au siècle des Lumières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mare &amp; Martin, pp.261-311, 2023</w:t>
+              <w:t xml:space="preserve">, Mare &amp; Martin, pp.43-57, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05266418v1</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">hal-05266401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La bibliothèque de Guillaume-François Le Trosne, suivi de Chronologie et œuvres de Le Trosne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérence Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Thérence Carvalho</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sabbagh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anthony MERGEY; Michel PERTUÉ; Jean-Paul POLLIN. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Guillaume-François Le Trosne (1728-1780). Itinéraire d’une figure intellectuelle orléanaise au siècle des Lumières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mare &amp; Martin, pp.43-57, 2023</w:t>
+              <w:t xml:space="preserve">, Mare &amp; Martin, pp.261-311, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05266401v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05266418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ma paroisse est l’Europe entière&amp;quot;. Les échos de la dimension européenne de la physiocratie dans la correspondance de Mirabeau à Sacconay</w:t>
               </w:r>
@@ -874,169 +874,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05266440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'Antiquité dans la pensée des physiocrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérence Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jacques Bouineau. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Domination et Antiquité. Aspects sociaux et économiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.113-140, 2021, Méditerranées, 978-2-343-24743-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03566286v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La correspondance littéraire et politique de Du Pont de Nemours : vecteur de diffusion du modèle physiocratique en Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérence Carvalho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entente culturelle. L'Europe des correspondances littéraires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre international d'étude du XVIIIe siècle, pp.165-184, 2021, 978-2-84559-141-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03566295v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-03566286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La justice fiscale des physiocrates</w:t>
               </w:r>
@@ -1089,100 +1089,100 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05006751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Le Play : la « science sociale » au service d’une décentralisation conservatrice</w:t>
+                <w:t xml:space="preserve">Le marquis d’Argenson : comment favoriser la démocratie au sein de la monarchie ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérence Carvalho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nicolas KADA; Vincent AUBELLE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les grandes figures de la décentralisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Berger-Levrault, pp.517-525, 2019</w:t>
+              <w:t xml:space="preserve">, Berger-Levrault, pp.31-38, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05006782v1</w:t>
+                <w:t xml:space="preserve">hal-05006797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume-François Le Trosne : réformer l’administration à l’aune de la physiocratie</w:t>
               </w:r>
@@ -1235,100 +1235,100 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05006768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le marquis d’Argenson : comment favoriser la démocratie au sein de la monarchie ?</w:t>
+                <w:t xml:space="preserve">Frédéric Le Play : la « science sociale » au service d’une décentralisation conservatrice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérence Carvalho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nicolas KADA; Vincent AUBELLE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les grandes figures de la décentralisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Berger-Levrault, pp.31-38, 2019</w:t>
+              <w:t xml:space="preserve">, Berger-Levrault, pp.517-525, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05006797v1</w:t>
+                <w:t xml:space="preserve">hal-05006782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2617,165 +2617,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05006708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Role of Physiocracy in the Birth of Human Rights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérence Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Opera historica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (1), pp.61-71</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les physiocrates : précurseurs de l’écologie politique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérence Carvalho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Commentaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 43 (169), pp.115-120</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05006739v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-05006543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph II et la physiocratie. Enquête sur un malentendu historique</w:t>
               </w:r>
@@ -3725,51 +3725,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265834v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;rence Carvalho" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265825v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268491v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266313v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266335v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266418v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sabbagh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266401v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266364v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04823487v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Laporte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delaigue" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Gazeau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266440v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566295v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566286v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006751v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006782v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006768v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006797v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124256v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Herencia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slatkine.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-04951494v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493651v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547218v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04240250v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slatkine.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859467v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725570v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Beuvant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lem&#233;e" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4556&amp;amp;utm_source=parution-les-traductions-du-discours-juridique&amp;amp;utm_medium=e-mail&amp;amp;utm_content=notice&amp;amp;utm_campaign=outil-de-diffusion#" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815269v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaptal Mathieu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04240205v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04240194v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569918v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13135/2280-8574/7490" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454170v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03664261v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006490v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Edelstein" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cjm.1132" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006708v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006739v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006543v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137486v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02249475v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148289v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00872297v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007040v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007050v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01141567v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01122105v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01059561v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01072542v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01003170v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265834v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;rence Carvalho" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265825v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268491v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266313v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266335v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266401v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266418v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sabbagh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266364v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04823487v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Laporte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delaigue" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Gazeau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266440v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566286v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566295v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006751v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006797v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006768v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006782v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124256v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Herencia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slatkine.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-04951494v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493651v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547218v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04240250v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slatkine.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859467v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725570v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Beuvant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lem&#233;e" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4556&amp;amp;utm_source=parution-les-traductions-du-discours-juridique&amp;amp;utm_medium=e-mail&amp;amp;utm_content=notice&amp;amp;utm_campaign=outil-de-diffusion#" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815269v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaptal Mathieu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04240205v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04240194v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569918v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13135/2280-8574/7490" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454170v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03664261v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006490v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Edelstein" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cjm.1132" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006708v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006543v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006739v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137486v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02249475v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148289v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00872297v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007040v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007050v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01141567v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01122105v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01059561v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01072542v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01003170v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>