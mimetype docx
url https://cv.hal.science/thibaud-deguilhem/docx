--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -100,269 +100,269 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une approche interdisciplinaire de la qualité de l’emploi en Amérique latine</w:t>
+                <w:t xml:space="preserve">De la informalidad a la calidad del empleo: Cuales son los desafios para Latinoamerica?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michelle Vernot-López</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Delmas</w:t>
+                <w:t xml:space="preserve">Michelle Vernot-Lopez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue canadienne d'études du développement / Canadian Journal of Development Studies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Foreign Affairs Latinoamérica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (1), pp.44-53</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02921703v1</w:t>
+                <w:t xml:space="preserve">hal-02496474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la informalidad a la calidad del empleo: Cuales son los desafios para Latinoamerica?</w:t>
+                <w:t xml:space="preserve">Pour une approche interdisciplinaire de la qualité de l’emploi en Amérique latine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michelle Vernot-Lopez</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Vernot-López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foreign Affairs Latinoamérica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue canadienne d'études du développement / Canadian Journal of Development Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 42 (4), pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02255189.2020.1798217⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02496474v1</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02921703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quality of Employment in Bogota (Colombia): Concept, Method and Evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Vernot-Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum for Social Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 51 (3), pp.1-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1507,217 +1507,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02637188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fabrique de la politique nationale de la protection sociale à Madagascar : une analyse de réseau inter- organisationnel</w:t>
+                <w:t xml:space="preserve">Effects of social capital and active network on labour market outcomes. Evidence from Colombia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Piveteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FROGNET (conférence Francophone sur les Graphes et les Réseaux Sociaux)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupement de Recherche du CNRS Réseaux; Association Française de Sociologie Réseaux Sociaux; Labex Structuration des Mondes Sociaux; Université Toulouse Jean-Jaurès; Institut National Polytechnique de Toulouse, May 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">INSNA-SUNBELT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02276426v1</w:t>
+                <w:t xml:space="preserve">hal-02507542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of social capital and active network on labour market outcomes. Evidence from Colombia</w:t>
+                <w:t xml:space="preserve">La fabrique de la politique nationale de la protection sociale à Madagascar : une analyse de réseau inter- organisationnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Piveteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INSNA-SUNBELT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">FROGNET (conférence Francophone sur les Graphes et les Réseaux Sociaux)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupement de Recherche du CNRS Réseaux; Association Française de Sociologie Réseaux Sociaux; Labex Structuration des Mondes Sociaux; Université Toulouse Jean-Jaurès; Institut National Polytechnique de Toulouse, May 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02507542v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02276426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fabrique de la politique nationale de la protection sociale à Madagascar : une analyse de réseau inter- organisationnel</w:t>
               </w:r>
@@ -1742,51 +1742,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delpy Léo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Piveteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1850,51 +1850,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Piveteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2564,51 +2564,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Piveteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2810,51 +2810,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire AFD – LAM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Paris, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2918,51 +2918,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Piveteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3039,51 +3039,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Piveteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3217,147 +3217,309 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Vulnérabilité et Résilience »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Versaille- Saint-Quentin en Yvelines, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03116343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’évaluation relationnelle des politiques publiques. Analyse de réseaux et fabrique de la politique de protection sociale à Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Piveteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Delpy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gondard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gouverner les Afriques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Presses de l’Université de Montréal, pp.49-78, 2024, 9782760650664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/9782760650664-004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre le marché du travail à Bogota à partir de la qualité de l’emploi (Mondes Sociaux)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58079/u9cq⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05048919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3367,222 +3529,222 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Race, Gender and Poverty: Evidence from Brazilian Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sasha Yeutseyeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03778149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre les systèmes locaux de protection sociale. Éléments d’analyse dans trois Fokontany du Grand Sud Malgache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Lallau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Mampianina Andrianaivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Delpy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03160664v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3592,270 +3754,270 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discontinuité de l'emploi et réforme de l'assurance chômage : quels effets sur le revenu et le retour à l'emploi des demandeurs d'emploi ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabina Issehnane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Redha Fares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wided Merchaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Reberioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">17, Collection "Valorisation de la recherche", Dares Ministère de l’Économie, de l’industrie et de l’emploi – Ministère du Travail, des relations sociales, de la famille, de la solidarité et de la ville. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05349013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les micro et petites entreprises de l'informel sénégalais face à la Covid-19. Les usages numériques dans la crise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Girollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Piveteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LAM CNRS 5115 - Sciences Po Bordeaux; Orange Innovation. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04496988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Who Drives if No-one Governs? A Social Network Analysis of Social Protection Policy in Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3877,107 +4039,107 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] LAM CNRS 5115 - Sciences Po Bordeaux; IRD - Institut de recherche pour le developpement; GREThA CNRS 5113 - Université de Bordeaux; AFD - Agence Française de Développement; Région Nouvelle-Aquitaine. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03180029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qui pilote si personne ne gouverne ? La politique publique de protection sociale à Madagascar au prisme de l’analyse des réseaux sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3999,199 +4161,199 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delpy Léo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] LAM CNRS 5115 - Sciences Po Bordeaux; GREThA CNRS 5113 - Université de Bordeaux; IRD - Institut de recherche pour le developpement; AFD - Agence Française de Développement; Région Nouvelle-Aquitaine. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02918286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographie des réseaux et stratégies communautaires de sécurisation des conditions de vie dans le Grand Sud de Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Lallau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Archambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de Bordeaux; IRD. 2019, 134 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4201,114 +4363,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiter le marché du travail urbain en Amérique Latine : segmentation, réseaux sociaux et qualité de l'emploi à Bogota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Economies et finances. Université de Bordeaux, 2018. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018BORD0258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01989927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId85"/>
+      <w:footerReference w:type="default" r:id="rId87"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4455,51 +4617,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921703v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Deguilhem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Vernot-L&#243;pez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Delmas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02255189.2020.1798217" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496474v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Vernot-Lopez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161447v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07360932.2020.1843515" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02283487v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Combarnous" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.192.0283" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02276337v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Berrou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00346764.2019.1627573" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848362v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suneha Seetahul" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02283486v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Frontenaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.11769" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728223v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;du" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Granier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566861v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Schlegel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmane Djibo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Piveteau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566800v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chapus" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489193v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076649v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507570v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Combarnous" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02637188v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02276426v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gondard-Delcroix" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507542v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507508v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delpy L&#233;o" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02276390v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Piveteau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507546v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507554v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628654v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628657v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507567v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187825v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Archambaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Delpy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Droy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152360v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187839v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116333v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186523v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152309v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116343v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Ballet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048919v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u9cq" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778149v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Yeutseyeva" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160664v3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gondard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lallau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mampianina Andrianaivo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Delpy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349013v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabina Issehnane" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redha Fares" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wided Merchaoui" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Reberioux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496988v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Girollet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180029v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918286v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834624v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01989927v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018BORD0258" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496474v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Deguilhem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Vernot-Lopez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921703v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Vernot-L&#243;pez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Delmas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02255189.2020.1798217" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161447v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07360932.2020.1843515" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02283487v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Combarnous" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.192.0283" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02276337v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Berrou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00346764.2019.1627573" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848362v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suneha Seetahul" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02283486v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Frontenaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.11769" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728223v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;du" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Granier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566861v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Schlegel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmane Djibo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Piveteau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566800v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chapus" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489193v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076649v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507570v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Combarnous" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02637188v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507542v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02276426v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gondard-Delcroix" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507508v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delpy L&#233;o" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02276390v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Piveteau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507546v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507554v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628654v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628657v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507567v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187825v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Archambaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Delpy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Droy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152360v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187839v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116333v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186523v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152309v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116343v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Ballet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563635v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Delpy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gondard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9782760650664-004" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048919v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u9cq" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778149v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Yeutseyeva" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160664v3" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lallau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mampianina Andrianaivo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349013v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabina Issehnane" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redha Fares" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wided Merchaoui" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Reberioux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496988v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Girollet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180029v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918286v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834624v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01989927v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018BORD0258" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>