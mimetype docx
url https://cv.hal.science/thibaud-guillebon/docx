--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -287,674 +287,674 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05496172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La notion d'œuvre d'art en droit fiscal à l'épreuve du numérique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Clélia Tréhin</w:t>
+                <w:t xml:space="preserve">La fiscalité des revenus de l'artiste numérique : Du droit d'auteur au droit fiscal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Guillebon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit fiscal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 29, n° 257, p. 14-20</w:t>
+              <w:t xml:space="preserve">, 2025, n° 29, p. 258</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05201984v1</w:t>
-[...23 lines deleted...]
-                <w:t xml:space="preserve">Les actions d'une valeur nominale identique donnent droit au même montant de dividendes, sous réserve de dispositions ou stipulations contraires</w:t>
+                <w:t xml:space="preserve">halshs-05235023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actions de préférence émises par la SAS. Opération emportant modification des droits attachés aux actions et notion de conversion d'actions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Guillebon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 43 [art. 1287], n° 3, p. 25-28</w:t>
+              <w:t xml:space="preserve">, 2025, 20 [art. 1140], n° 4, p. 37-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05117966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les crypto-actifs saisis par l'ingénierie patrimoniale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Guillebon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ingénierie patrimoniale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04946622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transposition de la directive &amp;quot;DAC 8&amp;quot; : instauration d'une obligation déclarative relative aux transactions sur crypto-actifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Guillebon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit fiscal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, n° 12, p. 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05000029v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La notion d'œuvre d'art en droit fiscal à l'épreuve du numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Guillebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">La convention de trésorerie ne constitue pas un fondement suffisant à la transmission de dette</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Lorho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clélia Tréhin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit fiscal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29, n° 257, p. 14-20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05201984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les actions d'une valeur nominale identique donnent droit au même montant de dividendes, sous réserve de dispositions ou stipulations contraires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Guillebon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 43 [art. 1287], n° 5, p. 29-31</w:t>
+              <w:t xml:space="preserve">, 2025, 43 [art. 1287], n° 3, p. 25-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05426704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nature des obligations convertibles en actions et appréciation des conditions de détention du capital d'une SELAS de pharmacie d'officine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Guillebon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 20 [art. 1140], n° 5, p. 39-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05117980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Les crypto-actifs saisis par l'ingénierie patrimoniale</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La convention de trésorerie ne constitue pas un fondement suffisant à la transmission de dette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Guillebon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ingénierie patrimoniale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1</w:t>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 43 [art. 1287], n° 5, p. 29-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05426709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'adaptation du droit français au nouveau statut de prestataire de services sur crypto-actifs (PSCA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Guillebon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, mars-avril (2), pp.Dossier 9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05052987v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-05117966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extension du champ d'application personnel de l'obligation de déclaration des comptes d'actifs numériques ouverts, détenus, utilisés ou clos à l'étranger</w:t>
               </w:r>
@@ -1738,234 +1738,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05007515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Identification des nouveaux préjudices résultant d'une atteinte aux actifs virtuels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Guillebon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les variations du préjudice, de l'individuel au collectif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, La Rochelle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05007523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sciences participatives et propriété intellectuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Guillebon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences participatives et communication scientifique : écrire, publier, valoriser</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Unité Régionale de Formation à l'Information Scientifique et Technique de Bordeaux, Nov 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05007533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux juridiques liés aux usages de ChatGPT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Guillebon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matinées du numérique responsable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Unité Régionale de Formation à l'Information Scientifique et Technique de Bordeaux; CRFCB Média Centre-Ouest; Médiaquitaine, Jun 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05007543v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-05007523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiscalité des actifs numériques : enjeux et perspectives</w:t>
               </w:r>
@@ -2396,51 +2396,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04633022v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Guillebon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022BORD0283" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496172v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201984v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Lorho" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Tr&#233;hin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426704v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05000029v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426709v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117980v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946622v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052987v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05235023v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117966v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505432v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505438v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Deboissy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468359v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468344v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384604v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384587v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227846v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242498v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426688v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426649v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007515v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007533v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007543v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007523v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007557v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007562v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007570v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007567v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04633022v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Guillebon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022BORD0283" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496172v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05235023v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117966v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946622v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05000029v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201984v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Lorho" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Tr&#233;hin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426704v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117980v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426709v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052987v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505432v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505438v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Deboissy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468359v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468344v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384604v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384587v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227846v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242498v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426688v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426649v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007515v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007523v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007533v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007543v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007557v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007562v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007570v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007567v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>