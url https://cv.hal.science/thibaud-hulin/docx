--- v0 (2026-03-03)
+++ v1 (2026-03-30)
@@ -1733,55 +1733,55 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cailleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Bouchardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'écriture et ses pratiques », Colloque du GDR 2657 "Production Verbale Ecrite"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Poitiers, France</w:t>
+              <w:t xml:space="preserve">L'écriture et ses pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupement De Recherche GDR CNRS 2657 “Production Verbale Ecrite” Université de Poitiers, Oct 2010, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01158767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -1880,215 +1880,215 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les nouvelles médiations pédagogiques. Design et innovation pédagogiques, expériences d'enseignement technologique.</w:t>
+                <w:t xml:space="preserve">Rédaction web et référencement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Lardellier</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">L'Harmattan, 2020, Des Hauts et Débats</w:t>
+                <w:t xml:space="preserve">Editions Thimomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03185448v1</w:t>
+                <w:t xml:space="preserve">hal-03227076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rédaction web et référencement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les nouvelles médiations pédagogiques. Design et innovation pédagogiques, expériences d'enseignement technologique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lardellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 2020, Des Hauts et Débats</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03227076v1</w:t>
+                <w:t xml:space="preserve">hal-03185448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scénarisation interactive et jeux sérieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Thimomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2115,51 +2115,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design d'expérience et écriture multimédia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Thimomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2186,51 +2186,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écrire pour les réseaux sociaux numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Thimomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2271,264 +2271,264 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de scénarios pédagogiques en humanités numériques avec l’intelligence artificielle. Le cas Edubase.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Informations, enjeux et stratégies pour l’accessibilité des logements intelligents et temporaires aux personnes à mobilité réduite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Younes Lamsaougar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Normand M-A</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Tajariol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Reffay</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">T. Hulin; B. Lardellier; B. Drot-Delange. </w:t>
+                <w:t xml:space="preserve">Joseph Azar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Aurélie de Boissieu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanités Numériques pour l’éducation, la formation et la médiation des savoirs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.195-227, 2024, 97824937025</w:t>
+              <w:t xml:space="preserve">BIM computationnel, des données vers l'IA. Ingénierie &amp; architecture, enseignement &amp; recherche.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Eyrolles, 2024, 978-2-416-01511-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04667352v1</w:t>
+                <w:t xml:space="preserve">hal-04673098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Informations, enjeux et stratégies pour l’accessibilité des logements intelligents et temporaires aux personnes à mobilité réduite</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recherche de scénarios pédagogiques en humanités numériques avec l’intelligence artificielle. Le cas Edubase.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Hulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Normand M-A</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Younes Lamsaougar</w:t>
+                <w:t xml:space="preserve">Marchaland J.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thibaud Hulin</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Reffay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Azar</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Aurélie de Boissieu. </w:t>
+                <w:t xml:space="preserve">Francine Athias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">T. Hulin; B. Lardellier; B. Drot-Delange. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BIM computationnel, des données vers l'IA. Ingénierie &amp; architecture, enseignement &amp; recherche.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Eyrolles, 2024, 978-2-416-01511-3</w:t>
+              <w:t xml:space="preserve">Humanités Numériques pour l’éducation, la formation et la médiation des savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.195-227, 2024, 97824937025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04673098v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04667352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enjeux de la formation de formateurs aux humanités numériques</w:t>
               </w:r>
@@ -2771,173 +2771,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01813082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'argumentation réflexive des universitaires européens face aux réformes</w:t>
+                <w:t xml:space="preserve">Le sensible de l'écriture numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Fabien Liénard; Sami Zlitni. </w:t>
+              <w:t xml:space="preserve">Boutaud, Jean-Jacques. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La communication électronique : enjeux, stratégies et opportunités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lambert-Lucas, 2015</w:t>
+              <w:t xml:space="preserve">Sensible et communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01144880v1</w:t>
+                <w:t xml:space="preserve">halshs-01813080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le sensible de l'écriture numérique</w:t>
+                <w:t xml:space="preserve">L'argumentation réflexive des universitaires européens face aux réformes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Boutaud, Jean-Jacques. </w:t>
+              <w:t xml:space="preserve">Fabien Liénard; Sami Zlitni. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensible et communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">La communication électronique : enjeux, stratégies et opportunités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lambert-Lucas, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01813080v1</w:t>
+                <w:t xml:space="preserve">halshs-01144880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratique et sémantique de la culture informationnelle</w:t>
               </w:r>
@@ -4031,51 +4031,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A5DBB5E2"/>
+    <w:nsid w:val="03DCFF15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4262,51 +4262,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thibaud-hulin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1607-9994" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/098742655" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185449v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Hulin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185446v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Lafaye" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Markina" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.3792" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185444v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.5702" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185445v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.hs7.0061" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185443v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01580278v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Petit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.2649" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01813083v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.38119/cacs.2017.17.7" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01144750v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trema.3379" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01144763v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ticetsociete.1314" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01153863v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bouchardon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cailleau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Crozat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bachimont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.hs03.0002" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01153877v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.010.0500" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05167581v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier N&#233;d&#233;lec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04060329v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185450v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Remond" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Collet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-00826075v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01144882v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00786651v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrysta P&#233;lissier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158767v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158769v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185448v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lardellier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227076v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thibaudhulin.net/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227082v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227075v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227079v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04667352v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Normand M-A" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marchaland J." TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Reffay" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Athias" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673098v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Lamsaougar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Tajariol" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Azar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339902v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Th Hulin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185447v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01813082v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinault Anne-Marie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01144880v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01813080v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01144879v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01153782v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01144881v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954909v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Ollagnier-Beldame" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01153903v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01853373v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Seurrat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barats" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bouchard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Drot-Delange" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00401599v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00401590v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01153840v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galibert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pirolli" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00311417v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03185876v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thibaud-hulin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1607-9994" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/098742655" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185449v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Hulin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185446v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Lafaye" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Markina" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.3792" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185444v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.5702" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185445v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.hs7.0061" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185443v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01580278v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Petit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.2649" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01813083v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.38119/cacs.2017.17.7" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01144750v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trema.3379" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01144763v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ticetsociete.1314" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01153863v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bouchardon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cailleau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Crozat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bachimont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.hs03.0002" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01153877v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.010.0500" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05167581v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier N&#233;d&#233;lec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04060329v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185450v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Remond" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Collet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-00826075v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01144882v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00786651v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrysta P&#233;lissier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158767v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158769v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227076v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thibaudhulin.net/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185448v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lardellier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227082v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227075v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227079v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673098v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Lamsaougar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Tajariol" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Azar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04667352v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Normand M-A" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marchaland J." TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Reffay" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Athias" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339902v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Th Hulin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185447v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01813082v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinault Anne-Marie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01813080v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01144880v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01144879v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01153782v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01144881v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954909v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Ollagnier-Beldame" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01153903v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01853373v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Seurrat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barats" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bouchard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Drot-Delange" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00401599v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00401590v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01153840v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galibert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pirolli" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00311417v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03185876v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>