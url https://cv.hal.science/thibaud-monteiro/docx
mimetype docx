--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -437,226 +437,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04820561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'optimisation conjointe de l'affectation et du transport d'enfant en situation de handicap dans des établissements médicaux-sociaux</w:t>
+                <w:t xml:space="preserve">Optimizing a Multi-Level Logistics Network: Exploring the Location and Assignment of 3D Printed Orthotic Facilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothée Chane-Haï</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samuel Vercraene</w:t>
+                <w:t xml:space="preserve">Siyu Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Monteiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25ème Congrès annuel de la Société Française de Recherche Opérationnelle et d’Aide à la Décision (ROADEF 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">21st International Conference on Informatics in Control, Automation and Robotics (ICINCO 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Porto, Portugal. pp.261-268, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0012926900003822⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04820590v1</w:t>
+                <w:t xml:space="preserve">hal-04820524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing a Multi-Level Logistics Network: Exploring the Location and Assignment of 3D Printed Orthotic Facilities</w:t>
+                <w:t xml:space="preserve">L'optimisation conjointe de l'affectation et du transport d'enfant en situation de handicap dans des établissements médicaux-sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Siyu Guo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tao Wang</w:t>
+                <w:t xml:space="preserve">Timothée Chane-Haï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Vercraene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Monteiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Conference on Informatics in Control, Automation and Robotics (ICINCO 2024)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">25ème Congrès annuel de la Société Française de Recherche Opérationnelle et d’Aide à la Décision (ROADEF 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Amiens, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04820524v1</w:t>
+                <w:t xml:space="preserve">hal-04820590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organization of external cares using the Large Neighborhood Search optimization</w:t>
               </w:r>
@@ -988,51 +988,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the non-urgent sanitary transportation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Chane-Haï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Vercraene Vercraene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1410,381 +1410,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03775453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planning of home health care activities with uncertain service time</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tao Wang</w:t>
+                <w:t xml:space="preserve">Integrated School Bell Time Adjustment and Vehicle Routing for Paratransit Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Vercraene Vercraene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lehuédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Monteiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Péton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème Congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France</w:t>
+              <w:t xml:space="preserve">11th Triennial Symposium on Transportation Analysis conference (TRISTAN XI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Balaclava, Mauritius</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03595380v1</w:t>
+                <w:t xml:space="preserve">hal-03709753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated School Bell Time Adjustment and Vehicle Routing for Paratransit Optimization</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabien Lehuédé</w:t>
+                <w:t xml:space="preserve">Guidage des métaheuristiques par machine-learning, application au transport d'enfants en situation de handicap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Chane-Haï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Vercraene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Monteiro</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Péton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th Triennial Symposium on Transportation Analysis conference (TRISTAN XI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Balaclava, Mauritius</w:t>
+              <w:t xml:space="preserve">23ème Congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03709753v1</w:t>
+                <w:t xml:space="preserve">hal-03595296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guidage des métaheuristiques par machine-learning, application au transport d'enfants en situation de handicap</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Céline Robardet</w:t>
+                <w:t xml:space="preserve">Planning of home health care activities with uncertain service time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiao Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Monteiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23ème Congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03595296v1</w:t>
+                <w:t xml:space="preserve">hal-03595380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knowledge-guided search applied to the transportation of disabled people</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Chane-Haï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Vercraene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1835,51 +1835,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sharing a ride time constraint in a multi-trip dial-a-ride problem. An application to the non-urgent patient transportation problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Chane-Haï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Vercraene Vercraene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6477,51 +6477,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The assignment-dial-a-ride-problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Chane-Haï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vercraene Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6581,51 +6581,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Dial-a-Ride Problem with School Bell Time Adjustment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Vercraene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lehuédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9973,51 +9973,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The fleet size and mix dial-a-ride problem with reconfigurable vehicle capacity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Tellez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Vercraene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lehuédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10642,51 +10642,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534961v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur H&#233;am" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Vercraene Vercraene" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayeb Oulad Kouider" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Monteiro" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346896v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Makaci" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iskander Zouaghi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Botta-Genoulaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Reaidy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820561v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiao Zhao" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD60883.2024.10553950" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820590v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Chane-Ha&#239;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Vercraene" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820524v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siyu Guo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012926900003822" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04658439v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timon Roxard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Trilling" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Di Mascolo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD60883.2024.10553895" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987613v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lehu&#233;d&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P&#233;ton" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344023v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Evrard-Samuel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423051v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Robardet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD57653.2023.10152350" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176163v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Collomb" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775468v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monteiro Thibaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775453v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595380v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709753v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595296v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398625v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124964v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033372v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alois Franzino" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127945v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Tellez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285166v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/trsc.2022.1160" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127950v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986181v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975779v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Fabian Mosquera Varela" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabrouka El Hachani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geovanny Osorio" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Larouk" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882752v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daguet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geovanny Osorio Montoya" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978326v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978332v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760353v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127942v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127936v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314741v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127934v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789195v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J. Reaidy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Evrard Samuel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071414v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336734v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Albert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127929v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01387187v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Millet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-44733-8_29" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980697v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Viallon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789290v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980709v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531369v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhia Jomaa" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrix Besombes" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531347v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130911-3-BR-3021.00013" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574859v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linjie Chen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marcon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728628v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lust" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Meskens" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00601312v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Tamayo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sauer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00600411v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00598738v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sim&#243;n Tamayo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345540v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gourc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyes Lamine" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cordier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bistorin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00596231v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sma&#239;l Khouider" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Portmann" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598753v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norly Germain" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhal Rezg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evens Emmanuel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00596057v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00598764v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Forget" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=d'Amours Sophie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Frayret" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113405v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00114153v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01714058v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Anciaux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Roy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02303947v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265628v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265615v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJLM-11-2023-0466" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526989v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph21030377" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401502v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vercraene Samuel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10729-023-09655-2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771405v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460670v2" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.22063" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550936v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2022.0775" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546111v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16258312.2020.1768435" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723854v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10729-018-9438-6" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132348v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0371" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768291v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2018.03.020" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531304v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2017.03.005" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4G9XGCBK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531303v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2017.02.009" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531297v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2015.1082040" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531335v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12507970.2014.11665665" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00601376v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadok Turki" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584914v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09537287.2010.489252" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580612v2" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAOM.2009.030676" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584902v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2009.02.007" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00598726v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pourcel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Padilla" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288760v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2006.07.005" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02304001v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Ouzizi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17410380410565339" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FE16BC10014F93861EE0CCDE4A5D267DEEE33DBC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288755v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288751v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ladet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen Bouchriha" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288801v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288796v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Louis Perpen" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Geneste" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327511v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138624v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430755v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00598663v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie d'Amours" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Espinasse" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ferrarini" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00598659v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Labarthe" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00598667v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00598666v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619103v2" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01709854v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789126v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Botta-Genoulaz" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09537287.2010.488926" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00138918v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00198467v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534961v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur H&#233;am" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Vercraene Vercraene" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayeb Oulad Kouider" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Monteiro" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346896v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Makaci" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iskander Zouaghi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Botta-Genoulaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Reaidy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820561v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiao Zhao" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD60883.2024.10553950" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820524v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siyu Guo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012926900003822" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820590v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Chane-Ha&#239;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Vercraene" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04658439v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timon Roxard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Trilling" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Di Mascolo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD60883.2024.10553895" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987613v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lehu&#233;d&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P&#233;ton" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344023v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Evrard-Samuel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423051v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Robardet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD57653.2023.10152350" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176163v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Collomb" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775468v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monteiro Thibaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775453v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709753v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595296v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595380v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398625v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124964v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033372v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alois Franzino" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127945v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Tellez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285166v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/trsc.2022.1160" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127950v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986181v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975779v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Fabian Mosquera Varela" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabrouka El Hachani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geovanny Osorio" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Larouk" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882752v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daguet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geovanny Osorio Montoya" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978326v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978332v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760353v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127942v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127936v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314741v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127934v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789195v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J. Reaidy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Evrard Samuel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071414v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336734v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Albert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127929v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01387187v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Millet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-44733-8_29" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980697v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Viallon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789290v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980709v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531369v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhia Jomaa" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrix Besombes" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531347v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130911-3-BR-3021.00013" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574859v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linjie Chen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marcon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728628v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lust" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Meskens" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00601312v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Tamayo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sauer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00600411v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00598738v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sim&#243;n Tamayo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345540v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gourc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyes Lamine" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cordier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bistorin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00596231v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sma&#239;l Khouider" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Portmann" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598753v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norly Germain" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhal Rezg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evens Emmanuel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00596057v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00598764v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Forget" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=d'Amours Sophie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Frayret" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113405v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00114153v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01714058v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Anciaux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Roy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02303947v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265628v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265615v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJLM-11-2023-0466" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526989v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph21030377" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401502v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vercraene Samuel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10729-023-09655-2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771405v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460670v2" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.22063" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550936v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2022.0775" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546111v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16258312.2020.1768435" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723854v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10729-018-9438-6" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132348v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0371" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768291v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2018.03.020" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531304v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2017.03.005" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4G9XGCBK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531303v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2017.02.009" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531297v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2015.1082040" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531335v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12507970.2014.11665665" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00601376v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadok Turki" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584914v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09537287.2010.489252" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580612v2" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAOM.2009.030676" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584902v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2009.02.007" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00598726v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pourcel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Padilla" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288760v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2006.07.005" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02304001v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Ouzizi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17410380410565339" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FE16BC10014F93861EE0CCDE4A5D267DEEE33DBC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288755v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288751v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ladet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen Bouchriha" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288801v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288796v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Louis Perpen" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Geneste" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327511v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138624v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430755v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00598663v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie d'Amours" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Espinasse" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ferrarini" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00598659v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Labarthe" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00598667v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00598666v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619103v2" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01709854v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789126v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Botta-Genoulaz" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09537287.2010.488926" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00138918v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00198467v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>