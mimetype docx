--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -630,1796 +630,1796 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04146044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jeux vidéo : une industrie géopolitique en mutation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 60, pp.41-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extrême-droite en Allemagne : entre voix politique et violence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 61, pp.29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Croatie dans l'UE : une intégration imparfaite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 58, pp.28-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serbie et Kosovo, proches et si éloignés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 61, pp.30-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biélorussie : un &amp;quot;niet&amp;quot; à l'union avec la Russie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 58, pp.30-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La 'Ndrangheta, la mafia la plus puissante ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 60, pp.30-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France : les villes face aux municipales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 57, pp.26-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brexit : le Commonwealth à la rescousse du Royaume-Uni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59, pp.38-39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Brexit : une frontière avec l'Irlande et l'Ecosse ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 57, pp.30-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02965841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Jeux vidéo : une industrie géopolitique en mutation</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Euro a vingt ans : une monnaie incontournable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 60, pp.41-44</w:t>
+              <w:t xml:space="preserve">, 2019, 52, pp.26-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Extrême-droite en Allemagne : entre voix politique et violence</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Logement trop cher en Europe, pourquoi ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 61, pp.29</w:t>
+              <w:t xml:space="preserve">, 2019, 54, pp.26-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La Croatie dans l'UE : une intégration imparfaite</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Russie parraine-t-elle l'extrême droite européenne ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 58, pp.28-29</w:t>
+              <w:t xml:space="preserve">, 2019, 54, pp.30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Serbie et Kosovo, proches et si éloignés</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hôpital en crise : le &amp;quot;modèle&amp;quot; français en question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 61, pp.30-31</w:t>
+              <w:t xml:space="preserve">, 2019, 55, pp.28-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Biélorussie : un &amp;quot;niet&amp;quot; à l'union avec la Russie</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Asie-Pacifique, nouvel horizon des ambitions de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 58, pp.30-31</w:t>
+              <w:t xml:space="preserve">, 2019, 55, pp.30-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La 'Ndrangheta, la mafia la plus puissante ?</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Nouvelle-Calédonie reste (de justesse) française!</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 60, pp.30-31</w:t>
+              <w:t xml:space="preserve">, 2019, 51, pp.27-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">France : les villes face aux municipales</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enjeux internationaux : l’industrie pharmaceutique, un secteur sous tension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 57, pp.26-27</w:t>
+              <w:t xml:space="preserve">, 2019, 56, pp.41-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Brexit : le Commonwealth à la rescousse du Royaume-Uni</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moldavie : le retour de l'influence russe ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 59, pp.38-39</w:t>
+              <w:t xml:space="preserve">, 2019, 53, pp.30-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La Nouvelle-Calédonie reste (de justesse) française!</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trente ans après la chute du mur, que reste-t-il de la RDA ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 51, pp.27-29</w:t>
+              <w:t xml:space="preserve">, 2019, 56, pp.27-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 55, pp.28-29</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regards croisés sur la création de carte à l'échelle du monde d'aujourd'hui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Victor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Vagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 55, pp.30-31</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03966112v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Services publics : recompositions en cours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ygal Fijalkow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Taulelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Urbanisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Ces villes qu’on dit moyennes, 403, pp.45-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01653224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Does the EU Regional Policy reinforce the European citizenship?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Taulelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Debater a Europa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Políticas Regionais da UE - EU Regional Policies, 12, pp.155-171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14195/1647-6336_12_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 54, pp.26-29</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01653193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les réticences de l'opinion publique britannique face à l'intégration et aux réformes européennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de Framespa : e-Storia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 54, pp.30</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01016802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numérique et services publics en milieu rural : couple infernal de l'aménagement du territoire , l'exemple des téléguichets dans le département du Lot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 86, pp.109-126</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 56, pp.41-44</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00802959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bien observer sans se faire remarquer &amp;quot;, est-ce toujours possible avec le RGPP ? Le rôle social et l'implantation territoriale de la gendarmerie en question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Blot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 86, pp.15-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...569 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01016774v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">halshs-00802959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gestion européenne de l'après-guerre des cinq jours dans le Sud Caucase</w:t>
               </w:r>
@@ -2927,50 +2927,542 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05475664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #100 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Retiens la nuit : quels enjeux pour la lutte contre la pollution lumineuse ? Présentation par Samuel Challéat, Chargé de recherche CNRS en géographie de l’environnement à l’UMR GEODE de l’Université Toulouse 2 Jean Jaurès</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Mar 2025, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05002368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #98 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les lotissements ont-ils toujours un avenir ? Présentation par Lionel Rougé, Maître de conférences à l'Université de Toulouse 2 Jean Jaurès et chercheur au LISST-CIEU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Jan 2025, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04913780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #103 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le mille-feuille administratif français : une impossible simplification ? Présentation par Arnaud BRENNETOT, Professeur des Universités en géographie politique et aménagement à l’Université Rouen Normandie / UMR CNRS 6266 IDEES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Nov 2025, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05384458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #99 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le film : outil de géographe ? Présentation par Laura Corsi, Maîtresse de conférences en Géographie à l'Université de Bordeaux Montaigne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Feb 2025, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04937161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #101 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Arctique: de moins en moins épargné, de plus en plus convoité ? Présentation par Camille Escudé, Professeure agrégée de Géographie, docteure associée au Centre d’études internationales de Sciences Po Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Apr 2025, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05041002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #102 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intelligence artificielle et territoires : quels enjeux pour les services publics ? Présentation par Mathieu VIDAL, Maître de conférences en Aménagement et Urbanisme à l’INU Champollion / LISST-Cieu, Université de Toulouse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Oct 2025, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05384455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Café géo albigeois #104 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2979,8814 +3471,8322 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Observer les modes de vie en transition : entre continuités et germes de changement ? Présentation par Ninon Barreau (Docteure en Géographie, LISST-Cieu, Université Jean Jaurès)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Dec 2025, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05427740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #100 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Migrants Roumains en France : visibles sur le territoire, invisibles dans la représentation démocratique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Delépine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès anniversaire de la Revue Internationale de Politique Comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Catholique de Lille, Jun 2024, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04860304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #96 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Retiens la nuit : quels enjeux pour la lutte contre la pollution lumineuse ? Présentation par Samuel Challéat, Chargé de recherche CNRS en géographie de l’environnement à l’UMR GEODE de l’Université Toulouse 2 Jean Jaurès</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Mar 2025, Albi, France</w:t>
+              <w:t xml:space="preserve">Les réfugiés climatiques : nouveaux migrants du XXIe siècle ?, présentation par Étienne Piguet, professeur de géographie à l'Université de Neuchâtel (Suisse)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Nov 2024, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #98 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les motivations à la participation électorale des citoyens européens établis en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Kelbel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès anniversaire de la Revue Internationale de Politique Comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université catholique de Lille, Jun 2024, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04860307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #93 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les lotissements ont-ils toujours un avenir ? Présentation par Lionel Rougé, Maître de conférences à l'Université de Toulouse 2 Jean Jaurès et chercheur au LISST-CIEU</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Jan 2025, Albi, France</w:t>
+              <w:t xml:space="preserve">La ville à l’épreuve du handicap ? Présentation par Noémie Rapegno, Enseignante-chercheuse en géographie à l’Ecole des hautes études en santé publique (EHESP), Rennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Mar 2024, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #103 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #97 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le mille-feuille administratif français : une impossible simplification ? Présentation par Arnaud BRENNETOT, Professeur des Universités en géographie politique et aménagement à l’Université Rouen Normandie / UMR CNRS 6266 IDEES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Nov 2025, Albi, France</w:t>
+              <w:t xml:space="preserve">Les Roms: au-delà des clichés, quelles réalités économiques et sociales ? Présentation par Samuel DELEPINE, Maître de conférences en géographie sociale à l'Université d'Angers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Dec 2024, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #99 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Migrants Roumains en France : visibles sur le territoire, invisibles dans la représentation démocratique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Delépine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de l’Association Belge de Science Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Belge de Science Politique, Jan 2024, Liège, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04860287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #94 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le film : outil de géographe ? Présentation par Laura Corsi, Maîtresse de conférences en Géographie à l'Université de Bordeaux Montaigne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Feb 2025, Albi, France</w:t>
+              <w:t xml:space="preserve">La revanche du train ? Présentation par Pierre Messulam, ancien Directeur de la Stratégie Ferroviaire, de la Recherche et de la Régulation de la SNCF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Apr 2024, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #101 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #95 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’Arctique: de moins en moins épargné, de plus en plus convoité ? Présentation par Camille Escudé, Professeure agrégée de Géographie, docteure associée au Centre d’études internationales de Sciences Po Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Apr 2025, Albi, France</w:t>
+              <w:t xml:space="preserve">Le Japon: un pays en transitions ? Présentation par Rémi Scoccimarro, Maître de conférences en langue et civilisation japonaises à l’université Toulouse 2 Jean Jaurès</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar le Shamrock, Oct 2024, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #102 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #91 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intelligence artificielle et territoires : quels enjeux pour les services publics ? Présentation par Mathieu VIDAL, Maître de conférences en Aménagement et Urbanisme à l’INU Champollion / LISST-Cieu, Université de Toulouse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Oct 2025, Albi, France</w:t>
+              <w:t xml:space="preserve">Le surtourisme : une réalité géographique ? Présentation par Philippe Duhamel, Professeur de géographie à l'Université d’Angers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Jan 2024, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Migrants Roumains en France : visibles sur le territoire, invisibles dans la représentation démocratique ?</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843413v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #92 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Technologie et Transhumanisme: une remise en question(s) du corps ? Présentation par David Doat, maître de conférences en Philosophie à l’Université Catholique de Lille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Feb 2024, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843399v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’usage du droit de vote aux élections municipales et européennes des citoyens européens résidents en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...33 lines deleted...]
-              <w:t xml:space="preserve">, Université Catholique de Lille, Jun 2024, Lille, France</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude Penser et faire l’Europe à l’échelle locale : une approche par les territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rouen, Oct 2023, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #96 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04860323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #86 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les réfugiés climatiques : nouveaux migrants du XXIe siècle ?, présentation par Étienne Piguet, professeur de géographie à l'Université de Neuchâtel (Suisse)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Nov 2024, Albi, France</w:t>
+              <w:t xml:space="preserve">Le phénomène contemporain des chemins de Saint- Jacques sous l’œil du géographe ? Présentation par Sébastien Rayssac, maître de conférences en Géographie (Université Toulouse 2 Jean Jaurès)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Apr 2023, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #95 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integration and Political Participation of EU Mobile Citizens in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Kelbel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th IMISCOE Annual Conference “Migration and inequalities”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Varsovie, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04860328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #85 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Japon: un pays en transitions ? Présentation par Rémi Scoccimarro, Maître de conférences en langue et civilisation japonaises à l’université Toulouse 2 Jean Jaurès</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar le Shamrock, Oct 2024, Albi, France</w:t>
+              <w:t xml:space="preserve">4 000 km à pied de frontière à frontière : la traversée des États-Unis par le Pacific Crest Trail. Présentation par Jérôme Monnet Professeur d’aménagement et urbanisme à l’Université Gustave Eiffel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Mar 2023, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #94 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #89 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revanche du train ? Présentation par Pierre Messulam, ancien Directeur de la Stratégie Ferroviaire, de la Recherche et de la Régulation de la SNCF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Apr 2024, Albi, France</w:t>
+              <w:t xml:space="preserve">Un pays en temps de guerre : regard de géographes ukrainiens. Présentation par Sergiy Kostrikov et Kateryna Kravchenko, enseignants-chercheurs à l’Université Karazin de Kharkiv (Ukraine)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Dec 2023, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les motivations à la participation électorale des citoyens européens établis en France</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04844209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #87 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La géographie appliquée en bureau d'études : mieux accompagner les territoires dans leurs transitions ? Présentation par Brice Navereau (Géographe, Directeur de bureau d'études, Chercheur associé au Laboratoire LISST-CIEU)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Oct 2023, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04844257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #88 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cartographie et observation de la terre : nouveaux métiers, nouveaux usages ? Présentation par Michaël Tonon (responsable de l’équipe « Satellite Data Science » chez Airbus Défense et Espace) et Frédéric Martorell (Responsable de l’Observatoire des territoires du Tarn à la DDT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Nov 2023, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04844246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #83 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le retour du vélo en ville ? Présentation par Frédéric Héran, économiste des transports et urbaniste à l’Université de Lille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Jan 2023, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #84 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Européens vivant en France : quels usages de leur citoyenneté ? Présentation par Thibault Courcelle et David Gouard, Maîtres de conférences respectivement en Géographie (INU Champollion d'Albi - LISST-Cieu) et en Science politique (Université Toulouse II Jean Jaurès – CERTOP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Feb 2023, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #90 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jeux olympiques et aménagement urbain : des stades à la Cité ? Présentation par Raphaël Languillon-Aussel, Chercheur à l'Institut français de recherche sur le Japon à la Maison franco-japonaise (UMIFRE 19 MEAE-CNRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Dec 2023, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04844192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #82 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vivre après une crue : quelle résilience pour les territoires inondés ? Présentation par Anne Peltier, Maître de conférences en Géographie (Laboratoire GEODE) à l'Université de Toulouse II Jean Jaurès</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Dec 2022, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #80 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trajectoires migratoires du Brésil au Tarn : du choc culturel à l'acclimatation ? « Ponteiras - Pontes e fronteiras », documentaire réalisé par Frédéric PAREDES, Guide touristique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au Cube, Oct 2022, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #76 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’espace : de nouveaux enjeux géographiques et géopolitiques ? Présentation par Isabelle Sourbès-Verger Directrice de recherche au CNRS, Centre Alexandre Koyré, campus Condorcet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Feb 2022, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #78 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La bière peut-elle être l’expression d’un territoire ? Présentation par Fabrizio Bucella, physicien, Professeur des universités à l'Université libre de Bruxelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, May 2022, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #81 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le zéro artificialisation nette (ZAN) : quels enjeux en matière d’aménagement du territoire ? Présentation par Amir Strkonjic, Responsable du service planification urbaine à la Communauté d’agglomération de l’albigeois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Nov 2022, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Université de proximité en ville moyenne française : un projet politique et éducatif à contre-courant mais porteur. Le cas de l’Institut national universitaire Champollion d’Albi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le rôle et la mission des universités de petites tailles au sein de la francophonie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Colloque du Réseau de la recherche sur la francophonie canadienne, Nov 2022, Toronto, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04838947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #79 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Afghanistan : la faillite d’un Etat ? Présentation par Gilles Dorronsoro Professeur de sciences politiques à l'Université de Paris 1-Panthéon-Sorbonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, May 2022, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #77 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Omniprésence numérique : Une sobriété nécessaire et atteignable ? Présentation par Vincent Courboulay, maître de conférences en Informatique à l’Université de La Rochelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Mar 2022, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #72 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Grèce dix ans après la crise, où en est-on ? Présentation par Michel Sivignon, Professeur émérite de géographie à la Sorbonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Nov 2021, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853852v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #71 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ville durable et écoquartiers : une transformation des manières de produire et habiter la ville ?, Présentation par François Valegeas, Maître de conférences en Urbanisme et Aménagement de l'Espace à l'Université Paul-Valéry Montpellier 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, en visioconférence du fait des contraintes sanitaires, Apr 2021, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854153v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #68 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AirBnB : manne ou malédiction pour les villes ? Présentation par Victor Piganiol, doctorant à l’Université Bordeaux Montaigne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, en visioconférence du fait des contraintes sanitaires, Jan 2021, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #74 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La science-fiction : nouveau territoire géographique ? Présentation par Guy Thuillier, maître de conférences en géographie à l’Université de Toulouse Jean-Jaurès</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au Cube, Nov 2021, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #73 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Quai d’Orsay sert-il encore à quelque chose ? Présentation par Henry Jacolin, Géographe et ancien Ambassadeur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Nov 2021, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #69 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’opendata : l'indispensable enjeu de la participation citoyenne ? Présentation par Francoise Paquienseguy, professeur de Sciences de l'information et de la communication à l'IEP de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, en visioconférence du fait des contraintes sanitaires, Feb 2021, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854163v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les multiples dimensions de l’électeur européen. Analyses préliminaires des logiques de l’inscription électorale des citoyens européens résidant en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...33 lines deleted...]
-              <w:t xml:space="preserve">, Université catholique de Lille, Jun 2024, Lille, France</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Compétition politique »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Science Politique, Jun 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #93 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03456587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #75 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La ville à l’épreuve du handicap ? Présentation par Noémie Rapegno, Enseignante-chercheuse en géographie à l’Ecole des hautes études en santé publique (EHESP), Rennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Mar 2024, Albi, France</w:t>
+              <w:t xml:space="preserve">Environnement : infléchir les dérèglements climatiques, ou s’en accommoder ? Présentation par Frédéric Durand, maître de conférences en Géographie à l’Université de Toulouse Jean Jaurès</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Dec 2021, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #97 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #70 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Roms: au-delà des clichés, quelles réalités économiques et sociales ? Présentation par Samuel DELEPINE, Maître de conférences en géographie sociale à l'Université d'Angers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Dec 2024, Albi, France</w:t>
+              <w:t xml:space="preserve">Environnement : éviter l'effondrement ? Présentation par Rémi Benos, Maitre de Conférences en Géographie à l’INU Champollion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, en visioconférence du fait des contraintes sanitaires, Mar 2021, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...82 lines deleted...]
-              <w:t xml:space="preserve">, Association Belge de Science Politique, Jan 2024, Liège, Belgique</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #62 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le développement de la métropole toulousaine : entre forces et fragilités ? Présentation par Fabrice ESCAFFRE, maître de conférences à l’Université Toulouse 2 Jean Jaurès, LISST-Cieu (UMR 5193)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Jan 2020, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #91 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #66 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le surtourisme : une réalité géographique ? Présentation par Philippe Duhamel, Professeur de géographie à l'Université d’Angers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Jan 2024, Albi, France</w:t>
+              <w:t xml:space="preserve">Les Etats-Unis : des clivages communautaires enracinés géographiquement ? Présentation par Charlotte Recoquillon, géographe, Institut français de géopolitique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, en visioconférence du fait des contraintes sanitaires, Nov 2020, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #92 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #63 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technologie et Transhumanisme: une remise en question(s) du corps ? Présentation par David Doat, maître de conférences en Philosophie à l’Université Catholique de Lille</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Shamrock, Feb 2024, Albi, France</w:t>
+              <w:t xml:space="preserve">Sexualité des villes, sexualité des champs ? Présentation par Marianne BLIDON-ESNAULT, maîtresse de conférences à l’Université Paris I Panthéon Sorbonne, centre de recherche de l’Institut de démographie de l’Université Paris I (UR 134)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Feb 2020, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #90 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #65 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jeux olympiques et aménagement urbain : des stades à la Cité ? Présentation par Raphaël Languillon-Aussel, Chercheur à l'Institut français de recherche sur le Japon à la Maison franco-japonaise (UMIFRE 19 MEAE-CNRS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Dec 2023, Albi, France</w:t>
+              <w:t xml:space="preserve">Les villes et territoires intelligents : entre concepts et réalités quotidiennes ? Présentation par Jean DANIÉLOU, doctorant à Mines ParisTech - Engie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion - en visio en raison des conditions sanitaires, Apr 2020, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Université de Rouen, Oct 2023, Rouen, France</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857865v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #64 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’ancienne mine d’or de Salsigne : chronique d’une catastrophe environnementale annoncée ? Présentation par Frédéric OGÉ, juriste, géographe et ancien chargé de recherche au CNRS (UMR PRODIG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Mar 2020, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #86 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #67 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le phénomène contemporain des chemins de Saint- Jacques sous l’œil du géographe ? Présentation par Sébastien Rayssac, maître de conférences en Géographie (Université Toulouse 2 Jean Jaurès)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Apr 2023, Albi, France</w:t>
+              <w:t xml:space="preserve">La Bosnie, un pays fragmenté aux portes de l'UE ? Présentation par Roland Gilles, Général d'Armée (2S), Ancien ambassadeur de France à Sarajevo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, en visioconférence du fait des contraintes sanitaires, Dec 2020, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...95 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Varsovie, Poland</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #55 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'émotion : nouvel objet d'étude de la Géographie ? Présentation par Pauline GUINARD, maîtresse de conférence à l’ENS Paris, laboratoire LAVUE (UMR 7213 CNRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Jan 2019, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #85 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #60 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4 000 km à pied de frontière à frontière : la traversée des États-Unis par le Pacific Crest Trail. Présentation par Jérôme Monnet Professeur d’aménagement et urbanisme à l’Université Gustave Eiffel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Mar 2023, Albi, France</w:t>
+              <w:t xml:space="preserve">L'Egypte : carrefour ou impasse migratoire ? Présentation par Julie PICARD, maîtresse de conférences à l’Institut national supérieur du professorat et de l’éducation de Bordeaux, laboratoire PASSAGES (UMR 5319 CNRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Nov 2019, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #89 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #61 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Un pays en temps de guerre : regard de géographes ukrainiens. Présentation par Sergiy Kostrikov et Kateryna Kravchenko, enseignants-chercheurs à l’Université Karazin de Kharkiv (Ukraine)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Dec 2023, Albi, France</w:t>
+              <w:t xml:space="preserve">Fresque et art mural : une nouvelle valeur ajoutée pour les villes ? Présentation par Olivier LANDES, urbaniste et directeur artistique à Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Dec 2019, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #87 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857842v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #58 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La géographie appliquée en bureau d'études : mieux accompagner les territoires dans leurs transitions ? Présentation par Brice Navereau (Géographe, Directeur de bureau d'études, Chercheur associé au Laboratoire LISST-CIEU)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Oct 2023, Albi, France</w:t>
+              <w:t xml:space="preserve">Le voyageur hypermoderne : une nouvelle manière d'expérimenter le monde ? Présentation par Francis JAUREGUIBERRY, professeur de sociologie à l’Université de Pau et des Pays de l’Adour (UPPA), laboratoire PASSAGES (UMR 5319 CNRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Apr 2019, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #88 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #59 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cartographie et observation de la terre : nouveaux métiers, nouveaux usages ? Présentation par Michaël Tonon (responsable de l’équipe « Satellite Data Science » chez Airbus Défense et Espace) et Frédéric Martorell (Responsable de l’Observatoire des territoires du Tarn à la DDT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Nov 2023, Albi, France</w:t>
+              <w:t xml:space="preserve">La sécurité au Mexique : une affaire publique ? Présentation par Claudia C. ZAMORANO VILLAREAL, professeure au CIESAS (Centro de Investigaciones y Estudios Superiores en Antropología Social) de Mexico, et Guénola CAPRON, chercheure au CEMCA (Centro de Estudios Mexicanos y Centro Americanos) de la Universidad Autónoma Metropolitana-Azcapotzalco</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, May 2019, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #83 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #57 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le retour du vélo en ville ? Présentation par Frédéric Héran, économiste des transports et urbaniste à l’Université de Lille</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Jan 2023, Albi, France</w:t>
+              <w:t xml:space="preserve">Les jeux d’argent : quels enjeux de géographie politique ? Présentation par Marie REDON, maîtresse de conférences en Géographie à l’université Paris 13, laboratoire Pléiade (UMR 7338)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Mar 2019, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #84 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #56 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Européens vivant en France : quels usages de leur citoyenneté ? Présentation par Thibault Courcelle et David Gouard, Maîtres de conférences respectivement en Géographie (INU Champollion d'Albi - LISST-Cieu) et en Science politique (Université Toulouse II Jean Jaurès – CERTOP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Feb 2023, Albi, France</w:t>
+              <w:t xml:space="preserve">La prison : paradoxes d'un espace d'enfermement et de réinsertion ? Présentation par Olivier MILHAUD, maître de conférences en géographie à l’université Paris-Sorbonne, laboratoire Médiations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Feb 2019, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #77 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #52 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Omniprésence numérique : Une sobriété nécessaire et atteignable ? Présentation par Vincent Courboulay, maître de conférences en Informatique à l’Université de La Rochelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Mar 2022, Albi, France</w:t>
+              <w:t xml:space="preserve">La mondialisation des pauvres : loin de Wall Street et de Davos ? Présentation par Olivier PLIEZ, directeur de recherche CNRS à l’Université Toulouse 2 Jean Jaurès, LISST (UMR 5193)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Oct 2018, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #79 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #50 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Afghanistan : la faillite d’un Etat ? Présentation par Gilles Dorronsoro Professeur de sciences politiques à l'Université de Paris 1-Panthéon-Sorbonne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, May 2022, Albi, France</w:t>
+              <w:t xml:space="preserve">Quelle(s) géographie(s) dans le cyberespace ? Présentation par Alix DESFORGES, doctorante en géographie à l’université Paris 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Mar 2018, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #82 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Tarn en 2030 - Éléments de prospective (Table-ronde)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vivre après une crue : quelle résilience pour les territoires inondés ? Présentation par Anne Peltier, Maître de conférences en Géographie (Laboratoire GEODE) à l'Université de Toulouse II Jean Jaurès</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Dec 2022, Albi, France</w:t>
+              <w:t xml:space="preserve">Conseil départemental du Tarn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #80 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855420v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #53 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trajectoires migratoires du Brésil au Tarn : du choc culturel à l'acclimatation ? « Ponteiras - Pontes e fronteiras », documentaire réalisé par Frédéric PAREDES, Guide touristique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au Cube, Oct 2022, Albi, France</w:t>
+              <w:t xml:space="preserve">Les inégalités de santé en ville : quelles logiques spatiales? Présentation par Julie VALLÉE, chargée de recherche au CNRS Paris, laboratoire Géographie-Cités (UMR 8504)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Nov 2018, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #76 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #54 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’espace : de nouveaux enjeux géographiques et géopolitiques ? Présentation par Isabelle Sourbès-Verger Directrice de recherche au CNRS, Centre Alexandre Koyré, campus Condorcet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Feb 2022, Albi, France</w:t>
+              <w:t xml:space="preserve">ParcourSup : une nouvelle ségrégation géographique pour les recrutements étudiants à l'université ? Présentation par Leïla FROUILLOU, maîtresse de conférences en sociologie à l’université Paris Nanterre, laboratoire Cresppa (UMR 7217)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Dec 2018, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #78 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #47 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La bière peut-elle être l’expression d’un territoire ? Présentation par Fabrizio Bucella, physicien, Professeur des universités à l'Université libre de Bruxelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, May 2022, Albi, France</w:t>
+              <w:t xml:space="preserve">Le changement climatique : quel impact sur les villes ? Présentation par Julia HIDALGO, chargée de recherche CNRS à l’université de Toulouse 2 Jean Jaurès, LISST-Cieu (UMR 5193)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Jan 2018, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #81 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #49 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le zéro artificialisation nette (ZAN) : quels enjeux en matière d’aménagement du territoire ? Présentation par Amir Strkonjic, Responsable du service planification urbaine à la Communauté d’agglomération de l’albigeois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Nov 2022, Albi, France</w:t>
+              <w:t xml:space="preserve">Les Hyper-Lieux : une nouvelle approche de la mondialisation ? Présentation par Michel LUSSAULT, professeur de Géographie à l'ENS Lyon, laboratoire Environnement, villes, sociétés (UMR 5600 CNRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Mar 2018, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Université de proximité en ville moyenne française : un projet politique et éducatif à contre-courant mais porteur. Le cas de l’Institut national universitaire Champollion d’Albi</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #48 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le rôle et la mission des universités de petites tailles au sein de la francophonie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Colloque du Réseau de la recherche sur la francophonie canadienne, Nov 2022, Toronto, Canada</w:t>
+              <w:t xml:space="preserve">Vers une politique plus égalitaire de l'espace public ? Présentation par Edith MARUEJOULS, Docteure en géographie, Bureau d’études L’ARObE (L’Atelier Recherche OBservatoire Egalité), Chercheuse associée au laboratoire ADESS/CNRS de l’université Bordeaux Montaigne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, Feb 2018, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #71 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #51 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ville durable et écoquartiers : une transformation des manières de produire et habiter la ville ?, Présentation par François Valegeas, Maître de conférences en Urbanisme et Aménagement de l'Espace à l'Université Paul-Valéry Montpellier 3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, en visioconférence du fait des contraintes sanitaires, Apr 2021, Albi, France</w:t>
+              <w:t xml:space="preserve">La gestion de la prévention des désastres : quels défis ? Présentation par Julien REBOTIER, chargé de recherche CNRS à l'université Toulouse II Jean Jaurès, LISST-Cieu (UMR 5193)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Apr 2018, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #68 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #46 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AirBnB : manne ou malédiction pour les villes ? Présentation par Victor Piganiol, doctorant à l’Université Bordeaux Montaigne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, en visioconférence du fait des contraintes sanitaires, Jan 2021, Albi, France</w:t>
+              <w:t xml:space="preserve">Le temps : nouvelle clé du développement urbain ? Présentation par Dominique ROYOUX, professeur de Géographie à l’université de Poitiers, laboratoire RURALITES (UR 13823)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Dec 2017, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #72 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #44 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Grèce dix ans après la crise, où en est-on ? Présentation par Michel Sivignon, Professeur émérite de géographie à la Sorbonne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Nov 2021, Albi, France</w:t>
+              <w:t xml:space="preserve">Carnet de géographe : la République Tchèque. Présentation par Bertrand PLEVEN, professeur agrégé à l'IUFM de Paris - Université Paris-IV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Apr 2017, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #75 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #45 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environnement : infléchir les dérèglements climatiques, ou s’en accommoder ? Présentation par Frédéric Durand, maître de conférences en Géographie à l’Université de Toulouse Jean Jaurès</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Dec 2021, Albi, France</w:t>
+              <w:t xml:space="preserve">Les transports urbains durables : quelles clés de réussite ? Présentation par Mario CARRIER, professeur des universités à l’Université Laval à Québec, laboratoire CRAD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Nov 2017, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #74 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #43 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La science-fiction : nouveau territoire géographique ? Présentation par Guy Thuillier, maître de conférences en géographie à l’Université de Toulouse Jean-Jaurès</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au Cube, Nov 2021, Albi, France</w:t>
+              <w:t xml:space="preserve">Quelles places de la culture en ville moyenne ? Présentation par Mariette SIBERTIN-BLANC, maitresse de conférences à l’Université Toulouse 2 Jean Jaurès, LISST-Cieu (UMR5193)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Feb 2017, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #73 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #42 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Quai d’Orsay sert-il encore à quelque chose ? Présentation par Henry Jacolin, Géographe et ancien Ambassadeur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Nov 2021, Albi, France</w:t>
+              <w:t xml:space="preserve">Quand la géographie s'invite au théâtre : un prétexte sérieux au rire et à la poésie? Présentation par Frédéric FERRER, auteur et metteur en scène indépendant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Jan 2017, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #69 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #37 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’opendata : l'indispensable enjeu de la participation citoyenne ? Présentation par Francoise Paquienseguy, professeur de Sciences de l'information et de la communication à l'IEP de Lyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, en visioconférence du fait des contraintes sanitaires, Feb 2021, Albi, France</w:t>
+              <w:t xml:space="preserve">Carnet de géographes : des chercheurs français au Kilimandjaro ? Présentation par Rémi BENOS, maître de conférences à l’Institut National Universitaire d’Albi Jean François Champollion, laboratoire GEODE, et Bénard CHARLERY de la MASSELIERE, professeur des universités à l'Université Toulouse 2 Jean Jaurès, Laboratoire LISST Dynamiques rurales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Feb 2016, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Science Politique, Jun 2021, En ligne, France</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #36 (Organisation et animation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Courcelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quelle géographie dans les séries modernes ? Présentation par Bertrand PLEVEN, professeur agrégé à l'IUFM de Paris - Université Paris-IV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Jan 2016, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #70 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857678v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #41 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environnement : éviter l'effondrement ? Présentation par Rémi Benos, Maitre de Conférences en Géographie à l’INU Champollion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, en visioconférence du fait des contraintes sanitaires, Mar 2021, Albi, France</w:t>
+              <w:t xml:space="preserve">Le Brexit, quels changements ? Présentation par Mark BAILONI, maître de conférence en géographie à l'Université de Lorraine, centre de recherche LOTTER, et Thibault COURCELLE, maître de conférences à l'Institut national universitaire Champollion d'Albi, LISST-Cieu (UMR 5193)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Dec 2016, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #62 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #40 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le développement de la métropole toulousaine : entre forces et fragilités ? Présentation par Fabrice ESCAFFRE, maître de conférences à l’Université Toulouse 2 Jean Jaurès, LISST-Cieu (UMR 5193)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Jan 2020, Albi, France</w:t>
+              <w:t xml:space="preserve">Santiago et le reste du territoire chilien : quelles relations ? Présentation par Francisco MATURANA, professeur de géographie à l'Université de Santiago (Chili)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Oct 2016, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #65 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857694v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #39 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les villes et territoires intelligents : entre concepts et réalités quotidiennes ? Présentation par Jean DANIÉLOU, doctorant à Mines ParisTech - Engie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion - en visio en raison des conditions sanitaires, Apr 2020, Albi, France</w:t>
+              <w:t xml:space="preserve">Trente ans après son adhésion à l’UE, quel Portugal aujourd’hui ? Présentation par José Alberto RIO FERNANDES, professeur à l’Université de Porto, laboratoire CEGOT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Apr 2016, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #66 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #38 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Etats-Unis : des clivages communautaires enracinés géographiquement ? Présentation par Charlotte Recoquillon, géographe, Institut français de géopolitique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, en visioconférence du fait des contraintes sanitaires, Nov 2020, Albi, France</w:t>
+              <w:t xml:space="preserve">La Francophonie : des enjeux politiques et culturels aux enjeux économiques ? Présentation par Daniel WEISSBERG, professeur des universités à l’Université Toulouse 2 Jean Jaurès, LISST (UMR 5193)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Mar 2016, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #63 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #29 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sexualité des villes, sexualité des champs ? Présentation par Marianne BLIDON-ESNAULT, maîtresse de conférences à l’Université Paris I Panthéon Sorbonne, centre de recherche de l’Institut de démographie de l’Université Paris I (UR 134)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Feb 2020, Albi, France</w:t>
+              <w:t xml:space="preserve">Ukraine, État islamique.etc., une multiplication de conflits non conventionnels ? Présentation par Béatrice GIBLIN, professeur de Géographie à l’Université de Paris 8, Institut Français de Géopolitique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Jan 2015, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #64 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #33 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’ancienne mine d’or de Salsigne : chronique d’une catastrophe environnementale annoncée ? Présentation par Frédéric OGÉ, juriste, géographe et ancien chargé de recherche au CNRS (UMR PRODIG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Mar 2020, Albi, France</w:t>
+              <w:t xml:space="preserve">Qui veut la peau des éoliennes en France ? Présentation par Jean PILLEBOUE, maître de conférences émérite à l’ Université Toulouse II Jean Jaurès (UMR Laboratoire Dynamiques Rurales)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Apr 2015, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #67 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #32 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Bosnie, un pays fragmenté aux portes de l'UE ? Présentation par Roland Gilles, Général d'Armée (2S), Ancien ambassadeur de France à Sarajevo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, en visioconférence du fait des contraintes sanitaires, Dec 2020, Albi, France</w:t>
+              <w:t xml:space="preserve">Croatie/Slovénie : une intégration réussie ? Présentation par Joseph KRULIC, magistrat et professeur associé à l’Université de Paris-Est-Marne-La-Vallée, Laboratoire LIPHA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Apr 2015, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #59 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #34 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La sécurité au Mexique : une affaire publique ? Présentation par Claudia C. ZAMORANO VILLAREAL, professeure au CIESAS (Centro de Investigaciones y Estudios Superiores en Antropología Social) de Mexico, et Guénola CAPRON, chercheure au CEMCA (Centro de Estudios Mexicanos y Centro Americanos) de la Universidad Autónoma Metropolitana-Azcapotzalco</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, May 2019, Albi, France</w:t>
+              <w:t xml:space="preserve">La carte : un outil pour comprendre l'actualité internationale ? Présentation par Flavie HOLZINGER et Delphine PAPIN, docteures en géopolitique et cartographes au journal Le Monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, May 2015, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #55 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857668v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #30 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'émotion : nouvel objet d'étude de la Géographie ? Présentation par Pauline GUINARD, maîtresse de conférence à l’ENS Paris, laboratoire LAVUE (UMR 7213 CNRS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Jan 2019, Albi, France</w:t>
+              <w:t xml:space="preserve">Les villes intelligentes (smart cities) : utopie ou réalité ? Présentation par Cédric CALVIGNAC et Mathieu VIDAL, maîtres de conférence respectivement en sociologie et en géographie-aménagement à l’Institut National Universitaire Jean-François Champollion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Feb 2015, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #60 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #35 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Egypte : carrefour ou impasse migratoire ? Présentation par Julie PICARD, maîtresse de conférences à l’Institut national supérieur du professorat et de l’éducation de Bordeaux, laboratoire PASSAGES (UMR 5319 CNRS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Nov 2019, Albi, France</w:t>
+              <w:t xml:space="preserve">Les atlas improbables : de nouvelles représentations de la géographie ? Présentation par Olivier MARCHON, écrivain et réalisateur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Dec 2015, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #61 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #31 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fresque et art mural : une nouvelle valeur ajoutée pour les villes ? Présentation par Olivier LANDES, urbaniste et directeur artistique à Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le 14.80, Dec 2019, Albi, France</w:t>
+              <w:t xml:space="preserve">Écrivain de polars et Géographe : un double regard sur le monde ? Présentation par Michel BUSSI, professeur de géographie à l’Université de Rouen, laboratoire IDEES (UMR 6266)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Mar 2015, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #58 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #26 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le voyageur hypermoderne : une nouvelle manière d'expérimenter le monde ? Présentation par Francis JAUREGUIBERRY, professeur de sociologie à l’Université de Pau et des Pays de l’Adour (UPPA), laboratoire PASSAGES (UMR 5319 CNRS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Apr 2019, Albi, France</w:t>
+              <w:t xml:space="preserve">Le football, un condensé d’enjeux géopolitiques ? Présentation par Jean-André L'HOPITAULT et Gérard BUONO, professeurs agrégés d'histoire et géographie dans des lycées tarnais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Apr 2014, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #57 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #27 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les jeux d’argent : quels enjeux de géographie politique ? Présentation par Marie REDON, maîtresse de conférences en Géographie à l’université Paris 13, laboratoire Pléiade (UMR 7338)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Mar 2019, Albi, France</w:t>
+              <w:t xml:space="preserve">La science de l’eau est-elle la même partout ? Présentation par Gabrielle BOULEAU, ingénieure-chercheuse en sociologie politique au Cemagref-Irstea ADER de Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, May 2014, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #56 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #25 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La prison : paradoxes d'un espace d'enfermement et de réinsertion ? Présentation par Olivier MILHAUD, maître de conférences en géographie à l’université Paris-Sorbonne, laboratoire Médiations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Feb 2019, Albi, France</w:t>
+              <w:t xml:space="preserve">Aura-t-on encore envie de vivre dans la ville de demain ? Présentation par Marie-Christine JAILLET, Directrice de recherches au CNRS à l’Université de Toulouse II Jean Jaurès, LISST (UMR 5193)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Feb 2014, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #52 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #28 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La mondialisation des pauvres : loin de Wall Street et de Davos ? Présentation par Olivier PLIEZ, directeur de recherche CNRS à l’Université Toulouse 2 Jean Jaurès, LISST (UMR 5193)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Oct 2018, Albi, France</w:t>
+              <w:t xml:space="preserve">Les gaz de schiste : mise en valeur ou dégradation des campagnes ? Présentation par François TAULELLE, professeur de géographie au Centre univ. Champollion d'Albi, LISST CNRS (UMR 5193) et Sylvain LAPOIX, journaliste politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Nov 2014, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #54 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #24 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ParcourSup : une nouvelle ségrégation géographique pour les recrutements étudiants à l'université ? Présentation par Leïla FROUILLOU, maîtresse de conférences en sociologie à l’université Paris Nanterre, laboratoire Cresppa (UMR 7217)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Dec 2018, Albi, France</w:t>
+              <w:t xml:space="preserve">Nature en ville : quel désir des citadins ? Présentation par Lise BOURDEAU-LEPAGE, Professeure de géographie à l’Université de Lyon 3 (CNRS, UMR 5600)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Jan 2014, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #53 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #18 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les inégalités de santé en ville : quelles logiques spatiales? Présentation par Julie VALLÉE, chargée de recherche au CNRS Paris, laboratoire Géographie-Cités (UMR 8504)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Nov 2018, Albi, France</w:t>
+              <w:t xml:space="preserve">Peut-on encore croire en l’Europe quand on est Grec ? Présentation par Michel SIVIGNON, professeur émérite de géographie de l'Université de Paris X-Nanterre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Feb 2013, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #47 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #17 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le changement climatique : quel impact sur les villes ? Présentation par Julia HIDALGO, chargée de recherche CNRS à l’université de Toulouse 2 Jean Jaurès, LISST-Cieu (UMR 5193)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Jan 2018, Albi, France</w:t>
+              <w:t xml:space="preserve">Transports, frontières : quelles mobilités en Afrique de l'ouest ? Présentation par Olivier NINOT, ingénieur de recherche CNRS, laboratoire PRODIG (UMR 8586)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Jan 2013, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #50 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #21 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quelle(s) géographie(s) dans le cyberespace ? Présentation par Alix DESFORGES, doctorante en géographie à l’université Paris 8</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Mar 2018, Albi, France</w:t>
+              <w:t xml:space="preserve">Internet et réseaux sociaux : quel rôle dans la géopolitique ? Présentation par Mathieu VIDAL, maître de conférences en géographie au CUFR Champollion d'Albi, LISST (UMR 5193)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, May 2013, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le Tarn en 2030 - Éléments de prospective (Table-ronde)</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857367v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #20 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conseil départemental du Tarn</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Albi, France</w:t>
+              <w:t xml:space="preserve">Après la Françafrique : la Chinafrique ? Présentation par Roland POURTIER, professeur émérite de géographie à l’ Université Paris I Panthéon-Sorbonne, PRODIG (UMR 8586)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Apr 2013, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #49 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #19 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Hyper-Lieux : une nouvelle approche de la mondialisation ? Présentation par Michel LUSSAULT, professeur de Géographie à l'ENS Lyon, laboratoire Environnement, villes, sociétés (UMR 5600 CNRS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Mar 2018, Albi, France</w:t>
+              <w:t xml:space="preserve">Carnet de voyage : des chercheurs français dans la pampa ? Présentation par François TAULELLE, professeur de géographie à l'institut national universitaire J-F Champollion d'Albi, LISST (UMR 5193) et Laurence BARTHE, maîtresse de conférences en géographie à l’Université de Toulouse II Jean Jaurès, LISST (UMR 5193)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Mar 2013, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #48 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #22 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vers une politique plus égalitaire de l'espace public ? Présentation par Edith MARUEJOULS, Docteure en géographie, Bureau d’études L’ARObE (L’Atelier Recherche OBservatoire Egalité), Chercheuse associée au laboratoire ADESS/CNRS de l’université Bordeaux Montaigne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, Feb 2018, Albi, France</w:t>
+              <w:t xml:space="preserve">Les Pyrénées ? Une sacrée frontière ! Présentation par Jean-Paul LABORIE, professeur émérite de géographie à l’ Université de Toulouse II, LISST (UMR 5193)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Nov 2013, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #51 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #23 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La gestion de la prévention des désastres : quels défis ? Présentation par Julien REBOTIER, chargé de recherche CNRS à l'université Toulouse II Jean Jaurès, LISST-Cieu (UMR 5193)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Apr 2018, Albi, France</w:t>
+              <w:t xml:space="preserve">La tragédie malienne: comment en est-on arrivé là ? Présentation par Stéphanie LIMA, maîtresse de conférences en géographie au CUFR Champollion d'Albi (UMR 5193) et Patrick GONIN, professeur de géographie à l’Université de Poitiers (UMR 7301)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Dec 2013, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #42 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857372v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #10 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quand la géographie s'invite au théâtre : un prétexte sérieux au rire et à la poésie? Présentation par Frédéric FERRER, auteur et metteur en scène indépendant</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Jan 2017, Albi, France</w:t>
+              <w:t xml:space="preserve">Géographie de l’enfermement : quel contrôle politique et social de l’espace ? Présentation par Bénédicte MICHALON, chargée de recherche CNRS, laboratoire ADES (UMR 7268) et Olivier RAZAC philosophe à l’école Nationale d'Administration Pénitentiaire d'Agen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Jan 2012, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #46 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857322v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #13 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le temps : nouvelle clé du développement urbain ? Présentation par Dominique ROYOUX, professeur de Géographie à l’université de Poitiers, laboratoire RURALITES (UR 13823)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Dec 2017, Albi, France</w:t>
+              <w:t xml:space="preserve">Le printemps arabe: un an après, quel bilan ? Présentation par Olivier PLIEZ, chercheur au CNRS, laboratoire LISST (UMR 5193)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Apr 2012, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #44 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #16 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carnet de géographe : la République Tchèque. Présentation par Bertrand PLEVEN, professeur agrégé à l'IUFM de Paris - Université Paris-IV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Apr 2017, Albi, France</w:t>
+              <w:t xml:space="preserve">Syrie : du soulèvement pacifique à la guerre civile ? Présentation par Isabelle FEUERSTOSS, docteur et chercheur postdoctoral à l'Institut Français de Géopolitique à l’Université de Paris VIII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Dec 2012, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #45 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #15 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les transports urbains durables : quelles clés de réussite ? Présentation par Mario CARRIER, professeur des universités à l’Université Laval à Québec, laboratoire CRAD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, à la Brasserie des Cordeliers, Nov 2017, Albi, France</w:t>
+              <w:t xml:space="preserve">Espaces protégés: une nature sous cloche ? Présentation par Lionel LASLAZ, maître de conférences à l’Université de Savoie, Laboratoire EDYTEM (UMR 5204)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Nov 2012, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #43 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #11 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quelles places de la culture en ville moyenne ? Présentation par Mariette SIBERTIN-BLANC, maitresse de conférences à l’Université Toulouse 2 Jean Jaurès, LISST-Cieu (UMR5193)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Feb 2017, Albi, France</w:t>
+              <w:t xml:space="preserve">L'eau, ressource multiple: quels risques sociaux et environnementaux ? Présentation par Bénédicte VEYRAC-BEN HAMED, doctorante au Laboratoire GEODE, et Frédérique BLOT, maîtresse de conférences en géographie à l’Université Champollion d'Albi, Laboratoire GEODE de l'Université Toulouse 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Feb 2012, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #38 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #14 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Francophonie : des enjeux politiques et culturels aux enjeux économiques ? Présentation par Daniel WEISSBERG, professeur des universités à l’Université Toulouse 2 Jean Jaurès, LISST (UMR 5193)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Mar 2016, Albi, France</w:t>
+              <w:t xml:space="preserve">Fukushima – Hiroshima, même combat ? Présentation par Philippe PELLETIER, professeur de géographie à l’Université Lyon 2, Environnement Ville Société (UMR 5600)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, May 2012, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #37 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #12 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carnet de géographes : des chercheurs français au Kilimandjaro ? Présentation par Rémi BENOS, maître de conférences à l’Institut National Universitaire d’Albi Jean François Champollion, laboratoire GEODE, et Bénard CHARLERY de la MASSELIERE, professeur des universités à l'Université Toulouse 2 Jean Jaurès, Laboratoire LISST Dynamiques rurales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Feb 2016, Albi, France</w:t>
+              <w:t xml:space="preserve">Quels déplacements dans la ville de demain ? Présentation par Gabriel DUPUY, professeur d’Aménagement à l’Université Paris 1 Panthéon Sorbonne ainsi qu’à l'École Nationale des Ponts et Chaussées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Mar 2012, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #41 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #07 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Brexit, quels changements ? Présentation par Mark BAILONI, maître de conférence en géographie à l'Université de Lorraine, centre de recherche LOTTER, et Thibault COURCELLE, maître de conférences à l'Institut national universitaire Champollion d'Albi, LISST-Cieu (UMR 5193)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Dec 2016, Albi, France</w:t>
+              <w:t xml:space="preserve">Les systèmes d’information géographiques (SIG) : un nouvel outil indispensable de l’aménagement du territoire ? Présentation par Frédéric MARTORELL, responsable de l'Observatoire du logement à la Direction Départementale de l’Équipement (DDE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, May 2011, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #36 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #03 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quelle géographie dans les séries modernes ? Présentation par Bertrand PLEVEN, professeur agrégé à l'IUFM de Paris - Université Paris-IV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Jan 2016, Albi, France</w:t>
+              <w:t xml:space="preserve">Qu'est-ce que la Géographie aujourd'hui ? Présentation par Robert MARCONIS, professeur émérite à l’Université Toulouse II Jean Jaurès, LISST (UMR 5193)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Jan 2011, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #40 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #06 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santiago et le reste du territoire chilien : quelles relations ? Présentation par Francisco MATURANA, professeur de géographie à l'Université de Santiago (Chili)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Oct 2016, Albi, France</w:t>
+              <w:t xml:space="preserve">Les villes moyennes : l'enjeu clé de l'entre-deux territorial ? Présentation par Philippe BONNECARRERE, maire d’Albi et Daniel BEHAR, géographe et professeur associé à l’Institut d’Urbanisme de Paris, Lab’Urba (EA 3482), coopérative ACADIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Café géo albigeois #39 (Organisation et animation)</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Café géo albigeois #04 (Organisation et animation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trente ans après son adhésion à l’UE, quel Portugal aujourd’hui ? Présentation par José Alberto RIO FERNANDES, professeur à l’Université de Porto, laboratoire CEGOT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INU Champollion, au bar Le Saint James, Apr 2016, Albi, France</w:t>
+              <w:t xml:space="preserve">L’intercommunalité : quelles conséquences sur la vie quotidienne du citoyen ? Présentation par Stéphanie GUIRAUD-CHAUMEIL, vice-Présidente de la Communauté d'agglomération de l'Albigeois et déléguée au projet technopolitain, et Cécile JEBEILI, maîtresse de conférences en Droit Public à l’Université Toulouse II Jean Jaurès, LISST (UMR 5193)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INU Champollion, au bar Le Pré en Bulle, Feb 2011, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...2295 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04857312v1</w:t>
-              </w:r>
-[...162 lines deleted...]
-                <w:t xml:space="preserve">hal-04857316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Café géo albigeois #08 (Organisation et animation)</w:t>
               </w:r>
@@ -14336,51 +14336,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985104v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Courcelle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gouard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Kelbel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387480v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ygal Fijalkow" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Victor" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/eehs-2023-0015" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841930v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Buono" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martorell" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vidal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682122v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.039-40.05" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04146044v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Taulelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965841v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965867v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965875v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965849v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965881v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965854v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965864v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965835v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965859v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965726v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965809v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965814v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965748v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965763v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965775v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965828v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965752v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965819v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966112v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vagnon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01653224v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01653193v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14195/1647-6336_12_9" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01016802v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01016774v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Blot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00802959v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Rousseau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01016827v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083328v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083330v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083331v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083332v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083333v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05475664v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05427740v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002368v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04913780v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05384458v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937161v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041002v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05384455v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860304v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Del&#233;pine" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842981v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843022v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843360v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860307v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843375v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842010v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860287v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843413v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843399v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844192v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860323v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04853805v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860328v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Pereira" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04853807v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844209v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844257v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844246v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04853812v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04853809v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853832v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853825v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04853815v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04853822v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853834v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853828v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04853819v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838947v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04854153v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854165v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853852v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853840v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853845v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853851v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854163v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03456587v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854157v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857844v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857865v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854181v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857859v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857861v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854176v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857839v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857832v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857840v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857842v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857837v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857835v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857834v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857826v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857830v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857828v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857733v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857743v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04855420v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857740v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857737v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857748v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857709v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857729v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857717v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857723v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857712v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857686v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857681v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857705v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857678v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857694v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857688v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857673v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857557v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857546v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857568v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857560v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857668v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857550v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857540v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857527v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857534v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857523v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857377v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857352v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857357v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857363v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857367v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857365v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857368v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857372v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857322v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857327v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857336v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857335v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857323v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857330v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857326v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857317v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857312v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857310v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857316v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857319v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857314v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857320v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857307v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857308v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594582v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020144v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4396" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04544055v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Barczak" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hilal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lio Labat" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/egalite-accessibilite-solidarite-les-renoncements-de-letat/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04543830v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579447v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579781v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apu.univ-artois.fr/Revues-et-collections/Education-formation-et-lien-social/Identite-s-et-universites-nouvelles-une-question-de-proximite" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02053649v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr/~Crises-et-ruptures-en-Europe-vers~.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02053794v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020193v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peterlang.com/download/toc/88606/toc_432007.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01517089v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/51052" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01026231v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Taulelle" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/50909" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0352-6379-4" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01016844v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/9783035199352/028_Chapter020.html#ch020" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0351-0702-9" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890288v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Lalanne" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;nos" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jalaudin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Martin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085924v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04855426v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855430v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lima" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855457v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04855417v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02083340v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985104v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Courcelle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gouard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Kelbel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387480v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ygal Fijalkow" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Victor" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/eehs-2023-0015" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841930v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Buono" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martorell" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vidal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682122v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.039-40.05" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04146044v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Taulelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965867v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965875v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965849v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965881v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965854v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965864v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965835v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965859v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965841v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965748v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965763v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965775v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965809v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965814v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965726v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965828v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965752v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965819v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966112v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vagnon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01653224v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01653193v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14195/1647-6336_12_9" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01016802v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00802959v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Rousseau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01016774v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Blot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01016827v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083328v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083330v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083331v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083332v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083333v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05475664v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002368v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04913780v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05384458v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937161v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041002v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05384455v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05427740v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860304v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Del&#233;pine" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842981v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860307v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843375v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842010v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860287v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843360v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843022v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843413v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843399v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860323v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04853805v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860328v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Pereira" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04853807v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844209v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844257v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844246v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04853812v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04853809v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844192v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04853815v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04853822v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853834v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853828v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04853819v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838947v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853825v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853832v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853852v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04854153v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854165v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853845v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853851v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854163v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03456587v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853840v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854157v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857844v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854181v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857859v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857865v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857861v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854176v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857832v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857840v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857842v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857837v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857839v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857835v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857834v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857826v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857743v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04855420v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857828v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857830v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857733v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857740v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857737v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857748v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857729v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857717v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857723v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857712v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857709v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857681v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857678v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857705v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857694v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857688v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857686v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857546v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857568v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857560v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857668v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857550v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857673v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857557v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857527v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857534v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857523v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857540v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857377v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857357v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857352v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857367v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857365v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857363v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857368v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857372v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857322v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857327v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857336v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857335v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857323v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857330v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857326v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857317v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857310v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857316v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857312v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857319v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857314v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857320v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857307v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857308v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594582v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020144v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4396" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04544055v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Barczak" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hilal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lio Labat" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/egalite-accessibilite-solidarite-les-renoncements-de-letat/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04543830v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579447v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579781v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apu.univ-artois.fr/Revues-et-collections/Education-formation-et-lien-social/Identite-s-et-universites-nouvelles-une-question-de-proximite" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02053649v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr/~Crises-et-ruptures-en-Europe-vers~.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02053794v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020193v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peterlang.com/download/toc/88606/toc_432007.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01517089v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/51052" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01026231v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Taulelle" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/50909" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0352-6379-4" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01016844v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/9783035199352/028_Chapter020.html#ch020" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0351-0702-9" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890288v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Lalanne" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;nos" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jalaudin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Martin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085924v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04855426v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855430v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lima" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855457v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04855417v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02083340v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>