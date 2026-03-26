--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,161 +100,161 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced practice nurses for fall incidence prevention in robust very old adults: protocol for the APN-FIT hybrid randomized controlled trial</w:t>
+                <w:t xml:space="preserve">Impact of a Full Clinical Workday on Surgical Performance in Simulated Laparoscopy: A Controlled Crossover Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Huet</w:t>
+                <w:t xml:space="preserve">Vincent Dochez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Rat</w:t>
+                <w:t xml:space="preserve">Anaïs Sevestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Renaux</w:t>
+                <w:t xml:space="preserve">Aurélie Sarcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Mayol</w:t>
+                <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Costanza</w:t>
+                <w:t xml:space="preserve">Robin Souron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Geriatrics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 26 (1), pp.68. </w:t>
+              <w:t xml:space="preserve">BMC Medical Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12877-025-06781-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12909-026-08756-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05382304v1</w:t>
+                <w:t xml:space="preserve">hal-05511122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feasibility and acceptability of a new adapted physical activity program for children with chronic disease: a pilot study</w:t>
               </w:r>
@@ -317,212 +317,212 @@
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives de Pédiatrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, pp.55-60. </w:t>
+              <w:t xml:space="preserve">, 2026, 33 (1), pp.55-60. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.arcped.2025.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05436492v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of a Full Clinical Workday on Surgical Performance in Simulated Laparoscopy: A Controlled Crossover Trial</w:t>
+                <w:t xml:space="preserve">Advanced practice nurses for fall incidence prevention in robust very old adults: protocol for the APN-FIT hybrid randomized controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Dochez</w:t>
+                <w:t xml:space="preserve">Jérémie Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Sevestre</w:t>
+                <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Sarcher</w:t>
+                <w:t xml:space="preserve">Carine Renaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Deschamps</w:t>
+                <w:t xml:space="preserve">Séverine Mayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Souron</w:t>
+                <w:t xml:space="preserve">Sarah Costanza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Medical Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, </w:t>
+              <w:t xml:space="preserve">BMC Geriatrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 26 (1), pp.68. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12909-026-08756-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12877-025-06781-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05511122v1</w:t>
+                <w:t xml:space="preserve">hal-05382304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward dimensional body consciousness impairments in post-traumatic stress disorder and its dissociative subtype: a predictive processing approach</w:t>
               </w:r>
@@ -681,51 +681,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Plot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Le Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -798,51 +798,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Blanvillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Chapelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -906,90 +906,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of whole-day work on surgical performance during simulated laparoscopic surgery: study protocol for a controlled cross over laboratory trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Sevestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Souron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Sarcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Thubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1168,459 +1168,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04717496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are trait self-control and self-control resources mediators of relations between executive functions and health behaviors?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation Tools for Assessing Autonomy of Surgical Residents in the Operating Room and Factors Influencing Access to Autonomy: A Systematic Literature Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Sevestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dochez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Souron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Forestier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
+                <w:t xml:space="preserve">Norbert Winer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2023.102410⟩</w:t>
+              <w:t xml:space="preserve">Journal of Surgical Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsurg.2023.11.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061618v1</w:t>
+                <w:t xml:space="preserve">hal-04366926v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation Tools for Assessing Autonomy of Surgical Residents in the Operating Room and Factors Influencing Access to Autonomy: A Systematic Literature Review</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Thibault Deschamps</w:t>
+                <w:t xml:space="preserve">Executive dysfunction and effectiveness of physical program in older adults: which association?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Rincé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chapelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Berrut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Norbert Winer</w:t>
+                <w:t xml:space="preserve">Manuel Montero-Odasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Surgical Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Aging Clinical and Experimental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35, pp.101-106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsurg.2023.11.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40520-022-02276-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04366926v2</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03803776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Executive dysfunction and effectiveness of physical program in older adults: which association?</w:t>
+                <w:t xml:space="preserve">Are trait self-control and self-control resources mediators of relations between executive functions and health behaviors?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Couturier</w:t>
+                <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Rincé</w:t>
+                <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Chapelet</w:t>
+                <w:t xml:space="preserve">Roxane Bartoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Berrut</w:t>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Montero-Odasso</w:t>
+                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aging Clinical and Experimental Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 35, pp.101-106. </w:t>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.102410. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40520-022-02276-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2023.102410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03803776v1</w:t>
+                <w:t xml:space="preserve">hal-04061618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consistency of Muscle Activitation Signatures Across Different Walking Speeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Sarcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lena Carcreff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1628,51 +1628,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Moissenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Hug</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gait &amp; Posture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1706,51 +1706,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Call to Immediate Action to Support Management of Long COVID related-Symptoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sauvaget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1782,386 +1782,386 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03889275v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors Associated with Dual-Fluency Walk Speed Improvement after Rehabilitation in Older Patients</w:t>
+                <w:t xml:space="preserve">Is physical fitness associated with the type of attended school? A cross-sectional analysis among 20.000 adolescents.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Cubillé</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thibault Deschamps</w:t>
+                <w:t xml:space="preserve">Martine Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Derkinderen</w:t>
+                <w:t xml:space="preserve">Philippe Lacomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Libo Ren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jcm11247443⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Sports Medicine and Physical Fitness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, The Journal of Sports Medicine and Physical Fitness, 62 (3), pp.404-411. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23736/S0022-4707.21.12203-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03900963v1</w:t>
+                <w:t xml:space="preserve">hal-03183932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is physical fitness associated with the type of attended school? A cross-sectional analysis among 20.000 adolescents.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Citius, Fortius, Altius, Cognitus -Understanding which psychological and cognitive components drive physical activity and exercise benefits in Parkinson Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Sports Medicine and Physical Fitness</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23736/S0022-4707.21.12203-0⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Activity and Health (JPAH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1123/jpah.2022-0045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03183932v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03551804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Citius, Fortius, Altius, Cognitus -Understanding which psychological and cognitive components drive physical activity and exercise benefits in Parkinson Disease</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Factors Associated with Dual-Fluency Walk Speed Improvement after Rehabilitation in Older Patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Cubillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Rincé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Derkinderen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Activity and Health (JPAH)</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1123/jpah.2022-0045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jcm11247443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03551804v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03900963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intermittent theta burst stimulation (iTBS) versus 10-Hz high-frequency repetitive transcranial magnetic stimulation (rTMS) to alleviate treatment-resistant unipolar depression: A randomized controlled trial (THETA-DEP)</w:t>
               </w:r>
@@ -2415,103 +2415,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of an individual personalised rehabilitation program on mobility performance in older-old people</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Rincé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berrut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Dylis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Montero-Odasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aging Clinical and Experimental Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 33 (10), pp.2821-2830. </w:t>
@@ -2543,711 +2543,711 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03562499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost-utility analysis of transcranial direct current stimulation (tDCS) in non-treatment-resistant depression: the DISCO randomised controlled study protocol</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Perceptual Inhibition Is Not a Specific Component of the Sensory Integration Process Necessary for a Rapid Voluntary Step Initiation in Healthy Older Adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydie Lagalice</w:t>
+                <w:t xml:space="preserve">Justine Magnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Berrut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solène Schirr-Bonnans</w:t>
+                <w:t xml:space="preserve">Thomas Cattagni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Volteau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Morgane Péré</w:t>
+                <w:t xml:space="preserve">Christophe Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2019-033376⟩</w:t>
+              <w:t xml:space="preserve">Journals of Gerontology Series B: Psychological Sciences and Social Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 75 (9), pp.1921-1929. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/geronb/gbz060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02473166v1</w:t>
+                <w:t xml:space="preserve">hal-03563334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trends in the prevalence of overweight, obesity and underweight in French children, aged 4–12 years, from 2013 to 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Vanhelst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Vanhelst</w:t>
+                <w:t xml:space="preserve">Jean-Benoît Baudelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Benoît Baudelet</w:t>
+                <w:t xml:space="preserve">David Thivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Thivel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Hervé Ovigneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Public Health Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Public Health Nutrition, 23 (14), pp.2478-2484. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S1368980020000476⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03013134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceptual Inhibition Is Not a Specific Component of the Sensory Integration Process Necessary for a Rapid Voluntary Step Initiation in Healthy Older Adults</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cost-utility analysis of transcranial direct current stimulation (tDCS) in non-treatment-resistant depression: the DISCO randomised controlled study protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Sauvaget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Lagalice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Magnard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Catherine Couturier</w:t>
+                <w:t xml:space="preserve">Solène Schirr-Bonnans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Cattagni</w:t>
+                <w:t xml:space="preserve">Christelle Volteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Cornu</w:t>
+                <w:t xml:space="preserve">Morgane Péré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journals of Gerontology Series B: Psychological Sciences and Social Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 75 (9), pp.1921-1929. </w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.e033376. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/geronb/gbz060⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2019-033376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563334v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02473166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activité physique et cognition : un débat musclé, des perspectives plaisantes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Normative health-related fitness values for French children: The Diagnoform Programme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Vanhelst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Ternynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Ovigneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/nrp.2019.0504⟩</w:t>
+              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 30 (4), pp.690-699. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/sms.13607⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03563320v1</w:t>
+                <w:t xml:space="preserve">hal-03154812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normative health-related fitness values for French children: The Diagnoform Programme</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Improving the appropriateness of depression treatment in patients with advanced chronic kidney disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Sauvaget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 30 (4), pp.690-699. </w:t>
+              <w:t xml:space="preserve">Journal of Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 32 (4), pp.495-497. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/sms.13607⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40620-018-00564-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03154812v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03325098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the appropriateness of depression treatment in patients with advanced chronic kidney disease</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Activité physique et cognition : un débat musclé, des perspectives plaisantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Sauvaget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nephrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 32 (4), pp.495-497. </w:t>
+              <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40620-018-00564-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/nrp.2019.0504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03325098v1</w:t>
+                <w:t xml:space="preserve">hal-03563320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined Measures of Psychomotor and Cognitive Alterations as a Potential Hallmark for Bipolar Depression</w:t>
               </w:r>
@@ -3259,51 +3259,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sauvaget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bulteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3415,51 +3415,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kylie Tucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 127 (4), pp.1165-1174. </w:t>
@@ -3497,51 +3497,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shedding Light on a New Psychology of Movement and Exercise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OBM Integrative and Complementary Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 4 (3), pp.1 - 1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3614,51 +3614,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Hug</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kylie Tucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3709,51 +3709,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural and muscular factors both contribute to plantar-flexor muscle weakness in older fallers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cattagni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Harnie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3761,51 +3761,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Jubeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elyse Hucteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Gerontology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 112, pp.127-134. </w:t>
@@ -3843,51 +3843,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of Postural Control during Repetitive Transcranial Magnetic Stimulation in an Adult with Major Depressive Disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sauvaget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3973,51 +3973,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Cognitive Reserve Should Be Controlled When Using Neuroimaging to Assess Relapse in Major Depressive Disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JAMA Psychiatry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 75 (9), pp.973. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4077,51 +4077,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Hug</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuroscience Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 146, pp.48 - 53. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4149,278 +4149,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03341843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Examination of reactive motor responses to Achilles tendon vibrations during an inhibitory stepping reaction time task</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+                <w:t xml:space="preserve">Changes in elbow joint’s musculo-articular mechanical properties do not alter reaching-related action-perception coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Daviaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Cornu</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Movement Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.humov.2017.10.018⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 117 (4), pp.819-832. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00421-017-3570-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03341848v1</w:t>
+                <w:t xml:space="preserve">hal-03336684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in elbow joint’s musculo-articular mechanical properties do not alter reaching-related action-perception coupling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Examination of reactive motor responses to Achilles tendon vibrations during an inhibitory stepping reaction time task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Magnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Berrut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Cornu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 117 (4), pp.819-832. </w:t>
+              <w:t xml:space="preserve">Human Movement Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56, Part B, pp.119 - 128. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00421-017-3570-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.humov.2017.10.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03336684v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03341848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Psychomotor Retardation, a Marker of Response to rTMS Treatment in Patients with Major Depressive Disorder?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sauvaget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4545,51 +4545,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Fayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Thomas-Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 18 (1), pp.17. </w:t>
@@ -4755,730 +4755,730 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03158162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining intra-dialytic exercise and nutritional supplementation in malnourished older haemodialysis patients: Towards better quality of life and autonomy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Let's programme exercise during haemodialysis (intradialytic exercise) into the care plan for patients, regardless of age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nephrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nep.12752⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 50 (22), pp.1357-1358. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bjsports-2016-096356⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03341826v1</w:t>
+                <w:t xml:space="preserve">hal-03353373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altered force-generating capacity is well-perceived regardless of the pain presence.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">An enhanced experimental procedure to rationalize on the impairment of perception of action capabilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Daviaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Cremoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amarantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Psychology. Human Perception and Performance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/xhp0000232⟩</w:t>
+              <w:t xml:space="preserve">Psychological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 80 (2), pp.224-234. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00426-015-0653-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03341836v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02342058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Let's programme exercise during haemodialysis (intradialytic exercise) into the care plan for patients, regardless of age</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">I can't reach it! Focus on theta sensorimotor rhythm toward a better understanding of impaired action-perception coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Daviaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Cremoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amarantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Sports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bjsports-2016-096356⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 339, pp.32--46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2016.09.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03353373v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02342057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An enhanced experimental procedure to rationalize on the impairment of perception of action capabilities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yannick Daviaux</w:t>
+                <w:t xml:space="preserve">Combining intra-dialytic exercise and nutritional supplementation in malnourished older haemodialysis patients: Towards better quality of life and autonomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Hristea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Cremoux</w:t>
+                <w:t xml:space="preserve">Anne Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Tallet</w:t>
+                <w:t xml:space="preserve">Gaëlle Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Amarantini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Cornu</w:t>
+                <w:t xml:space="preserve">Valérie Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychological Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 80 (2), pp.224-234. </w:t>
+              <w:t xml:space="preserve">Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 21, pp.785 - 790. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00426-015-0653-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nep.12752⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02342058v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03341826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I can't reach it! Focus on theta sensorimotor rhythm toward a better understanding of impaired action-perception coupling</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Altered force-generating capacity is well-perceived regardless of the pain presence.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Magnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Jubeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Hug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kylie Tucker</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Experimental Psychology. Human Perception and Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 42 (9), pp.1363 - 1371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/xhp0000232⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2016.09.033⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02342057v1</w:t>
+                <w:t xml:space="preserve">hal-03341836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A decision model to predict the risk of the first fall onset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille G Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berrut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Mignardot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5525,51 +5525,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Posture-Cognitive Dual-Tasking: A Relevant Marker of Depression-Related Psychomotor Retardation. An Illustration of the Positive Impact of Repetitive Transcranial Magnetic Stimulation in Patients with Major Depressive Disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sauvaget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5653,471 +5653,471 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03157728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuromuscular electrical stimulation leads to physiological gains enhancing postural balance in the pre-frail elderly</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Indice de masse corporelle et condition physique chez 49 600 collégiens et lycéens de six régions françaises, 2007-2014</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Schipman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Saulière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Sedeaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Julien Duclay</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Ovigneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin Epidémiologique Hebdomadaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 30-31, pp.552-561</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03340129v1</w:t>
+                <w:t xml:space="preserve">hal-01775088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indice de masse corporelle et condition physique chez 49 600 collégiens et lycéens de six régions françaises, 2007-2014</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The effect of hemodialysis session on postural strategies in older end-stage renal disease patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Magnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Schipman</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Angelo Testa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Hristea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Epidémiologique Hebdomadaire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Hemodialysis International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 19 (4), pp.553 - 561. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/hdi.12307⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01775088v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03341840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of hemodialysis session on postural strategies in older end-stage renal disease patients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Justine Magnard</w:t>
+                <w:t xml:space="preserve">Neuromuscular electrical stimulation leads to physiological gains enhancing postural balance in the pre-frail elderly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mignardot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Lardy</w:t>
+                <w:t xml:space="preserve">Camille G. Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelo Testa</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">François-Xavier Roumier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Duclay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hemodialysis International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/hdi.12307⟩</w:t>
+              <w:t xml:space="preserve">Physiological Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14814/phy2.12471⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03341840v1</w:t>
+                <w:t xml:space="preserve">hal-03340129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Repetitive Transcranial Magnetic Stimulation on Psychomotor Retardation in Major Depression: A Pilot Feasibility Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Thomas-Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bulteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6194,51 +6194,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balance Characteristics in Patients with Major Depression after a Two-Month Walking Exercise Program: A Pilot Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Thomas-Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6322,715 +6322,715 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03156098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gait disturbances as specific predictive markers of the first fall onset in elderly people: a two-year prospective observational study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Influence of experimental pain on the perception of action capabilities and performance of a maximal single-leg hop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Hug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Barrey</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Paul Hodges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kylie Tucker</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnagi.2014.00022⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Pain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (3), pp.271.e1-271.e7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpain.2013.10.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193825v1</w:t>
+                <w:t xml:space="preserve">hal-03599465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postural Sway, Falls, and Cognitive Status: A Cross-Sectional Study among Older Adults</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Postural control and cognitive decline in older adults: Position versus velocity implicit motor strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Beauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Annweiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Mignardot</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/JAD-132657⟩</w:t>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 39 (1), pp.628 - 630. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2013.07.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03600594v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03341829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implicit postural control strategies in older hemodialysis patients: An objective hallmark feature for clinical balance assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Magnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Hristea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Lefrancois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Testa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gait &amp; Posture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 40 (4), pp.723 - 726. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2014.07.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03341839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of experimental pain on the perception of action capabilities and performance of a maximal single-leg hop</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Postural Sway, Falls, and Cognitive Status: A Cross-Sectional Study among Older Adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mignardot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Beauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Annweiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Kylie Tucker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Pain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpain.2013.10.016⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 41 (2), pp.431-439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JAD-132657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03599465v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03600594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postural control and cognitive decline in older adults: Position versus velocity implicit motor strategy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Gait disturbances as specific predictive markers of the first fall onset in elderly people: a two-year prospective observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mignardot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Berrut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 39 (1), pp.628 - 630. </w:t>
+              <w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2013.07.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnagi.2014.00022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03341829v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Players to Teams: Towards a Multi-Level Approach of Game Constraints in Team Sports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bourbousson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Travassos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7077,90 +7077,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of total sleep deprivation on the perception of action capabilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Daviaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Mignardot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Brain Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 232 (7), pp.2243-2253. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7220,51 +7220,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Nourrit-Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Zelic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Hilpron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7324,77 +7324,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postural control as a function of time-of-day: influence of a prior strenuous running exercise or demanding sustained-attention task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Magnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Cornu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of NeuroEngineering and Rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 10, pp.26. </w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7428,103 +7428,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of a six-month intradialytic physical ACTIvity program and adequate NUTritional support on protein-energy wasting, physical functioning and quality of life in chronic hemodialysis patients: ACTINUT study protocol for a randomised controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Magnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Hristea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Nephrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, </w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7698,307 +7698,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00916465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring fitness levels and detecting implications for health in a French population: an observational study</w:t>
+                <w:t xml:space="preserve">Monitoring fitness levels and detecting implications for health on a large scale of the general population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Nassif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Sedeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Abidh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Schipman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Tafflet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMJ Open</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 2</w:t>
+              <w:t xml:space="preserve">, 2012, 2 (5), pp.e001022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01774914v1</w:t>
+                <w:t xml:space="preserve">hal-01828684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring fitness levels and detecting implications for health on a large scale of the general population</w:t>
+                <w:t xml:space="preserve">Monitoring fitness levels and detecting implications for health in a French population: an observational study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Nassif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Sedeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Abidh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Schipman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Tafflet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMJ Open</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 2 (5), pp.e001022</w:t>
+              <w:t xml:space="preserve">, 2012, 2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01828684v1</w:t>
+                <w:t xml:space="preserve">hal-01774914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reciprocal aiming precision and central adaptations as a function of mechanical constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Murian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8071,51 +8071,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Force Production and Trial Duration on Bimanual Performance and Attentional Demands in a Rhythmic Coordination Task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Murian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Jacques Temprado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8175,51 +8175,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of an exhausting muscle exercise on bimanual coordination stability and attentional demands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Murian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bourbousson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8291,51 +8291,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of a stressing constraint on stiffness and damping functions of a ski simulator's platform motion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Nourrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8584,51 +8584,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Nourrit-Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Zelic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Hilpron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8743,51 +8743,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Plot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Le Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8825,103 +8825,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cortico-cortical coherence elicits neurophysiological processes underlying impaired action-perception coupling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Cremoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Daviaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème congrès international de l’ACAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Nantes, France</w:t>
@@ -8950,103 +8950,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impaired perception of reaching capabilities involves an atypical sensorimotor activity over the contralateral premotor area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Daviaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Cremoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th World Congress of the International Brain Research Organization (IBRO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Rio De Janeiro, Brazil</w:t>
@@ -9244,51 +9244,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05382304v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Huet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Renaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Mayol" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Costanza" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12877-025-06781-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436492v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Landois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Hauet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Couec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lacroix" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Menut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2025.12.001" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511122v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dochez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Sevestre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Sarcher" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Deschamps" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Souron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12909-026-08756-0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442511v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Laurin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bottemanne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bulteau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Haj" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sauvaget" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2026.106546" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265071v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Delumeau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Carpentier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mousseau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15116350" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04677051v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Legrand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blanvillain" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chapelet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aubret" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.onehlt.2024.100873" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04781880v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Thubert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2024.1423366" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04717496v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Hardouin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pere" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Fauvre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejtd.2024.100449" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04061618v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Forestier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux de Chanaleilles" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Bartoletti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cheval" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;na Chalabaev" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2023.102410" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04366926v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Winer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsurg.2023.11.003" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03803776v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Couturier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Rinc&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chapelet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berrut" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Montero-Odasso" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40520-022-02276-9" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04204727v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Carcreff" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Moissenet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hug" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2023.09.001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03889275v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03900963v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cubill&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Derkinderen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11247443" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03183932v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Duclos" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lacomme" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Lambert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libo Ren" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S0022-4707.21.12203-0" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03551804v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jpah.2022-0045" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03677744v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Fayet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Thomas-Ollivier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2022.05.011" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03298650v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pineau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Robin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Thomas-Ollivier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10339-020-01000-7" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03562499v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Dylis" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40520-021-01812-3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02473166v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Lagalice" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Schirr-Bonnans" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Volteau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2019-033376" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03013134v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Vanhelst" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Baudelet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Thivel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Ovigneur" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980020000476" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563334v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Magnard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cattagni" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cornu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/geronb/gbz060" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563320v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2019.0504" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03154812v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ternynck" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.13607" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03325098v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40620-018-00564-0" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563287v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30773/pi.2019.0116" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563380v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Vogel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kylie Tucker" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dorel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.01101.2018" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340114v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21926/obm.icm.1903055" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563348v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Crouzier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-018-5445-6" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333593v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Harnie" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jubeau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyse Hucteau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2018.09.011" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158607v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Laforgue" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0004867417742520" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341844v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamapsychiatry.2018.1477" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341843v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thibault" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neures.2018.10.002" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341848v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2017.10.018" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336684v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Daviaux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-017-3570-8" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03340120v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/neuropsychiatry.1000274" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158125v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique S&#233;bille" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-016-1764-8" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158162v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Foyer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pichot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valriviere" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pcn.12529" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341826v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Hristea" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Paris" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Collet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nep.12752" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-49Z85T4N-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341836v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xhp0000232" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353373v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsports-2016-096356" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342058v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cremoux" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Tallet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amarantini" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-015-0653-1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342057v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2016.09.033" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90J6GL1S-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341835v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille G Le Goff" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mignardot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2016.04.016" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157728v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valrivi&#232;re" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Maroulid&#232;s" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychires.2016.08.013" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03340129v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille G. Le Goff" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Roumier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Duclay" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.12471" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01775088v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schipman" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sauli&#232;re" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Sedeaud" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341840v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lardy" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Testa" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hdi.12307" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0H9BXNNH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341837v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Le Gall" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1176/appi.neuropsych.15030068" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156098v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Fortes-Bourbousson" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2015.07.057" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193825v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Barrey" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Auvinet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2014.00022" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600594v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beauchet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Annweiler" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-132657" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341839v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefrancois" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2014.07.009" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599465v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hodges" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpain.2013.10.016" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341829v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2013.07.001" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599331v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bourbousson" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Travassos" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/1747-9541.9.6.1393" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341831v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-014-3915-z" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915740v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Nourrit-Lucas" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Zelic" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hilpron" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Deligni&#232;res" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2013.07.005" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340117v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1743-0003-10-26" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341828v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2369-14-259" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916465v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Doron" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bastian" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Maire" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Perrin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Oudre" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2013.01.006" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXCNPSLW-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01774914v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Nassif" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Abidh" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tafflet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01828684v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341830v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Murian" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2011.08.009" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03579817v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Temprado" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/mcj.12.1.21" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03579811v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2007.12.007" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0Q9XTVF9-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03579822v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Nourrit" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Caillou" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640410410001675478" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05384241v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Maltagliati" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Raichlen" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupuy" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pelletier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarrazin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683491v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Zelic" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093342v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Le Carpentier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457195v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457349v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511122v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dochez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Sevestre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Sarcher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Deschamps" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Souron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12909-026-08756-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436492v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Landois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Hauet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Couec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lacroix" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Menut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2025.12.001" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05382304v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Huet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Renaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Mayol" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Costanza" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12877-025-06781-0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442511v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Laurin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bottemanne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bulteau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Haj" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sauvaget" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2026.106546" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265071v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Delumeau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Carpentier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mousseau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15116350" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04677051v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Legrand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blanvillain" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chapelet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aubret" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.onehlt.2024.100873" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04781880v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Thubert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2024.1423366" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04717496v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Hardouin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pere" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Fauvre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejtd.2024.100449" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04366926v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Winer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsurg.2023.11.003" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03803776v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Couturier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Rinc&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chapelet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berrut" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Montero-Odasso" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40520-022-02276-9" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04061618v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Forestier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux de Chanaleilles" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Bartoletti" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cheval" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;na Chalabaev" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2023.102410" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04204727v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Carcreff" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Moissenet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hug" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2023.09.001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03889275v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03183932v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Duclos" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lacomme" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Lambert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libo Ren" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S0022-4707.21.12203-0" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03551804v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jpah.2022-0045" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03900963v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cubill&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Derkinderen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11247443" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03677744v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Fayet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Thomas-Ollivier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2022.05.011" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03298650v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pineau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Robin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Thomas-Ollivier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10339-020-01000-7" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03562499v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Dylis" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40520-021-01812-3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563334v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Magnard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cattagni" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cornu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/geronb/gbz060" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03013134v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Vanhelst" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Baudelet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Thivel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Ovigneur" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980020000476" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02473166v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Lagalice" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Schirr-Bonnans" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Volteau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2019-033376" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03154812v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ternynck" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.13607" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03325098v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40620-018-00564-0" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563320v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2019.0504" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563287v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30773/pi.2019.0116" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563380v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Vogel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kylie Tucker" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dorel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.01101.2018" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340114v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21926/obm.icm.1903055" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563348v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Crouzier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-018-5445-6" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333593v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Harnie" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jubeau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyse Hucteau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2018.09.011" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158607v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Laforgue" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0004867417742520" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341844v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamapsychiatry.2018.1477" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341843v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thibault" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neures.2018.10.002" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336684v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Daviaux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-017-3570-8" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341848v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2017.10.018" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03340120v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/neuropsychiatry.1000274" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158125v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique S&#233;bille" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-016-1764-8" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158162v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Foyer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pichot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valriviere" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pcn.12529" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353373v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsports-2016-096356" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342058v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cremoux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Tallet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amarantini" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-015-0653-1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342057v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2016.09.033" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90J6GL1S-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341826v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Hristea" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Paris" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Collet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nep.12752" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-49Z85T4N-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341836v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xhp0000232" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341835v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille G Le Goff" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mignardot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2016.04.016" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157728v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valrivi&#232;re" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Maroulid&#232;s" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychires.2016.08.013" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01775088v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schipman" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sauli&#232;re" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Sedeaud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341840v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lardy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Testa" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hdi.12307" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0H9BXNNH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03340129v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille G. Le Goff" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Roumier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Duclay" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.12471" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341837v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Le Gall" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1176/appi.neuropsych.15030068" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156098v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Fortes-Bourbousson" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2015.07.057" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599465v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hodges" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpain.2013.10.016" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341829v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beauchet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Annweiler" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2013.07.001" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341839v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefrancois" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2014.07.009" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600594v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-132657" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193825v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Barrey" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Auvinet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2014.00022" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599331v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bourbousson" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Travassos" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/1747-9541.9.6.1393" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341831v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-014-3915-z" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915740v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Nourrit-Lucas" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Zelic" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hilpron" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Deligni&#232;res" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2013.07.005" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340117v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1743-0003-10-26" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341828v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2369-14-259" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916465v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Doron" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bastian" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Maire" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Perrin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Oudre" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2013.01.006" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXCNPSLW-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01828684v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Nassif" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Abidh" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tafflet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01774914v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341830v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Murian" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2011.08.009" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03579817v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Temprado" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/mcj.12.1.21" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03579811v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2007.12.007" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0Q9XTVF9-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03579822v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Nourrit" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Caillou" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640410410001675478" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05384241v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Maltagliati" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Raichlen" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupuy" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pelletier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarrazin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683491v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Zelic" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093342v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Le Carpentier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457195v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457349v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>