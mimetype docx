--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -106,9172 +106,9172 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">De l'irrecevabilité du recours en annulation contre un avis du CEPD sur une question d'application générale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 4, pp.1026-1031</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05487755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La notion de données à caractère personnel après l'arrêt &amp;quot;CRU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Douville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 4, pp.1019-1026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05487713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Thibault Douville</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des contrats sur les données</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 4, pp.157-166</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05487602v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Consécration du droit à l'explication des décisions algorithmiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7, pp.384-389</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05171054v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le règlement sur l'intelligence artificielle : un droit des IA en quête de cohérence (Partie 2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 4, pp.1026-1031</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Des contrats sur les données</w:t>
+              <w:t xml:space="preserve">, 2025, 2, pp.397-414</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05159725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le règlement sur l'intelligence artificielle : un droit des IA en quête de cohérence – Partie 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Netter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1, pp.105-121</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05036593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traitement de données dans le cadre des relations de travail : de l'étendue des marges d'appréciation laissées par le RGPD aux États membres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1, pp.90-93</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05036590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'application du droit des données à caractère personnel à la publicité au RCS des statuts de sociétés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1, pp.88-89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05036589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'admission des actions en concurrence déloyale fondées sur un manquement au droit des données à caractère personnel et plus spécialement au régime des données sensibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1, pp.94-98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05036591v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En cas de dérogation à l'information des personnes concernées par le responsable d'un traitement ultérieur de données : la personne concernée doit tout de même être informée !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1, pp.85-87</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05036588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvelles précisions quant aux critères de l'intérêt légitime du responsable du traitement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1, pp.83-85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05036587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réécriture imparfaite de la loi influenceur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1, pp.98-105</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05036592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'approche extensive de la prise de décision exclusivement automatisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Douville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 4, pp.157-166</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Traitement de données dans le cadre des relations de travail : de l'étendue des marges d'appréciation laissées par le RGPD aux États membres</w:t>
+              <w:t xml:space="preserve">, 2024, 20, p. 1000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04587913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Création du Comité consultatif national d'éthique du numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 35, p. 1768</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04769456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">[Procédure civile] Minutier électronique civil . Un pas de plus vers la dématérialisation de la justice civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bléry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 [act. 436], pp.619-621</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04557449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiers de confiance numérique : approche transversale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9, pp.437-442</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04696648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De nouvelles précisions à propos du droit à réparation consacré par le RGPD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 32, pp.7-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04740669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les chaînes de caractères non-identifiants stockant les préférences des utilisateurs sont des données à caractère personnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Douville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 1, pp.90-93</w:t>
-[...53 lines deleted...]
-                <w:t xml:space="preserve">Thibault Douville</w:t>
+              <w:t xml:space="preserve">, 2024, 03, pp.667-672</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04773529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une société numérisée : commentaire du règlement eIDAS 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 03, pp.509-531</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04773496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du renforcement de l'effectivité du RGPD : contrôle juridictionnel plénier de la décision de rejet d'une réclamation prononcée par une autorité de contrôle compétente en matière de protection des données</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 02, pp.349-352</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04620578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'amputation discutable de la compétence des États membres de l'Union européenne pour encadrer le secteur numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 01, pp.19-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04376484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des informations non-identifiantes figurant dans un communiqué de presse peuvent être qualifiées de données à caractère personnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 03, pp.672-675</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04773530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la communication orale de données concernant des condamnations pénales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 32, pp.1-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04740672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du pouvoir des autorités de contrôle d'ordonner l'effacement de données faisant l'objet d'un traitement illicite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 32, pp.3-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04740671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Objet des actions représentatives du droit des données à caractère personnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 32, pp.5-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04740670v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">[Notaire et intelligence artificielle] Le &amp;quot;notar'IA&amp;quot; à l'assaut de l'intelligence artificielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bensamoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-François Cuif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 [1061], pp.29-36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04515062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À propos des signatures manuscrites scannées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 02, p. 352</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04620579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la contestation des signatures électroniques qualifiées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 02, p. 353</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04620580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">[Numérique] Directive NIS 2 (cybersécurité) : un socle transversal renforcé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Porcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 [act. 124], pp.9-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04419669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La présomption de fiabilité des signatures électroniques : un modèle pour le droit de l'Union ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15, pp.740-742</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04072404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Important arrêt sur le traitement ultérieur de données à caractère personnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 01, pp.137-143</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04077349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responsabilité civile du responsable d'un traitement de données : de la nécessité de prouver l'existence d'un dommage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32, pp.1-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04377676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toutes les données à caractère personnel ne sont pas des données sensibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 01, pp.52-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03948462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la conformité au droit de l'Union de la loi visant à encadrer l'influence commerciale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Bourse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6, pp.7-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04377664v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Règlement sur les services numériques : de l'encadrement des plateformes communicationnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 1, pp.105-121</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Le règlement sur l'intelligence artificielle : un droit des IA en quête de cohérence (Partie 2)</w:t>
+              <w:t xml:space="preserve">, 2023, 01, pp.19-57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04077324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Règlement sur les marchés numériques (digital markets act) : questions choisies sur son champ d'application après la désignation des premiers contrôleurs d'accès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 04, pp.873-883</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04411683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'étendue du droit d'accès aux données à caractère personnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32, pp.3-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04377675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractérisation d'un abus de position dominante en raison de la non-conformité d'un traitement de données : de la compétence des autorités de la concurrence [A la une]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel. Droit de la distribution et de la concurrence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8, p. 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04377679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'extension du domaine du déréférencement : de la contribution du droit des données à caractère personnel à la régulation des contenus en ligne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23, pp.1202-1208</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04131883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classement des établissements de santé : de la délicate articulation du droit des données de santé et de la liberté d'expression et d'information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Légipresse : l'actualité du droit des médias, de la communication et des réseaux sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 419, pp.607-614</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04347151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'exercice du droit d'accès permet-il d'obtenir l'identité des personnes ayant eu accès aux données ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32, pp.4-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04377674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cookies tiers et preuve du consentement des personnes concernées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32, pp.6-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04377665v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La résiliation par voie électronique (à propos de la loi portant mesures d'urgence pour la protection du pouvoir d'achat)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32, pp.1602-1604</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03781701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exclusion du guichet unique en matière de dépôts de cookies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 06, pp.337-342</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03705898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éthique et droit des données à caractère personnel (Approche française et européenne)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue internationale de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Éthique et droit économique, t. XXXV (3), pp.29-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ride.353.0029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03767509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désordre dans le contentieux de la signature électronique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 03, pp.121-123</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03542646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contrat de sous-traitance en droit des données à caractère personnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 02, pp.302-308</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03735565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction d'un espace européen des données de santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 25, pp.1304-1305</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03712158v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation critique du Data governance act</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Douville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Netter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 2, pp.397-414</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Consécration du droit à l'explication des décisions algorithmiques</w:t>
+              <w:t xml:space="preserve">, 2022, 03, pp.561-575</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03815987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">[Contrat de travail] Du renforcement de la protection des délégués à la protection des données</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gabroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 31-35, pp.44-47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03751043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En droit des données à caractère personnel, se mettre en conformité tardivement n'exonère pas et autres rappels utiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Douville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 7, pp.384-389</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Nouvelles précisions quant aux critères de l'intérêt légitime du responsable du traitement</w:t>
+              <w:t xml:space="preserve">, 2022, 01, pp.42-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03547274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Communication d'informations fiscales par les plateformes : des questions de sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Douville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 1, pp.83-85</w:t>
-[...329 lines deleted...]
-                <w:t xml:space="preserve">Thibault Douville</w:t>
+              <w:t xml:space="preserve">, 2022, 02, pp.310-313</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03735568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Certification des services en ligne de conciliation, de médiation et d’arbitrage : déjà du nouveau…</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bléry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, [3 p.]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04522337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contrat en matière de responsabilité conjointe de traitement de données</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4, pp.188</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03218353v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un arrêt sous le signe de l'exceptionnel, note sous CE 21 avril 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n°23, pp.1268-1273</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03605414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Consentement à un traitement de données à caractère personnel et contrat : nouveaux apports de la Cour de justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 05, pp.290</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03225857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petite brique apportée au Portail du justiciable : deux nouveaux arrêtés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bléry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03702608v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Open data des décisions de justice, cinq ans après : état des lieux et perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Légipresse : l'actualité du droit des médias, de la communication et des réseaux sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, HS 65, pp.49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03264063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un arrêt sous le signe de l'exceptionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23, pp.1268</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03274216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entretien- La décision du Tribunal constitutionnel polonais en date du 7 octobre 2021 dans l'affaire K 3/21</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n°44, pp.2304</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03604835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La décision du Tribunal constitutionnel polonais du 7 octobre 2021 dans l'affaire K 3/21</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 44, pp.2304</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03479788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décision Spartoo : florilège de non-conformités au RGPD dans le cadre d'une activité de commerce électronique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 01, pp.50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03122101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dématérialisation des sûretés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37, pp.1960</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03407234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Référencement payant des sites de commerce électronique de médicaments : de l'interdiction à la liberté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 09, pp.461</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03346965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Données personnelles (transfert en dehors de l'UE) : clauses contractuelles types</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 01, pp.13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02452528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notaire (Covid-19) : autorisation des actes notariés à distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14, pp.773</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02540533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouton &amp;quot;J'aime&amp;quot; et responsabilité conjointe de traitement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 02, pp.126</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02487224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parcoursup : transparence des algorithmes locaux limitée à raison pour le Conseil constitutionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 09, pp.516</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02941933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">[Procédure administrative ] Télérecours et télérecours citoyen. Apports et perspectives en matière de justice numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bléry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 48 [1330], pp.2130-2131</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04522341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Télérecours et télérecours citoyen - Apports et perspectives en matière de justice numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bléry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1330, pp.48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03720842v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les vulnérabilités numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Hervochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Paquier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de la recherche sur les droits fondamentaux </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, La vulnérabilité, 18, pp.111-119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/crdf.6462⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03129053v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les errements de la Cour de cassation à propos de la confirmation tacite du contrat de mandat d'un agent sportif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Contrat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12, pp.577</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03080638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Invalidation du Privacy Shield et insuffisance des clauses-types : fin (temporaire ?) des transferts de données à caractère personnel vers les États-Unis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Contrat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, pp.436</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02970195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Service de la société de l'information, Airbnb bénéficie de la libre circulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12, pp.44-49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02528352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les variations du droit au déréférencement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 09, pp.515</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02503812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blockchain et protection des données à caractère personnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Contrats d'affaires : concurrence, distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 07, pp.316</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02450815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fonds de commerce électronique : de sa reconnaissance à sa marginalisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12, pp.670</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02451581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parcoursup et le secret des algorithmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12, pp.700</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02451584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parcoursup à l'épreuve de la transparence des algorithmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 06, pp.390</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02451536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Données non personnelles (libre flux) : publication d'un règlement européen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 01, pp.10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02450020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Communication par voie électronique : publication d'un décret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bléry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Teboul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19, pp.1058</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02450145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Résolution d'un contrat aux torts réciproques des parties en l'absence de volonté sérieuse de celles-ci d'en poursuivre l'exécution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Contrats d'affaires : concurrence, distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 01, pp.35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02450873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blockchains et droit international privé : état des questions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit international d'Assas / Assas International Law Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2, pp.385-393</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dématérialisation des relations contractuelles en droit des assurances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11, pp.609</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02451569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le divorce électronique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18-20, pp.15-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'erreur de graphie d'un nom conduit le Conseil d'État à intensifier son contrôle des décisions de la CNIL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 02, pp.115</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02451510v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrat et données agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 469, pp.21-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prohibition des clauses instituant des présomptions irréfragables (à propos des clauses de recette ou de réception dans les contrats informatiques)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Contrats d'affaires : concurrence, distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 01, pp.37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02217130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blockchains et preuve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 40, pp.2193</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02216448v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coup d'arrêt au développement du commerce électronique de médicaments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 26, pp.1475</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02216277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enfin un cadre juridique général pour l'identification électronique !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13, pp.676</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02216083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La preuve du dépôt d'espèces dans l'automate d'une banque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Contrats d'affaires : concurrence, distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 04, pp.195</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02217143v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blockchain et tiers de confiance : incompatibilité ou complémentarité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20, pp.1144</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02216197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prohibition des discriminations géographiques dans le marché intérieur en général et dans le commerce électronique en particulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Contrats d'affaires : concurrence, distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 05, pp.221</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02216881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compétence internationale des juridictions françaises en cas d'atteinte au droit d'auteur en ligne fondée sur le lieu du fait dommageable : l'accessibilité du contenu suffit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Légipresse : l'actualité du droit des médias, de la communication et des réseaux sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 356, pp.25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plan de lutte contre le racisme et l’antisémitisme (2018-2020)&amp;quot;, Recueil Dalloz, 2018, n° 22, p. 1248</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Safi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n° 22, p. 1248</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01815432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coffre-fort numérique : publication du décret d'application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23, pp.1252</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02216223v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Signature électronique : enjeux et perspectives pour le notariat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 20, pp.25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le règlement européen sur l’identification électronique et les services de confiance (eIDAS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1, pp.31-39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dématérialisation des relations contractuelles dans le secteur financier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 43-44, pp.9-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La gouvernance dans les groupes de sociétés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit des sociétés </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 6, pp.11-14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preuve de l'antériorité du vice affectant la chose vendue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Contrats d'affaires : concurrence, distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 06, pp.297</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02217087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui doit supporter le coût des mesures de blocage et de déréférencement des sites proposant des contenus contrefaisants ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Légipresse : l'actualité du droit des médias, de la communication et des réseaux sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 353, pp.489</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'émergence d'un droit commun de la cybersécurité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 39, pp.2255</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02215948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clause de substitution de contractant et engagement solidaire du substituant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Contrats d'affaires : concurrence, distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 08 et 09, pp.382</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02217107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrat de création d'un site internet « clés en main » : obligation de résultat du prestataire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Contrats d'affaires : concurrence, distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 07, pp.331</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02217098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Signature électronique : publication du décret d'application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 34, pp.1975</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02215910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel statut pour les prestataires de services de confiance ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15, pp.825</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01843848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Créances entre époux : les intérêts courent du jour de l'aliénation du bien financé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10, pp.583</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02215413v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi de modernisation de la justice du XXIe siècle : aspects de droit des personnes et de la famille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Mauger-Vielpeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 32, pp.7-9</w:t>
-[...248 lines deleted...]
-                <w:t xml:space="preserve">De l'approche extensive de la prise de décision exclusivement automatisée</w:t>
+              <w:t xml:space="preserve">, 2016, 44, pp.14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205191v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le régime procédural de l'intervention du juge du divorce en matière de liquidation et de partage des intérêts patrimoniaux des époux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11, pp.10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouveau droit des contrats (fiabilité des copies) : publication du décret d'application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Douville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 20, p. 1000</w:t>
-[...53 lines deleted...]
-                <w:t xml:space="preserve">Thibault Douville</w:t>
+              <w:t xml:space="preserve">, 2016, 43, pp.2517</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02215648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liens hypertextes profonds et droits voisins des entreprises de communication audiovisuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Légipresse : l'actualité du droit des médias, de la communication et des réseaux sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 339, pp.360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marché unique numérique et droit des contrats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 13, pp.650</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi numérique : pourquoi imposer un &amp;quot;principe de loyauté des plateformes&amp;quot; est une attaque injustifiée à l'encontre des entreprises du numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Choné-Grimaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atlantico (Paris)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01458981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme du droit de la famille : publication du décret d'application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Mauger-Vielpeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 35, p. 1768</w:t>
-[...53 lines deleted...]
-                <w:t xml:space="preserve">Corinne Bléry</w:t>
+              <w:t xml:space="preserve">, 2016, 10, pp.544</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02215407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transport aérien (retard) : annulation des vols vers les départements d'outre-mer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 36, pp.2117</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02216660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commerce électronique de médicaments : deux arrêtés du 28 novembre 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 51-52, pp.9-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La signature électronique après le règlement européen 910/2014 du 23 juillet 2014 (eIDAS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 36, pp.2124</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02215596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Refus du notaire d'instrumenter un acte et sécurité juridique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 86, pp.21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transport aérien (problème technique imprévu) : obligation d'indemniser les passagers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 33, pp.1893</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02216643v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation sommaire du projet de loi pour une République numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 47, pp.9-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205203v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation critique de la réforme de l'administration légale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Batteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Douville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
-[...114 lines deleted...]
-                <w:t xml:space="preserve">De la communication orale de données concernant des condamnations pénales</w:t>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 40, pp.2330-2334</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02215037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La future loi numérique, un bavardage législatif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Choné-Grimaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Echos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01459015v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les pouvoirs du juge du divorce en matière de liquidation et de partage des intérêts patrimoniaux des époux après l'ordonnance du 15 octobre 2015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Douville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 32, pp.1-3</w:t>
-[...329 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Bensamoun</w:t>
+              <w:t xml:space="preserve">, 2015, 323, pp.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Principe indemnitaire et droit fiscal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre-François Cuif</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Douet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale du droit des assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8-9, pp.386</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La combinaison des demandes en divorce pour altération définitive du lien conjugal et pour faute</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...6114 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
-              <w:r>
-[...1207 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mauger-Vielpeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 42, pp.2831-2834</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9671,51 +9671,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Sébastien Borghetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Choné-Grimaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Douville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9900,173 +9900,173 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Blockchain et partage de données</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Douville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patrick Barban; Magali Jaouen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Structures et usages de la blockchain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz; Lefebvre Dalloz, pp.167-178, 2024, (Thèmes &amp; commentaires. Actes), 978-2-247-22854-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04698132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quelle protection contre l'illectronisme ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Douville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thibault Douville. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le renouvellement du droit civil sous l'influence du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lefebvre Dalloz, pp.21-36, 2024, (Thèmes et commentaires), 978-2-247-20845-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04698025v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04698132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel droit pour les plateformes ? Rapport de synthèse</w:t>
               </w:r>
@@ -10367,51 +10367,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05487713v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Douville" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05487755v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05487602v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036590v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036593v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Netter" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05159725v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05171054v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036587v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036589v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036591v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036588v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036592v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740669v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04773529v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04773496v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04696648v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04587913v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04769456v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557449v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bl&#233;ry" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04773530v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740672v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740671v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04620578v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04376484v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740670v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515062v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bensamoun" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Cuif" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04620579v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04620580v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377676v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03948462v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04072404v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04077349v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377664v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04077324v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04411683v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04347151v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377675v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377679v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04131883v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377674v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377665v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419669v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Porcher" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03735565v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03712158v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03542646v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03815987v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751043v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Gabroy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03735568v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03547274v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705898v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767509v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ride.353.0029" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03781701v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605414v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gaudin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03225857v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03218353v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03274216v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03702608v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03264063v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604835v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479788v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03122101v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03346965v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407234v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522337v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03080638v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03129053v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Hervochon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie No&#235;l" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Paquier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crdf.6462" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970195v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528352v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02503812v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02452528v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02540533v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02487224v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02941933v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522341v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03720842v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451584v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450815v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451581v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450020v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450145v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Teboul" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450873v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451536v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205085v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451569v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205097v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451510v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205110v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02217143v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216448v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216277v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216083v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216881v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216197v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449220v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01815432v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Safi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216223v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02217130v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02217087v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205138v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205146v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205116v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215948v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449179v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01843848v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215910v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02217107v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02217098v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205152v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215648v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449101v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205197v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01458981v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Chon&#233;-Grimaldi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215407v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mauger-Vielpeau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216660v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205184v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215596v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215413v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205191v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205201v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01459015v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216643v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205203v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215037v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Batteur" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205205v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205211v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Douet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205217v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02213888v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02210923v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04821392v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cassar" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pailler" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Marquier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Petel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03978444v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bachert-Peretti" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698023v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Balat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Borghetti" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377659v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751046v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698025v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698132v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698134v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698133v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05487755v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Douville" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05487713v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05487602v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05171054v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05159725v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Netter" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036593v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036590v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036589v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036591v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036588v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036587v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036592v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04587913v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04769456v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557449v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bl&#233;ry" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04696648v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740669v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04773529v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04773496v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04620578v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04376484v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04773530v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740672v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740671v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740670v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515062v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bensamoun" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Cuif" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04620579v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04620580v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419669v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Porcher" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04072404v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04077349v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377676v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03948462v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377664v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04077324v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04411683v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377675v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377679v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04131883v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04347151v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377674v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377665v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03781701v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705898v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767509v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ride.353.0029" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03542646v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03735565v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03712158v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03815987v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751043v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Gabroy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03547274v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03735568v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522337v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03218353v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605414v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gaudin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03225857v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03702608v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03264063v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03274216v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604835v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479788v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03122101v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407234v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03346965v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02452528v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02540533v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02487224v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02941933v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522341v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03720842v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03129053v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Hervochon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie No&#235;l" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Paquier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crdf.6462" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03080638v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970195v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528352v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02503812v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450815v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451581v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451584v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451536v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450020v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450145v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Teboul" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450873v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205085v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451569v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205097v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451510v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205110v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02217130v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216448v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216277v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216083v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02217143v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216197v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216881v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449220v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01815432v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Safi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216223v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205152v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205138v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205146v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205116v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02217087v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449179v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215948v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02217107v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02217098v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215910v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01843848v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215413v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205191v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mauger-Vielpeau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205201v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215648v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449101v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205197v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01458981v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Chon&#233;-Grimaldi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215407v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216660v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205184v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215596v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205217v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216643v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205203v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215037v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Batteur" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01459015v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205205v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03205211v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Douet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02213888v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02210923v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04821392v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cassar" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pailler" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Marquier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Petel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03978444v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bachert-Peretti" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698023v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Balat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Borghetti" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377659v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751046v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698132v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698025v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698134v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698133v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>