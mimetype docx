--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -147,97 +147,97 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (32)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (33)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Acute High-Intensity Activity on Perceptual Decision-Making Dynamics</w:t>
+                <w:t xml:space="preserve">The impact of acute high-intensity activity on perceptual decision-making dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davranche Karen</w:t>
+                <w:t xml:space="preserve">Karen Davranche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -247,3321 +247,3438 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cognitive, Affective, and Behavioral Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, Special Issue/Neuroscience of Effort, </w:t>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1101/2023.02.14.528466⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3758/s13415-025-01372-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05358060v1</w:t>
+                <w:t xml:space="preserve">hal-05548892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Gated Cascade Diffusion Model: An Integrated Theory of Decision Making, Motor Preparation, and Motor Execution</w:t>
+                <w:t xml:space="preserve">The Impact of Acute High-Intensity Activity on Perceptual Decision-Making Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Dendauw</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Davranche Karen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Hays</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychological Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/rev0000464⟩</w:t>
+              <w:t xml:space="preserve">Cognitive, Affective, and Behavioral Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, Special Issue/Neuroscience of Effort, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2023.02.14.528466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03924556v5</w:t>
+                <w:t xml:space="preserve">hal-05358060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Making precise movements increases confidence in perceptual decisions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Gated Cascade Diffusion Model: An Integrated Theory of Decision Making, Motor Preparation, and Motor Execution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Dendauw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gordon Logan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Haffen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Sanchez</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Djamila Bennabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cognition.2024.105832⟩</w:t>
+              <w:t xml:space="preserve">Psychological Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 131 (4), pp.825-857. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/rev0000464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04775357v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03924556v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Overconfidence Bias Influences Suboptimality in Perceptual Decision Making</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Making precise movements increases confidence in perceptual decisions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Courant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Hainguerlot</w:t>
+                <w:t xml:space="preserve">Andrea Desantis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent de Gardelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Psychology. Human Perception and Performance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/xhp0001091⟩</w:t>
+              <w:t xml:space="preserve">Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 249, pp.105832. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cognition.2024.105832⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04197403v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailored Recommendations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How Overconfidence Bias Influences Suboptimality in Perceptual Decision Making</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Hainguerlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Danan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Tallon</w:t>
+                <w:t xml:space="preserve">Vincent de Gardelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Choice and Welfare</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00355-020-01295-7⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Psychology. Human Perception and Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 49 (4), pp.537-548. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/xhp0001091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02973924v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04197403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of a speed ascent to the top of Europe on cognitive function in elite climbers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tailored Recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Danan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Champigneulle</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Marc Tallon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00421-021-04855-6⟩</w:t>
+              <w:t xml:space="preserve">Social Choice and Welfare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 60, pp.15-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00355-020-01295-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03800326v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02973924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of a speed ascent to the top of Europe on cognitive function in elite climbers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Champigneulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Davranche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Vincent Brugniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Baillieul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 122 (3), pp.635-649. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00421-021-04855-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04821006v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03800326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrated theory of deciding and acting.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gordon D Logan</w:t>
+                <w:t xml:space="preserve">Effect of a speed ascent to the top of Europe on cognitive function in elite climbers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Champigneulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Davranche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Vincent Brugniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Baillieul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Psychology: General</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/xge0001063⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 122 (3), pp.635-649. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00421-021-04855-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03512873v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04821006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Confidence Database</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An integrated theory of deciding and acting.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Servant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gordon D Logan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan J Evans</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Human Behaviour</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41562-019-0813-1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Psychology: General</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/xge0001063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02958766v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03512873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A measure of the interference effect distribution</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Confidence Database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dobromir Rahnev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kobe Desender</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Aguilar-Lleyda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavior Research Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3758/s13428-019-01339-6⟩</w:t>
+              <w:t xml:space="preserve">Nature Human Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (3), pp.317-325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41562-019-0813-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02992892v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02958766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revealing subthreshold motor contributions to perceptual confidence</w:t>
+                <w:t xml:space="preserve">A measure of the interference effect distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Servant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hasbroucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Davranche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience of Consciousness</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nc/niz001⟩</w:t>
+              <w:t xml:space="preserve">Behavior Research Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 52 (4), pp.1629-1639. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3758/s13428-019-01339-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02096470v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02992892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Social Decisions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Revealing subthreshold motor contributions to perceptual confidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Tallon</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen M Fleming</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Saez Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Weindel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Davranche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Economic Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1257/aer.20150678⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience of Consciousness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nc/niz001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01415412v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02096470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The subjective value of a life with Down syndrome: Evidence from amniocentesis decision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Garrouste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Geoffard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Economic Behavior and Organization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 127, pp.59-69. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jebo.2016.04.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jebo.2016.04.014⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01314369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metacognition about the past and future: quantifying common and distinct influences on prospective and retrospective judgments of self-performance</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Massoni</w:t>
+                <w:t xml:space="preserve">Robust Social Decisions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Danan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Hill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Tallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience of Consciousness</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nc/niw018⟩</w:t>
+              <w:t xml:space="preserve">American Economic Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 106 (9), pp.2407 - 2425. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1257/aer.20150678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01387568v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01415412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harsanyi's aggregation theorem with incomplete preferences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Danan</w:t>
+                <w:t xml:space="preserve">Metacognition about the past and future: quantifying common and distinct influences on prospective and retrospective judgments of self-performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen M. Fleming</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Massoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Tallon</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Economic Journal: Microeconomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 7 (1), pp.61-69. </w:t>
+              <w:t xml:space="preserve">Neuroscience of Consciousness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1257/mic.20130117⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nc/niw018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00964299v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01387568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decisions with conflicting and imprecise information</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Harsanyi's aggregation theorem with incomplete preferences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Danan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Tallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Choice and Welfare</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 41 (2), pp.427-452. </w:t>
+              <w:t xml:space="preserve">American Economic Journal: Microeconomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7 (1), pp.61-69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00355-012-0691-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1257/mic.20130117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00443075v1</w:t>
+                <w:t xml:space="preserve">hal-00964299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aggregating sets of von Neumann-Morgenstern utilities</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Decisions with conflicting and imprecise information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Tallon</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Economic Theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 148 (2), pp.663-688. </w:t>
+              <w:t xml:space="preserve">Social Choice and Welfare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 41 (2), pp.427-452. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jet.2012.12.018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00355-012-0691-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00788647v1</w:t>
+                <w:t xml:space="preserve">hal-00443075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regular updating</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Chateauneuf</w:t>
+                <w:t xml:space="preserve">Aggregating sets of von Neumann-Morgenstern utilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Danan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Jaffray</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Tallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theory and Decision</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11238-010-9203-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Economic Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 148 (2), pp.663-688. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jet.2012.12.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00455779v1</w:t>
+                <w:t xml:space="preserve">halshs-00788647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Representation and aggregation of preferences under uncertainty</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Regular updating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Chateauneuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Jaffray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Economic Theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 141 (1), pp.68-99. </w:t>
+              <w:t xml:space="preserve">Theory and Decision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 71 (1), pp.111-128. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jet.2007.10.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11238-010-9203-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00266049v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00455779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attitude toward imprecise information</w:t>
+                <w:t xml:space="preserve">Representation and aggregation of preferences under uncertainty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Tallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Economic Theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 140 (1), pp.23-56. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jet.2007.09.002⟩</w:t>
+              <w:t xml:space="preserve">, 2008, 141 (1), pp.68-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jet.2007.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00451982v1</w:t>
+                <w:t xml:space="preserve">halshs-00266049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ignorant observer</w:t>
+                <w:t xml:space="preserve">Attitude toward imprecise information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Feriel Kandil</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takashi Hayashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Tallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Choice and Welfare</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00355-007-0274-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Economic Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 140 (1), pp.23-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jet.2007.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halshs-00177374v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00451982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidimensional Generalized Gini Indices</w:t>
+                <w:t xml:space="preserve">The ignorant observer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">John A. Weymark</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feriel Kandil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economic Theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00199-004-0529-x⟩</w:t>
+              <w:t xml:space="preserve">Social Choice and Welfare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 31 (2), pp.193-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00355-007-0274-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00085881v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00177374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decision Making with Imprecise Probabilistic Information</w:t>
+                <w:t xml:space="preserve">Multidimensional Generalized Gini Indices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John A. Weymark</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 40 (6), pp.647-681. </w:t>
+              <w:t xml:space="preserve">Economic Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 26 (3), pp.471-496. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmateco.2003.06.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00199-004-0529-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00086021v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00085881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unequal Uncertainties and Uncertain Inequalities: An Axiomatic Approach</w:t>
+                <w:t xml:space="preserve">Decision Making with Imprecise Probabilistic Information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Maurin</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Tallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Economic Theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jet.2003.07.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 40 (6), pp.647-681. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmateco.2003.06.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00085940v1</w:t>
+                <w:t xml:space="preserve">halshs-00086021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single Crossing Lorenz Curves and Inequality Comparisons</w:t>
+                <w:t xml:space="preserve">Unequal Uncertainties and Uncertain Inequalities: An Axiomatic Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maurin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Social Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 47 (1), pp.21-36. </w:t>
+              <w:t xml:space="preserve">Journal of Economic Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 116 (1), pp.93-118. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0165-4896(03)00078-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jet.2003.07.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00086028v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00085940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Principle of Strong Diminishing Transfer</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Single Crossing Lorenz Curves and Inequality Comparisons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Henry Wilthien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Economic Theory</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mathematical Social Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 47 (1), pp.21-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0165-4896(03)00078-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00085936v1</w:t>
+                <w:t xml:space="preserve">halshs-00086028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beliefs and Pareto Efficient Sets: A Remark</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Principle of Strong Diminishing Transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Chateauneuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Tallon</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Henry Wilthien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Economic Theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 106 (2), pp.467-471. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2002, 103 (2), pp.311-333</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00085912v1</w:t>
+                <w:t xml:space="preserve">halshs-00085936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fairness under Uncertainty</w:t>
+                <w:t xml:space="preserve">Beliefs and Pareto Efficient Sets: A Remark</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Tallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economics Bulletin</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Economic Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 106 (2), pp.467-471. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/jeth.2001.2899⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00086032v1</w:t>
+                <w:t xml:space="preserve">halshs-00085912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring Inequalities without Linearity in Envy Through Choquet Integral with Symmetric Capacities</w:t>
+                <w:t xml:space="preserve">Fairness under Uncertainty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Tallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Economic Theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 106 (1), pp.190-200</w:t>
+              <w:t xml:space="preserve">Economics Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 4 (18), pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00085888v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00086032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perception des probabilités et décision</w:t>
+                <w:t xml:space="preserve">Measuring Inequalities without Linearity in Envy Through Choquet Integral with Symmetric Capacities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Langlais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Risques : les cahiers de l'assurance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 49 (janvier-mars), pp.86-92</w:t>
+              <w:t xml:space="preserve">Journal of Economic Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 106 (1), pp.190-200</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05511068v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00085888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fondements axiomatiques de la mesure normative des inégalités</w:t>
+                <w:t xml:space="preserve">Perception des probabilités et décision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Langlais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'économie politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 5, pp.683-720</w:t>
+              <w:t xml:space="preserve">Risques : les cahiers de l'assurance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 49 (janvier-mars), pp.86-92</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00086039v1</w:t>
+                <w:t xml:space="preserve">hal-05511068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les fondements axiomatiques de la mesure normative des inégalités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'économie politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 5, pp.683-720</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00086039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'attitude des Français à l'égard des inégalités à la lumière du système de prélèvements socio-fiscal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lhommeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economie et Prévision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 142, pp.47-65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00086046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3571,166 +3688,166 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Action monitoring boosts perceptual confidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Davranche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Desantis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04744327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Impact of Acute High-Intensity Activity on Perceptual Decision-Making Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davranche Karen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3751,283 +3868,283 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04245503v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carbohydrate-electrolyte ingestion enhances cognitive performance during a cross-country mountain biking race</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Pomportes-Castagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Hays</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanick Brisswalter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Davranche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03365485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the nature of the joint Simon effect through electromyographic analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Davranche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Belletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carbonnell Laurence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02992934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4037,367 +4154,367 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Action planning modulates perceptual confidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Davranche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Desantis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASSC 25</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05043813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Action planning modulates perceptual confidence but not perceptual accuracy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Action planning modulates perceptual confidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Davranche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Desantis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CNS 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">ICON 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05044208v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05043595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Action planning modulates perceptual confidence</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Action planning modulates perceptual confidence but not perceptual accuracy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Davranche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Desantis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICON 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">CNS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05043595v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05044208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId129"/>
+      <w:footerReference w:type="default" r:id="rId131"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4465,51 +4582,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1EA3E175"/>
+    <w:nsid w:val="B722384C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4696,51 +4813,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thibault-gajdos" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6906-4836" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/058931783" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358060v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davranche Karen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Giraud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hays" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gajdos Preuss" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.02.14.528466" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924556v5" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Dendauw" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Evans" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Logan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Haffen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Bennabi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/rev0000464" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775357v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Sanchez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Courant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Desantis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2024.105832" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197403v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Hainguerlot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Vergnaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent de Gardelle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xhp0001091" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02973924v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Danan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tallon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-020-01295-7" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800326v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Champigneulle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Davranche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vincent Brugniaux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baillieul" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-021-04855-6" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821006v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512873v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Servant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon D Logan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan J Evans" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xge0001063" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958766v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dobromir Rahnev" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kobe Desender" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Lee" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Adler" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aguilar-Lleyda" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-019-0813-1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992892v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hasbroucq" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-019-01339-6" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096470v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen M Fleming" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Saez Garcia" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Weindel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nc/niz001" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415412v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Hill" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1257/aer.20150678" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01314369v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Garrouste" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Geoffard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2016.04.014" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BPCFGNHZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387568v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen M. Fleming" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Massoni" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nc/niw018" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964299v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1257/mic.20130117" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443075v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-012-0691-1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00788647v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jet.2012.12.018" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455779v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chateauneuf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Jaffray" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11238-010-9203-x" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00266049v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jet.2007.10.001" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00451982v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Hayashi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jet.2007.09.002" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00177374v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Kandil" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-007-0274-8" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A19B418C176F0CD77C21B8922473F8937AFA454E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00085881v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John A. Weymark" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00199-004-0529-x" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00086021v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmateco.2003.06.004" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00085940v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maurin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jet.2003.07.008" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00086028v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0165-4896(03)00078-7" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00085936v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henry Wilthien" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00085912v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jeth.2001.2899" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00086032v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00085888v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511068v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Langlais" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00086039v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00086046v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lhommeau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744327v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Sanchez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245503v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365485v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pomportes-Castagnet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanick Brisswalter" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992934v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Belletier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carbonnell Laurence" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Vidal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043813v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044208v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043595v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thibault-gajdos" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6906-4836" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/058931783" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548892v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Davranche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Giraud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hays" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gajdos Preuss" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13415-025-01372-3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358060v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davranche Karen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.02.14.528466" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924556v5" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Dendauw" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Evans" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Logan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Haffen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Bennabi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/rev0000464" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775357v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Sanchez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Courant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Desantis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2024.105832" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197403v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Hainguerlot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Vergnaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent de Gardelle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xhp0001091" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02973924v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Danan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tallon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-020-01295-7" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800326v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Champigneulle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vincent Brugniaux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baillieul" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-021-04855-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821006v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512873v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Servant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon D Logan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan J Evans" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xge0001063" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958766v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dobromir Rahnev" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kobe Desender" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Lee" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Adler" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aguilar-Lleyda" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-019-0813-1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992892v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hasbroucq" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-019-01339-6" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096470v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen M Fleming" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Saez Garcia" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Weindel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nc/niz001" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01314369v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Garrouste" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Geoffard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2016.04.014" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BPCFGNHZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415412v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Hill" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1257/aer.20150678" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387568v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen M. Fleming" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Massoni" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nc/niw018" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964299v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1257/mic.20130117" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443075v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-012-0691-1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00788647v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jet.2012.12.018" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455779v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chateauneuf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Jaffray" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11238-010-9203-x" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00266049v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jet.2007.10.001" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00451982v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Hayashi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jet.2007.09.002" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00177374v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Kandil" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-007-0274-8" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A19B418C176F0CD77C21B8922473F8937AFA454E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00085881v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John A. Weymark" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00199-004-0529-x" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00086021v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmateco.2003.06.004" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00085940v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maurin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jet.2003.07.008" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00086028v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0165-4896(03)00078-7" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00085936v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henry Wilthien" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00085912v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jeth.2001.2899" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00086032v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00085888v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511068v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Langlais" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00086039v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00086046v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lhommeau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744327v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Sanchez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245503v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365485v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pomportes-Castagnet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanick Brisswalter" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992934v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Belletier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carbonnell Laurence" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Vidal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043813v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043595v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044208v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>