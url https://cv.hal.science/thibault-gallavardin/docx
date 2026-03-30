--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -948,312 +948,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250209v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsymmetrical boron diketonates containing strong electron-donating groups as mechanochromic fluorescent solids</w:t>
+                <w:t xml:space="preserve">Synthesis of indazole-benzothiadiazole push-pull molecules as solid-state fluorescent compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nawel Mehiaoui</w:t>
+                <w:t xml:space="preserve">Margot Boujut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Leleu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Noureddine Choukchou-Braham</w:t>
+                <w:t xml:space="preserve">Jean-Elie Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Franck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Gallavardin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dyes and Pigments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dyepig.2022.110829⟩</w:t>
+              <w:t xml:space="preserve">ARKIVOC - Online Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2024 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24820/ark.5550190.p012.096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03824299v1</w:t>
+                <w:t xml:space="preserve">hal-04278568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of indazole-benzothiadiazole push-pull molecules as solid-state fluorescent compounds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unsymmetrical boron diketonates containing strong electron-donating groups as mechanochromic fluorescent solids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nawel Mehiaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margot Boujut</w:t>
+                <w:t xml:space="preserve">Zahira Kibou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Elie Zheng</w:t>
+                <w:t xml:space="preserve">Noureddine Choukchou-Braham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Franck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ARKIVOC - Online Journal of Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 2024 (2), </w:t>
+              <w:t xml:space="preserve">Dyes and Pigments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 208, pp.110829. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24820/ark.5550190.p012.096⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dyepig.2022.110829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04278568v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03824299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indazole versus indole-based cationic merocyanines with red shifted in-cellulo emission for selective mitochondria imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Boujut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1477,90 +1477,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel bis-(3-cyano-2-pyridones) derivatives: synthesis and fluorescent properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nawel Mehiaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahira Kibou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gallavardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Franck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1918,51 +1918,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Schapman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Mougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Lascoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4298,234 +4298,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epicocconone story, from natural product to TPA protein fluorescent marker</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introducing indazoles in pi-conjugated systems: from an exotic electron donor to in cellulo fluorescent imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boujut Margot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gallavardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Franck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International workshop on nano and bio-photonics (IWNBP, 5, 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Saint-Nectaire, France</w:t>
+              <w:t xml:space="preserve">Semaine d'études en chimie organique (SECO, 56, 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, La Clusaz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02354547v1</w:t>
+                <w:t xml:space="preserve">hal-02404324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introducing indazoles in pi-conjugated systems: from an exotic electron donor to in cellulo fluorescent imaging</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Epicocconone story, from natural product to TPA protein fluorescent marker</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gallavardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Franck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semaine d'études en chimie organique (SECO, 56, 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, La Clusaz, France</w:t>
+              <w:t xml:space="preserve">International workshop on nano and bio-photonics (IWNBP, 5, 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Saint-Nectaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02404324v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02354547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indazoles: from medicinal chemistry to fluorescent probes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boujut Margot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gallavardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5274,51 +5274,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404530v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marchi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayan Hachem" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gallavardin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Franck" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Legros" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CC05911A" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419511v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5OB01732G" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229334v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;elie Zheng" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202500228" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391465v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Martins" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Nsubuga" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Fayad" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruifang Su" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.5c02176" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383134v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Doche" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Poisson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Besset" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceur.202500041" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909167v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Iyanu Diriwari" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Connor Payne" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Mazitschek" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niko Hildebrandt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anse.202400059" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250209v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Haye" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Knighton" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Combes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jeannin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202301016" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824299v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Mehiaoui" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Leleu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahira Kibou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Choukchou-Braham" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2022.110829" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04278568v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Boujut" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Elie Zheng" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24820/ark.5550190.p012.096" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824553v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chevalier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Schapman" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie B&#233;nard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Galas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2021.109988" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217020v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Mulas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Norel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rigaut" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Brosseau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c10287" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03114546v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11164-020-04373-8" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155390v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tabero" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriol Planas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Nieves" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santi Nonell" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano10122474" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02955268v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bekri" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Desriac" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Barreau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Clamens" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2020.127580" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02170780v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Oger" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mougeot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Lascoux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201902731" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01874039v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Benard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lehner" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors6030040" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848949v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mettra" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Liao" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gallavardin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Armagnat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pitrat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CP06535C" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02024488v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaaziz Ouahrouch" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Arnaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ra01546e" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046308v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Perraudeau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Boulang&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2017.02.034" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3K8VWN02-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02383368v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bresol&#237;-Obach" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Nos" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Ruiz-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules20046284" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354485v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CC09070E" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02383361v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Tran" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Petit" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Slimi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Dhimane" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol5035035" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02383445v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Dunkel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ogden" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4OB01551G" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02383418v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bort" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Dalko" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201204203" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T0MHDV5D-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867664v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cepraga" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Marotte" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Lanoe" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Mulatier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2py20565c" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245556v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Mettra" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Monnereau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Andraud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2007265" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113591v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Lano&#235;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Dupin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maury" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice L. Baldeck" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2ob25536g" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113592v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Armagnat" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Lindgren" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2cc15904j" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02383436v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roger" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol3031704" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291941v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Maurin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timea Simon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Gabudean" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0PP00381F" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292004v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Zaiba" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Lerouge" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Focsan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lerm&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl2004847" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245569v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Maria Gabudean" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lerouge" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Iosin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2011.03.017" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T0D96MGF-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354547v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02404324v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boujut Margot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02404336v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910757v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Adjili" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Massin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971444v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Philippot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zaiba" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.877759" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889614v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norihisa Kobayashi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahima Ouchen" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.895984" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02383458v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/book/10.1002/9783527658862" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527658862.ch39" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404530v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marchi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayan Hachem" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gallavardin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Franck" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Legros" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CC05911A" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419511v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5OB01732G" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229334v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;elie Zheng" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202500228" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391465v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Martins" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Nsubuga" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Fayad" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruifang Su" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.5c02176" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383134v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Doche" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Poisson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Besset" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceur.202500041" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909167v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Iyanu Diriwari" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Connor Payne" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Mazitschek" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niko Hildebrandt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anse.202400059" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250209v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Haye" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Knighton" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Combes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jeannin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202301016" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04278568v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Boujut" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Elie Zheng" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24820/ark.5550190.p012.096" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824299v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Mehiaoui" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Leleu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahira Kibou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Choukchou-Braham" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2022.110829" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824553v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chevalier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Schapman" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie B&#233;nard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Galas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2021.109988" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217020v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Mulas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Norel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rigaut" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Brosseau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c10287" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03114546v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11164-020-04373-8" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155390v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tabero" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriol Planas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Nieves" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santi Nonell" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano10122474" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02955268v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bekri" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Desriac" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Barreau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Clamens" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2020.127580" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02170780v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Oger" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mougeot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Lascoux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201902731" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01874039v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Benard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lehner" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors6030040" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848949v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mettra" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Liao" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gallavardin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Armagnat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pitrat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CP06535C" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02024488v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaaziz Ouahrouch" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Arnaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ra01546e" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046308v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Perraudeau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Boulang&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2017.02.034" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3K8VWN02-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02383368v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bresol&#237;-Obach" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Nos" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Ruiz-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules20046284" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354485v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CC09070E" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02383361v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Tran" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Petit" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Slimi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Dhimane" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol5035035" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02383445v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Dunkel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ogden" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4OB01551G" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02383418v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bort" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Dalko" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201204203" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T0MHDV5D-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867664v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cepraga" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Marotte" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Lanoe" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Mulatier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2py20565c" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245556v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Mettra" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Monnereau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Andraud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2007265" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113591v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Lano&#235;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Dupin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maury" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice L. Baldeck" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2ob25536g" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113592v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Armagnat" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Lindgren" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2cc15904j" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02383436v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roger" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol3031704" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291941v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Maurin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timea Simon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Gabudean" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0PP00381F" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292004v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Zaiba" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Lerouge" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Focsan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lerm&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl2004847" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245569v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Maria Gabudean" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lerouge" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Iosin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2011.03.017" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T0D96MGF-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02404324v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boujut Margot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354547v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02404336v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910757v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Adjili" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Massin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971444v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Philippot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zaiba" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.877759" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889614v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norihisa Kobayashi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahima Ouchen" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.895984" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02383458v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/book/10.1002/9783527658862" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527658862.ch39" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>