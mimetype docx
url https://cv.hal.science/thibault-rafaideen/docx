--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -73,1475 +73,2905 @@
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> IdHAL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">thibault-rafaideen</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ORCID : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">0000-0002-6437-8681</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdRef : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">242144470</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> VIAF : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">119158125216014932893</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the electrooxidation of polyols issued from biomass resources for application as liquid organic hydrogen carriers (LOHC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Issam Nciri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roméo Kouamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesus Gonzalez-Cobos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electroanalytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 1009, pp.119994. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jelechem.2026.119994⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05530350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrocatalytic transformation of biosourced organic molecules</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Highly dispersed Pt–Fe–Ru nanoparticles on mesoporous bio-based hydrochar for effective oxygen reduction reactions in acidic and alkaline electrolytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Mehdi Chatir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Coutanceau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Electrochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 529, pp.146353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2025.146353⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.coelec.2023.101210⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04058149v1</w:t>
+                <w:t xml:space="preserve">hal-05055092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisited Mechanisms for Glucose Electrooxidation at Platinum and Gold Nanoparticles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Selective electrooxidation of glucose towards gluconic acid on Ni@Au foam electrodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwann Ginoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Théo Faverge</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Cognet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Latapie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Maillard</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christophe Coutanceau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrocatalysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 509, pp.145307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2024.145307⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12678-022-00774-y⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03894298v1</w:t>
+                <w:t xml:space="preserve">hal-04866132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electroreforming of glucose/xylose mixtures on PdAu based nanocatalysts</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Glucose electrooxidation on carbon supported NiAu electrocatalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weliton Silva Fonseca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Kahri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Têko W. Napporn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Coutanceau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemElectroChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/celc.202101575⟩</w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 510, pp.145367. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2024.145367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03516506v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective Electrooxidation of Glycerol to Formic Acid over Carbon Supported Ni 1– x M x (M = Bi, Pd, and Au) Nanocatalysts and Coelectrolysis of CO 2</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Highly active Ptx(SnO2)100-x/C catalysts towards the hydrogen oxidation reaction and tolerant to the presence of carbon monoxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koffi Franck Bouho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Houache</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Weliton Silva Fonseca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sirine Ben Latifa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gianluigi Botton</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Pailloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 260, pp.115194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matdes.2025.115194⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsaem.0c01282⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03103677v1</w:t>
+                <w:t xml:space="preserve">hal-05383828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electroreforming of Glucose and Xylose in Alkaline Medium at Carbon Supported Alloyed Pd3Au7 Nanocatalysts: Effect of Aldose Concentration and Electrolysis Cell Voltage</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Selective glucose electro-oxidation catalyzed by TEMPO on graphite felt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwann Ginoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bitty Roméo Serge Kouamé</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Cognet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stève Baranton</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Laure Latapie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Coutanceau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clean Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cleantechnol2020013⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12, pp.1393860. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fchem.2024.1393860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03103666v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04607483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly efficient and selective electrooxidation of glucose and xylose in alkaline medium at carbon supported alloyed PdAu nanocatalysts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Design of Experiments for Optimized Synthesis of Carbon‐Supported Ni Nanoparticles: A Green Chemistry Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Rigoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Coutanceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Têko W Napporn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2018.11.006⟩</w:t>
+              <w:t xml:space="preserve">ChemElectroChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/celc.202400189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02274306v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04607492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Behaviour of Pt$_{10-x}$Ru$_x$/C catalysts towards the hydrogen oxidation reaction in acidic medium in the presence of adsorbed CO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koffi F. Bouho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Têko W Napporn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coutanceau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 498, pp.144697. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2024.144697⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electrocatalytic transformation of biosourced organic molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coutanceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neha Neha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current Opinion in Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38, pp.101210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.coelec.2023.101210⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revisited Mechanisms for Glucose Electrooxidation at Platinum and Gold Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neha Neha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Faverge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marian Chatenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Electrocatalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.121-130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12678-022-00774-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03894298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electroreforming of glucose/xylose mixtures on PdAu based nanocatalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Rafaideen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stève Baranton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coutanceau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ChemElectroChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9 (2), pp.e202101575. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/celc.202101575⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03516506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selective Electrooxidation of Glycerol to Formic Acid over Carbon Supported Ni 1– x M x (M = Bi, Pd, and Au) Nanocatalysts and Coelectrolysis of CO 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Houache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reza Safari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uzoma Nwabara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianluigi Botton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.8725-8738. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.0c01282⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electroreforming of Glucose and Xylose in Alkaline Medium at Carbon Supported Alloyed Pd3Au7 Nanocatalysts: Effect of Aldose Concentration and Electrolysis Cell Voltage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neha Neha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bitty Roméo Serge Kouamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stève Baranton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coutanceau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clean Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (2), pp.184-203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cleantechnol2020013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pd-Shaped Nanoparticles Modified by Gold ad-Atoms: Effects on Surface Structure and Activity Toward Glucose Electrooxidation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stève Baranton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Coutanceau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 7, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fchem.2019.00453⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03103822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Highly efficient and selective electrooxidation of glucose and xylose in alkaline medium at carbon supported alloyed PdAu nanocatalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Baranton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coutanceau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 243, pp.641-656. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2018.11.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02274306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glycerol oxidation by novel Nickel electrocatalysts synthesized by exsolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesús González-Cobos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucian Roiban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Djerroud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Diot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Energie du CNRS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N-doped Carbon shell as a protective molecular sieve for CO tolerant PEMFC Pt-based catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coutanceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weliton Silva Fonseca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Koffi Bouho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Têko W. Napporn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Canadian Chemistry Conference and Exhibition (CSC 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Canadian Society for Chemistry, Jun 2025, Ottawa, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05547010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Materials with strong metal-oxide interaction (SMOSI) highly efficient for HOR and tolerant to the presence of CO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koffi F. Bouho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weliton Silva Fonseca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Têko W. Napporn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coutanceau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">247th ECS Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Electrochemical Society, May 2025, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zirconium oxynitrides thin films by reactive magnetron sputtering for the oxygen reduction reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amael Caillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumya Atmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coutanceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Valange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E-MRS 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Strasbourg (67), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04291407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’hydrogène comme coproduit de la conversion électrocatalytique du glucose en composés à haute valeur ajoutée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Faverge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neha Neha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bonnefont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3èmes plénières de la FRH2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération de recherche hydrogène (FRH2), May 2023, Saint-Gilles-les-Bains (Île de La Réunion), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04647083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zirconium-based nanocatalysts by sputtering onto glycerol and solid carbon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumya Atmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seyedehsara Fazeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLATHINIUM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, ANTIBES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04243652v1</w:t>
-              </w:r>
-[...155 lines deleted...]
-                <w:t xml:space="preserve">hal-04291407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l'activation électro-catalytique de composés issus de la biomasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Rafaïdeen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Catalyse. Université de Poitiers, 2019. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2019POIT2276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02490836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId54"/>
+      <w:footerReference w:type="default" r:id="rId96"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1609,51 +3039,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5D9BA50C"/>
+    <w:nsid w:val="6E86DF18"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1840,51 +3270,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thibault-rafaideen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530350v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Nciri" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;o Kouam&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rafa&#239;deen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lamy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Gonzalez-Cobos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2026.119994" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058149v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coutanceau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neha Neha" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2023.101210" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03894298v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Faverge" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Maillard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Chatenet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12678-022-00774-y" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03516506v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rafaideen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#232;ve Baranton" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202101575" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103677v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Houache" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Safari" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uzoma Nwabara" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluigi Botton" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.0c01282" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103666v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bitty Rom&#233;o Serge Kouam&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cleantechnol2020013" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274306v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Baranton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2018.11.006" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103822v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2019.00453" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243652v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumya Atmane" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyedehsara Fazeli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Millon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Brault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Thomann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291407v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amael Caillard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Valange" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02490836v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019POIT2276" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thibault-rafaideen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6437-8681" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/242144470" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/119158125216014932893" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530350v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Nciri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;o Kouam&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rafa&#239;deen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lamy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Gonzalez-Cobos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2026.119994" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055092v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mehdi Chatir" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Thomas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coutanceau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2025.146353" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866132v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Ginoux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cognet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Latapie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.145307" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814313v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weliton Silva Fonseca" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Kahri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#234;ko W. Napporn" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.145367" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383828v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koffi Franck Bouho" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Ben Latifa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pailloux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2025.115194" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607483v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2024.1393860" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607492v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Rigoulet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#234;ko W Napporn" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202400189" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650780v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koffi F. Bouho" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.144697" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058149v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neha Neha" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2023.101210" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03894298v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Faverge" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Maillard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Chatenet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12678-022-00774-y" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03516506v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rafaideen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#232;ve Baranton" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202101575" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103677v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Houache" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Safari" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uzoma Nwabara" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluigi Botton" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.0c01282" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103666v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bitty Rom&#233;o Serge Kouam&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cleantechnol2020013" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103822v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2019.00453" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274306v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Baranton" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2018.11.006" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984233v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Gonz&#225;lez-Cobos" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Roiban" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Djerroud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Diot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547010v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Koffi Bouho" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055517v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291407v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amael Caillard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumya Atmane" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Brault" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Valange" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647083v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gilles" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnefont" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243652v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyedehsara Fazeli" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Millon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Thomann" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02490836v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019POIT2276" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>