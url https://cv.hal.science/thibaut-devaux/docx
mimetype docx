--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -209,3171 +209,3430 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic water display</w:t>
+                <w:t xml:space="preserve">Subwavelength imaging with a zero-mass sonic meta-atom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félix Sisombat</w:t>
+                <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Devaux</w:t>
+                <w:t xml:space="preserve">Eun Bok</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Callé</w:t>
+                <w:t xml:space="preserve">Jong Park</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jere Hyvönen</w:t>
+                <w:t xml:space="preserve">Sam Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axi Holmström</w:t>
+                <w:t xml:space="preserve">Motonobu Tomoda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (1), pp.34337. </w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 12 (10), </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-16755-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.adz9172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05295964v1</w:t>
+                <w:t xml:space="preserve">hal-05537743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring of polymer viscosity by simultaneous ultrasonic and rheological measurements at high and varying temperatures</w:t>
+                <w:t xml:space="preserve">Acoustic water display</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nesrine Houhat</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Félix Sisombat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Callé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Boucaud Gauchet</w:t>
+                <w:t xml:space="preserve">Jere Hyvönen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axi Holmström</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0251850⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.34337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-16755-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04997984v1</w:t>
+                <w:t xml:space="preserve">hal-05295964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contactless deformation of fluid interfaces by acoustic radiation pressure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monitoring of polymer viscosity by simultaneous ultrasonic and rheological measurements at high and varying temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nesrine Houhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félix Sisombat</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Callé</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laksana Saengdee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Boucaud Gauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-023-39464-0⟩</w:t>
+              <w:t xml:space="preserve">AIP Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (3), pp.035235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0251850⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04207248v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04997984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water–air interface deformation by transient acoustic radiation pressure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contactless deformation of fluid interfaces by acoustic radiation pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Sisombat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félix Sisombat</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Haumesser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Callé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0112969⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (1), pp.14703. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-023-39464-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03843079v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04207248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giant extraordinary transmission of acoustic waves through a nanowire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Water–air interface deformation by transient acoustic radiation pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Sisombat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. H Otsuka</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lionel Haumesser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Callé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 6 (10), pp.eaay8507. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 132 (17), pp.174901. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciadv.aay8507⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0112969⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02517226v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic radiation pressure for nonreciprocal transmission and switch effects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Giant extraordinary transmission of acoustic waves through a nanowire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro Cebrecos</w:t>
+                <w:t xml:space="preserve">H. Tozawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Richoux</w:t>
+                <w:t xml:space="preserve">P. H Otsuka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Pagneux</w:t>
+                <w:t xml:space="preserve">S. Mezil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Tournat</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Tomoda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10 (1), </w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (10), pp.eaay8507. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-019-11305-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.aay8507⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02193440v1</w:t>
+                <w:t xml:space="preserve">hal-02517226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetric Acoustic Propagation of Wave Packets Via the Self-Demodulation Effect</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Acoustic radiation pressure for nonreciprocal transmission and switch effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Cebrecos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Richoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Pagneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Tournat</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Pagneux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.234301⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-019-11305-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02177984v1</w:t>
+                <w:t xml:space="preserve">hal-02193440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Asymmetric Acoustic Propagation of Wave Packets Via the Self-Demodulation Effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Tournat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Richoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Pagneux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 115 (23), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.234301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02177984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Simplified account of Rayleigh streaming for the description of nonlinear processes leading to steady state sound in thermoacoustic engines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Penelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Guédra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitali Goussev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 55 (21-22), pp.6042-6053. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2012.06.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02057399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental monitoring of polyethylene viscosity during rotomolding by ultrasonic nondestructive method</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Characterization of functionnal bio-based polymers for high frequencies medical imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romann Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Tran-Van</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Schmaltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marielle Defontaine</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Boucaud-Gauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anglo-French Physical Acoustics Conference (AFPAC 2026)</w:t>
+              <w:t xml:space="preserve">AFPAC 2026</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2026, Bristol, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05466612v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focalisation sub-longueur d’onde des ondes élastiques de volume dans la gamme du MHz</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marc Lethiecq</w:t>
+                <w:t xml:space="preserve">Experimental monitoring of polyethylene viscosity during rotomolding by ultrasonic nondestructive method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nesrine Houhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Plag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Trarieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Defontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Anglo-French Physical Acoustics Conference (AFPAC 2026)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2026, Bristol, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05364504v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymer viscosity monitoring with temperature using in situ ultrasonic method in a rheometer chamber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Houhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Callé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laksana Saengdee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Boucaud Gauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anglo-French Physical Acoustics Conference (AFPAC 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Chedigny, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05466610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi de la Viscosité des Polymères par Méthode Ultrasonore in situ dans la Chambre du Rhéomètre</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nesrine Houhat</w:t>
+                <w:t xml:space="preserve">Focalisation sub-longueur d’onde des ondes élastiques de volume dans la gamme du MHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiacheng Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Haumesser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Rouffaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Devaux</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Severine Boucaud-Gauchet</w:t>
+                <w:t xml:space="preserve">Eun Bok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05363630v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05364504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub-Wavelength Energy Focusing Through a Fabry-Pérot Based MHz Elastic Extraordinary Acoustic Transmission System</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Suivi de la Viscosité des Polymères par Méthode Ultrasonore in situ dans la Chambre du Rhéomètre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nesrine Houhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marc Lethiecq</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Callé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laksana Saengdee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Boucaud-Gauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE Ultrasonics, Ferroelectrics, and Frequency Control Joint Symposium (UFFC-JS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05050838v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05363630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical study of a Fabry-Perot based elastic EAT system at MHz regime</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Sub-Wavelength Energy Focusing Through a Fabry-Pérot Based MHz Elastic Extraordinary Acoustic Transmission System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiacheng Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Rouffaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eun Bok</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anglo-French Physical Acoustics Conference 2024 (AFPAC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 IEEE Ultrasonics, Ferroelectrics, and Frequency Control Joint Symposium (UFFC-JS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Taipei, Taiwan. pp.1-3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/UFFC-JS60046.2024.10793856⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05384130v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05050838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous ultrasonic and rheological monitoring of medium density polyethylene with temperature in a rheometer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laksana Saengdee</w:t>
+                <w:t xml:space="preserve">Numerical study of a Fabry-Perot based elastic EAT system at MHz regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiacheng Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Haumesser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Rouffaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Devaux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Séverine Boucaud Gauchet</w:t>
+                <w:t xml:space="preserve">Eun Bok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anglo-French Physical Acoustics Conference 2024 (AFPAC),</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2024, Loch Lomond, United Kingdom</w:t>
+              <w:t xml:space="preserve">Anglo-French Physical Acoustics Conference 2024 (AFPAC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IOP; SFA, Jan 2024, Loch Lomond, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05466608v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05384130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instrumentation ultrasonore d'un rhéomètre pour le suivi simultané de la vitesse ultrasonore et de la viscosité de polymères en fonction de la température</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Simultaneous ultrasonic and rheological monitoring of medium density polyethylene with temperature in a rheometer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Houhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laksana Saengdee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laksana Saengdee</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Samuel Callé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Séverine Boucaud-Gauchet</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Boucaud Gauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JJCAP2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Anglo-French Physical Acoustics Conference 2024 (AFPAC),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Loch Lomond, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05523927v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasonic Instrumentation for Simultaneous Rheological and Ultrasonic Measurements on a Rheometer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Instrumentation ultrasonore d'un rhéomètre pour le suivi simultané de la vitesse ultrasonore et de la viscosité de polymères en fonction de la température</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Houhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laksana Saengdee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laksana Saengdee</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Samuel Callé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Séverine Boucaud Gauchet</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Boucaud-Gauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IEEE International Ultrasonics Symposium (IUS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JJCAP2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Bordeaux, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05466604v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05523927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déformation d’une interface eau-air par la force de radiation acoustique en régime transitoire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrasonic Instrumentation for Simultaneous Rheological and Ultrasonic Measurements on a Rheometer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nesrine Houhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laksana Saengdee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félix Sisombat</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Callé</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Boucaud Gauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2023 IEEE International Ultrasonics Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Montreal, Canada. pp.1-3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IUS51837.2023.10308367⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03848391v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de polymères fonctionnels pour des applications de diagnostic médical</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Zero-mass metamaterial for subwavelength acoustic imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. J. Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sam H. Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. B. Wright</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Internationale Matériaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
+              <w:t xml:space="preserve">12th International Conference on Metamaterials, Photonic Crystals and Plasmonics, META 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, July 19 – 22, 2022, Jul 2022, Torrimolinos, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04010575v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05398972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the mechanical conditions applied to ultrasonic coupling agents on the acoustic transmission for high frequency imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Angermuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latifa Attar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Vander Meulen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Boucaud-Gauchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress on Acoustics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Gyeongju, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04010566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zero-mass metamaterial for subwavelength acoustic imaging</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Caractérisation de polymères fonctionnels pour des applications de diagnostic médical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Boucaud-Gauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Angermuller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Badr Jismy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Latifa Attar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference on Metamaterials, Photonic Crystals and Plasmonics, META 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, July 19 – 22, 2022, Jul 2022, Torrimolinos, Spain</w:t>
+              <w:t xml:space="preserve">Conférence Internationale Matériaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05398972v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04010575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de polymères fonctionnels pour des applications de diagnostic médical</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Déformation d’une interface eau-air par la force de radiation acoustique en régime transitoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Sisombat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Haumesser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Callé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MATERIAUX 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, LILLE, France</w:t>
+              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04017388v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03848391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of nanoparticles on the mechanical and barrier properties of thermoplastic elastomers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Vander Meulen</w:t>
+                <w:t xml:space="preserve">Caractérisation de polymères fonctionnels pour des applications de diagnostic médical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boucaud-Gauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Angermuller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Jismy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Attar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUPAC-MACRO 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, JEJU, South Korea</w:t>
+              <w:t xml:space="preserve">MATERIAUX 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, LILLE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03525164v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04017388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giant extraordinary transmission of longitudinal acoustic waves</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Effect of nanoparticles on the mechanical and barrier properties of thermoplastic elastomers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Chapel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Herbinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Le Pluart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Vander Meulen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">META 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2020, WARSAW, Poland</w:t>
+              <w:t xml:space="preserve">IUPAC-MACRO 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, JEJU, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05142479v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03525164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Giant extraordinary transmission of longitudinal acoustic waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver B. Wright</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Mezil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sam Hyeon Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">META 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, WARSAW, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05142479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Amplification and saturation of the thermoacoustic instability in a standing-wave prime mover</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Guédra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Penelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Lotton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acoustics 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00810922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3383,154 +3642,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détermination expérimentale de la viscosité du polyéthylène pendant le rotomoulage par méthode ultrasonore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Houhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Plag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Trarieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Defontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JJCAP 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05523901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3540,287 +3799,287 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time dependent structuring of fluid interfaces by acoustic radiation pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Sisombat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félix Sisombat</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Callé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyvönen Jere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holmström Axi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE International Ultrasonics Symposium (IUS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Montreal (Canada), Canada. IEEE, pp.1-4, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IUS51837.2023.10306965⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04284630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatiotemporal characterization of the water-air interface deformation induced by a transient acoustic radiation pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Sisombat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félix Sisombat</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thibaut Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Haumesser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Calle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IEEE, pp.1-3, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IUS54386.2022.9957832⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04164806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId101"/>
+      <w:footerReference w:type="default" r:id="rId110"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3888,51 +4147,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0D715651"/>
+    <w:nsid w:val="2EA3E50D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4036,51 +4295,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="D0958562"/>
+    <w:nsid w:val="2894D85A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4270,51 +4529,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thibaut-devaux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1524-0643" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295964v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Sisombat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Devaux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Call&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jere Hyv&#246;nen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axi Holmstr&#246;m" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-16755-2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997984v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Houhat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laksana Saengdee" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Boucaud Gauchet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0251850" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207248v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Haumesser" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-39464-0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843079v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0112969" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517226v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tozawa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. H Otsuka" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mezil" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tomoda" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aay8507" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193440v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Cebrecos" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Richoux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pagneux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tournat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11305-7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177984v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.234301" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02057399v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Penelet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gu&#233;dra" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitali Goussev" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2012.06.015" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466612v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Plag" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Trarieux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Defontaine" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05364504v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiacheng Chen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Rouffaud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eun Bok" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lethiecq" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466610v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05363630v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Boucaud-Gauchet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050838v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UFFC-JS60046.2024.10793856" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384130v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466608v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523927v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Boucaud-Gauchet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05466604v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS51837.2023.10308367" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848391v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010575v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Angermuller" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Jismy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Attar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010566v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vander Meulen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398972v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bok" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Park" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam H. Lee" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. B. Wright" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017388v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boucaud-Gauchet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Devaux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Angermuller" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jismy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Attar" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525164v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Chapel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Herbinet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Pluart" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142479v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver B. Wright" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mezil" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Hyeon Lee" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810922v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Lotton" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523901v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284630v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyv&#246;nen Jere" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holmstr&#246;m Axi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS51837.2023.10306965" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164806v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Calle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS54386.2022.9957832" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thibaut-devaux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1524-0643" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537743v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Devaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eun Bok" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jong Park" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Lee" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motonobu Tomoda" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adz9172" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295964v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Sisombat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Call&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jere Hyv&#246;nen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axi Holmstr&#246;m" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-16755-2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997984v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Houhat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laksana Saengdee" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Boucaud Gauchet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0251850" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207248v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Haumesser" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-39464-0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843079v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0112969" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517226v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tozawa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. H Otsuka" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mezil" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tomoda" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aay8507" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193440v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Cebrecos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Richoux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pagneux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tournat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11305-7" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177984v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.234301" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02057399v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Penelet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gu&#233;dra" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitali Goussev" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2012.06.015" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560469v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romann Fernandes" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tran-Van" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Schmaltz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Boucaud-Gauchet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466612v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Plag" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Trarieux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Defontaine" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466610v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05364504v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiacheng Chen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Rouffaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lethiecq" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05363630v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Boucaud-Gauchet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050838v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UFFC-JS60046.2024.10793856" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384130v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466608v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523927v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05466604v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS51837.2023.10308367" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398972v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bok" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Park" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam H. Lee" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. B. Wright" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010566v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Angermuller" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Attar" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vander Meulen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010575v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Jismy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848391v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017388v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boucaud-Gauchet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Devaux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Angermuller" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jismy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Attar" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525164v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Chapel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Herbinet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Pluart" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142479v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver B. Wright" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mezil" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Hyeon Lee" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810922v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Lotton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523901v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284630v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyv&#246;nen Jere" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holmstr&#246;m Axi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS51837.2023.10306965" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164806v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Calle" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS54386.2022.9957832" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>