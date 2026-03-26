--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -336,295 +336,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05097185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multiyear Longitudinal Harmonization Study of Quality Controls in Mass Spectrometry Proteomics Core Facilities</w:t>
+                <w:t xml:space="preserve">In-host evolution of Yersinia enterocolitica during a chronic human infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristina Chiva</w:t>
+                <w:t xml:space="preserve">Cyril Savin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roger Olivella</w:t>
+                <w:t xml:space="preserve">Pierre Lê-Bury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Staes</w:t>
+                <w:t xml:space="preserve">Julien Guglielmini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teresa Mendes Maia</w:t>
+                <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Panse</w:t>
+                <w:t xml:space="preserve">Guillem Mas Fiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 24 (2), pp.397-409. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.5637. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.4c00359⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-60782-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-05076146v1</w:t>
+                <w:t xml:space="preserve">pasteur-05138169v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-host evolution of Yersinia enterocolitica during a chronic human infection</w:t>
+                <w:t xml:space="preserve">A Multiyear Longitudinal Harmonization Study of Quality Controls in Mass Spectrometry Proteomics Core Facilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Savin</w:t>
+                <w:t xml:space="preserve">Cristina Chiva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Lê-Bury</w:t>
+                <w:t xml:space="preserve">Roger Olivella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Guglielmini</w:t>
+                <w:t xml:space="preserve">An Staes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Douché</w:t>
+                <w:t xml:space="preserve">Teresa Mendes Maia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillem Mas Fiol</w:t>
+                <w:t xml:space="preserve">Christian Panse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (1), pp.5637. </w:t>
+              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 24 (2), pp.397-409. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-60782-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.4c00359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-05138169v2</w:t>
+                <w:t xml:space="preserve">pasteur-05076146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influenza A virus induces PI4P production at the endoplasmic reticulum in an ATG16L1-dependent manner to promote the egress of viral ribonucleoproteins</w:t>
               </w:r>
@@ -738,295 +738,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05381127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Profiling Cullin4-E3 Ligases Interactomes and Their Rewiring in Influenza A Virus Infection</w:t>
+                <w:t xml:space="preserve">The extent of postpartum cardiac reverse remodeling is reflected in urine proteome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Dugied</w:t>
+                <w:t xml:space="preserve">Ana F Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Douche</w:t>
+                <w:t xml:space="preserve">Fábio Trindade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melanie dos Santos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
+                <w:t xml:space="preserve">Maria J Azevedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Cassonnet</w:t>
+                <w:t xml:space="preserve">Juliana Morais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Cellular Proteomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 23 (11), pp.100856. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.14815. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mcpro.2024.100856⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-65612-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04854515v1</w:t>
+                <w:t xml:space="preserve">pasteur-05076147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The extent of postpartum cardiac reverse remodeling is reflected in urine proteome</w:t>
+                <w:t xml:space="preserve">Profiling Cullin4-E3 Ligases Interactomes and Their Rewiring in Influenza A Virus Infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana F Ferreira</w:t>
+                <w:t xml:space="preserve">Guillaume Dugied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fábio Trindade</w:t>
+                <w:t xml:space="preserve">Thibaut Douche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria J Azevedo</w:t>
+                <w:t xml:space="preserve">Melanie dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliana Morais</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Douché</w:t>
+                <w:t xml:space="preserve">Camille Cassonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 14 (1), pp.14815. </w:t>
+              <w:t xml:space="preserve">Molecular and Cellular Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 23 (11), pp.100856. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-024-65612-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mcpro.2024.100856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-05076147v1</w:t>
+                <w:t xml:space="preserve">pasteur-04854515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acetylation regulates the oligomerization state and activity of RNase J, the Helicobacter pylori major ribonuclease</w:t>
               </w:r>
@@ -1140,373 +1140,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04612500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RNase E and HupB dynamics foster mycobacterial cell homeostasis and fitness</w:t>
+                <w:t xml:space="preserve">Amphiregulin mediates non-cell-autonomous effect of senescence on reprogramming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Griego</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Mathieu von Joest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheng Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulia Manina</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jérémy Chantrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2022.104233⟩</w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 40 (2), pp.111074. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2022.111074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03693876v1</w:t>
+                <w:t xml:space="preserve">pasteur-04093575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amphiregulin mediates non-cell-autonomous effect of senescence on reprogramming</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">RNase E and HupB dynamics foster mycobacterial cell homeostasis and fitness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cheng Chen</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Anna Griego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Chantrel</w:t>
+                <w:t xml:space="preserve">Mariette Matondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Chiche</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Giulia Manina</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 40 (2), pp.111074. </w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 25 (5), pp.104233. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2022.111074⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2022.104233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04093575v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03693876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quality standards in proteomics research facilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Chiva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Mendes Maia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Panse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karel Stejskal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 22 (6), pp.e52626. </w:t>
@@ -1596,51 +1596,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Santolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">István Kovács</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular and Cellular Proteomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 20, pp.100049. </w:t>
@@ -1806,433 +1806,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03242387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphoproteomics identifies PI3K inhibitor-selective adaptive responses in pancreatic cancer cell therapy and resistance</w:t>
+                <w:t xml:space="preserve">Pharmacologic Normalization of Pancreatic Cancer-Associated Fibroblast Secretome Impairs Prometastatic Cross-Talk With Macrophages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Cintas</w:t>
+                <w:t xml:space="preserve">Rémi Samain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Douche</w:t>
+                <w:t xml:space="preserve">Alexia Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z Dantes</w:t>
+                <w:t xml:space="preserve">Marjorie Fanjul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Mouton-Barbosa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Bousquet</w:t>
+                <w:t xml:space="preserve">Stéphanie Cassant-Sourdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Cancer Therapeutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1158/1535-7163.MCT-20-0981⟩</w:t>
+              <w:t xml:space="preserve">Cellular and Molecular Gastroenterology and Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (5), pp.1405-1436. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcmgh.2021.01.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03223423v1</w:t>
+                <w:t xml:space="preserve">hal-03252986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pharmacologic Normalization of Pancreatic Cancer-Associated Fibroblast Secretome Impairs Prometastatic Cross-Talk With Macrophages</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cell wall proteomic datasets of stems and leaves of Brachypodium distachyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Douché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Valot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Samain</w:t>
+                <w:t xml:space="preserve">Thierry Balliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexia Brunel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Douché</w:t>
+                <w:t xml:space="preserve">Hélène San Clemente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjorie Fanjul</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Cassant-Sourdy</w:t>
+                <w:t xml:space="preserve">Michel Zivy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular and Molecular Gastroenterology and Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcmgh.2021.01.008⟩</w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35, pp.1-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2021.106818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03252986v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03259235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell wall proteomic datasets of stems and leaves of Brachypodium distachyon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Douché</w:t>
+                <w:t xml:space="preserve">Phosphoproteomics identifies PI3K inhibitor-selective adaptive responses in pancreatic cancer cell therapy and resistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Cintas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Valot</w:t>
+                <w:t xml:space="preserve">T Douche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Balliau</w:t>
+                <w:t xml:space="preserve">Z Dantes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène San Clemente</w:t>
+                <w:t xml:space="preserve">Emmanuelle Mouton-Barbosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Zivy</w:t>
+                <w:t xml:space="preserve">Marie-Pierre Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 35, pp.1-4. </w:t>
+              <w:t xml:space="preserve">Molecular Cancer Therapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20 (12), pp.2433-2445. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2021.106818⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1158/1535-7163.MCT-20-0981⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03259235v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03223423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ser/Thr Kinase-Dependent Phosphorylation of the Peptidoglycan Hydrolase CwlA Controls Its Export and Modulates Cell Division in Clostridioides difficile</w:t>
               </w:r>
@@ -2257,51 +2257,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Cuenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2480,874 +2480,874 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03184205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disorder-To-Order Transitions and Post-Translational Acylation Control the Folding and Activity of the Bordetella Pertussis CyaA Toxin</w:t>
+                <w:t xml:space="preserve">The Flemmingsome reveals an ESCRT-to-membrane coupling via ALIX/syntenin/syndecan-4 required for completion of cytokinesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Darragh P. O'Brien</w:t>
+                <w:t xml:space="preserve">Cyril Addi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Voegele</w:t>
+                <w:t xml:space="preserve">Adrien Presle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorothee Raoux-Barbot</w:t>
+                <w:t xml:space="preserve">Stéphane Frémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marilyne Davi</w:t>
+                <w:t xml:space="preserve">Frédérique Cuvelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Cannella</w:t>
+                <w:t xml:space="preserve">Murielle Rocancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biophysical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 118 (3), pp.197A--197A. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), pp.1941. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bpj.2019.11.1189⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-15205-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02516165v1</w:t>
+                <w:t xml:space="preserve">pasteur-02557366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Flemmingsome reveals an ESCRT-to-membrane coupling via ALIX/syntenin/syndecan-4 required for completion of cytokinesis</w:t>
+                <w:t xml:space="preserve">Disorder-To-Order Transitions and Post-Translational Acylation Control the Folding and Activity of the Bordetella Pertussis CyaA Toxin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Addi</w:t>
+                <w:t xml:space="preserve">Darragh P. O'Brien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Presle</w:t>
+                <w:t xml:space="preserve">Alexis Voegele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Frémont</w:t>
+                <w:t xml:space="preserve">Dorothee Raoux-Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Cuvelier</w:t>
+                <w:t xml:space="preserve">Marilyne Davi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murielle Rocancourt</w:t>
+                <w:t xml:space="preserve">Sara Cannella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11 (1), pp.1941. </w:t>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 118 (3), pp.197A--197A. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-15205-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2019.11.1189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-02557366v1</w:t>
+                <w:t xml:space="preserve">hal-02516165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-translational acylation controls the folding and functions of the CyaA RTX toxin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Ser/Thr kinase PrkC participates in cell wall homeostasis and antimicrobial resistance in Clostridium difficile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Cuenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transito Garcia-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Douche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Darragh O'Brien</w:t>
+                <w:t xml:space="preserve">Olivier Gorgette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara E Cannella</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marilyne Davi</w:t>
+                <w:t xml:space="preserve">Pascal Courtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FASEB Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1096/fj.201802442RR⟩</w:t>
+              <w:t xml:space="preserve">Infection and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 87 (8), pp.e00005-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/IAI.00005-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-02330713v1</w:t>
+                <w:t xml:space="preserve">pasteur-02164685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Adenylate Cyclase (CyaA) Toxin from Bordetella pertussis Has No Detectable Phospholipase A (PLA) Activity In Vitro</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Post-translational acylation controls the folding and functions of the CyaA RTX toxin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darragh O'Brien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara E Cannella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Voegele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Raoux-Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mariette Matondo</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilyne Davi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/toxins11020111⟩</w:t>
+              <w:t xml:space="preserve">FASEB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 33 (9), pp.10065-10076. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1096/fj.201802442RR⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02329482v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02330713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CotL, a new morphogenetic spore coat protein of Clostridium difficile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Alves Feliciano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariette I Matondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Martin-Verstraete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 21 (3), pp.984-1003. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1462-2920.14505⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02331056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Ser/Thr kinase PrkC participates in cell wall homeostasis and antimicrobial resistance in Clostridium difficile</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">The Adenylate Cyclase (CyaA) Toxin from Bordetella pertussis Has No Detectable Phospholipase A (PLA) Activity In Vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Voegele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirko Sadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Raoux-Barbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pascal Courtin</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariette Matondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection and Immunity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 87 (8), pp.e00005-19. </w:t>
+              <w:t xml:space="preserve">Toxins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Special Issue RTX Toxins, 11 (2), pp.111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/IAI.00005-19⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/toxins11020111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02164685v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02329482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Signal-Targeted Therapies and Resistance Mechanisms in Pancreatic Cancer: Future Developments Reside in Proteomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Cintas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Therville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3437,90 +3437,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of Post-Translational Modifications and Cytotoxic Properties of the Adenylate-Cyclase Hemolysin Produced by Various Bordetella pertussis and Bordetella parapertussis Isolates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélody Dazas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Delaplane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariette Matondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Toxins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 9 (10), pp.304. </w:t>
@@ -3584,64 +3584,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Lago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Guglielmini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Criscuolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3718,51 +3718,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Juliana Calderan-Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Beatriz Rodrigues Bonassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3826,64 +3826,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&amp;lt;em&amp;gt;Brachypodium distachyon&amp;lt;/em&amp;gt; as a model plant toward improved biofuel crops: search for secreted proteins involved in biogenesis and disassembly of cell wall polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène San Clemente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Burlat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3998,51 +3998,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lavabre-Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Uttenweiler-Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4189,51 +4189,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Najburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Combredet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4438,90 +4438,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual proteomic signature of immune cells and Yersinia pestis upon blood infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lê-Bury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariette Matondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Pizarro-Cerdá</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4550,263 +4550,263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-04585310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-transcriptional regulation of Leishmania fitness gain</w:t>
+                <w:t xml:space="preserve">Post-translational acylation controls the folding and functions of the CyaA RTX toxin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Piel</w:t>
+                <w:t xml:space="preserve">Darragh P O'Brien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara E Cannella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Voegele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Raoux-Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Shanmugha Rajan</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Rachel Legendre</w:t>
+                <w:t xml:space="preserve">Maryline Davi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03210825v1</w:t>
+                <w:t xml:space="preserve">pasteur-03221015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-translational acylation controls the folding and functions of the CyaA RTX toxin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Post-transcriptional regulation of Leishmania fitness gain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Piel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Shanmugha Rajan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Bussotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Darragh P O'Brien</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Dorothée Raoux-Barbot</w:t>
+                <w:t xml:space="preserve">Hugo Varet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryline Davi</w:t>
+                <w:t xml:space="preserve">Rachel Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03221015v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03210825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId194"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4961,51 +4961,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05097185v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana P Baquero" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Borrel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Gazi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martin-Gallausiaux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginija Cvirkaite-Krupovic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-60272-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05076146v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Chiva" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Olivella" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Staes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Mendes Maia" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Panse" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.4c00359" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05138169v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Savin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#234;-Bury" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guglielmini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douch&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Mas Fiol" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-60782-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05381127v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Alemany" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane da Gra&#231;a" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai Gianetto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Dupont" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Paisant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002958" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04854515v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dugied" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douche" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie dos Santos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cassonnet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcpro.2024.100856" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05076147v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana F Ferreira" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio Trindade" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J Azevedo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Morais" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-65612-1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612500v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Tejada-Arranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksei Lulla" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bouilloux-Lafont" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Turlin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue-Yuan Pei" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43825-8" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03693876v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Griego" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Matondo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Manina" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2022.104233" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04093575v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu von Joest" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Chen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Chantrel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chiche" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2022.111074" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03258884v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Stejskal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.202152626" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03184181v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Meigni&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Combredet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Santolini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istv&#225;n Kov&#225;cs" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcpro.2021.100049" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03242387v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Tejada Arranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rute G Matos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Quentin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Galtier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkab283" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223423v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cintas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Douche" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Dantes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Mouton-Barbosa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bousquet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1535-7163.MCT-20-0981" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252986v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Samain" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Brunel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Fanjul" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cassant-Sourdy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcmgh.2021.01.008" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259235v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne San Clemente" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Zivy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2021.106818" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03243540v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Transito Garcia-Garcia" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Poncet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cuenot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00519-21" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03184205v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanouk Epelboin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanjiao Wang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Choumet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gaborit" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0243992" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516165v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh P. O'Brien" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Voegele" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Raoux-Barbot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Davi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Cannella" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2019.11.1189" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02557366v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Addi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Presle" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fr&#233;mont" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cuvelier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Rocancourt" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15205-z" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02330713v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh O'Brien" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara E Cannella" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Raoux-Barbot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201802442RR" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02329482v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Sadi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins11020111" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02331056v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Alves Feliciano" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette I Matondo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Martin-Verstraete" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14505" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02164685v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gorgette" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Courtin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00005-19" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500132v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Cintas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Therville" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Arcucci" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Ramos-Delgado" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers10060174" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02573143v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bouchez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Dazas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Delaplane" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins9100304" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01540240v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Lago" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Monteil" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Criscuolo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-02362-3" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259237v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Juliana Calderan-Rodrigues" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Jamet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Beatriz Rodrigues Bonassi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tha&#237;s Regiani Cataldi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-015-0677-0" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647765v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Burlat" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roujol" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Valot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201200507" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B2DE14BF36EE0E449D332B1C4A8AE7D29CC46B85/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02503539v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Henry" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lavabre-Bertrand" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Uttenweiler-Joseph" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fabbro-Peray" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0625.2010.01151.x" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BB35A25B8BB98AAE48F299AB60DB087CCC8DEFAC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638406v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidy Vera-Peralta" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Najburg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-3870-5_7" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132641v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Da Gra&#231;a" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai-Gianetto" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04585310v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Pizarro-Cerd&#225;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03210825v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Piel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Shanmugha Rajan" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Bussotti" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Varet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Legendre" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03221015v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh P O'Brien" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Davi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05097185v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana P Baquero" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Borrel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Gazi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martin-Gallausiaux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginija Cvirkaite-Krupovic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-60272-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05138169v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Savin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#234;-Bury" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guglielmini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douch&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Mas Fiol" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-60782-6" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05076146v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Chiva" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Olivella" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Staes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Mendes Maia" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Panse" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.4c00359" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05381127v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Alemany" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane da Gra&#231;a" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai Gianetto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Dupont" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Paisant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002958" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05076147v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana F Ferreira" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio Trindade" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J Azevedo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Morais" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-65612-1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04854515v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dugied" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douche" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie dos Santos" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cassonnet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcpro.2024.100856" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612500v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Tejada-Arranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksei Lulla" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bouilloux-Lafont" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Turlin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue-Yuan Pei" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43825-8" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04093575v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu von Joest" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Chen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Chantrel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chiche" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2022.111074" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03693876v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Griego" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Matondo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Manina" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2022.104233" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03258884v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Stejskal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.202152626" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03184181v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Meigni&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Combredet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Santolini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istv&#225;n Kov&#225;cs" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcpro.2021.100049" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03242387v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Tejada Arranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rute G Matos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Quentin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Galtier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkab283" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252986v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Samain" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Brunel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Fanjul" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cassant-Sourdy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcmgh.2021.01.008" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259235v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne San Clemente" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Zivy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2021.106818" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223423v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cintas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Douche" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Dantes" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Mouton-Barbosa" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bousquet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1535-7163.MCT-20-0981" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03243540v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Transito Garcia-Garcia" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Poncet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cuenot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00519-21" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03184205v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanouk Epelboin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanjiao Wang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Choumet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gaborit" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0243992" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02557366v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Addi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Presle" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fr&#233;mont" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cuvelier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Rocancourt" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15205-z" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516165v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh P. O'Brien" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Voegele" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Raoux-Barbot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Davi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Cannella" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2019.11.1189" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02164685v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gorgette" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Courtin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00005-19" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02330713v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh O'Brien" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara E Cannella" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Raoux-Barbot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201802442RR" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02331056v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Alves Feliciano" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette I Matondo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Martin-Verstraete" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14505" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02329482v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Sadi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins11020111" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500132v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Cintas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Therville" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Arcucci" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Ramos-Delgado" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers10060174" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02573143v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bouchez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Dazas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Delaplane" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins9100304" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01540240v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Lago" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Monteil" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Criscuolo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-02362-3" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259237v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Juliana Calderan-Rodrigues" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Jamet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Beatriz Rodrigues Bonassi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tha&#237;s Regiani Cataldi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-015-0677-0" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647765v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Burlat" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roujol" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Valot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201200507" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B2DE14BF36EE0E449D332B1C4A8AE7D29CC46B85/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02503539v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Henry" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lavabre-Bertrand" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Uttenweiler-Joseph" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fabbro-Peray" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0625.2010.01151.x" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BB35A25B8BB98AAE48F299AB60DB087CCC8DEFAC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638406v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidy Vera-Peralta" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Najburg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-3870-5_7" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132641v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Da Gra&#231;a" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai-Gianetto" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04585310v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Pizarro-Cerd&#225;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03221015v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh P O'Brien" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Davi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03210825v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Piel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Shanmugha Rajan" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Bussotti" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Varet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Legendre" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>