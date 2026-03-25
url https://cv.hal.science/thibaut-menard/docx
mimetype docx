--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -464,382 +464,382 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03269139v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hybrid moment of fluid-level set framework for simulating primary atomization</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A phase inversion benchmark for multiscale multiphase flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Estivalèzes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wojciech Aniszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Auguste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yue Ling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Osmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Computational Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 451, pp.110864. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcp.2021.110864⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 450, pp.110810. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcp.2021.110810⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03269098v2</w:t>
+                <w:t xml:space="preserve">hal-03419715v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphology of contorted fluid structures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F Thiesset</w:t>
+                <w:t xml:space="preserve">A hybrid moment of fluid-level set framework for simulating primary atomization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anirudh Asuri Mukundan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge César Brändle de Motta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berlemont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2022.104055⟩</w:t>
+              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 451, pp.110864. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcp.2021.110864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03627211v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03269098v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A phase inversion benchmark for multiscale multiphase flows</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Morphology of contorted fluid structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yue Ling</w:t>
+                <w:t xml:space="preserve">Christophe Dumouchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Osmar</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">F Thiesset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 450, pp.110810. </w:t>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcp.2021.110810⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2022.104055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03419715v2</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03627211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A massively parallel accurate conservative level set algorithm for simulating turbulent atomization on adaptive unstructured grids</w:t>
               </w:r>
@@ -1057,918 +1057,918 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03142246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation strategy of reduced-order two-fluid flow models based on a hierarchy of direct numerical simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A 3D Moment of Fluid method for simulating complex turbulent multiphase flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anirudh Asuri Mukundan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Cordesse</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jorge César C Brändle de Motta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berlemont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Flow, Turbulence and Combustion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10494-020-00154-w⟩</w:t>
+              <w:t xml:space="preserve">Computers and Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 198, pp.104364. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2019.104364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02350200v2</w:t>
+                <w:t xml:space="preserve">hal-02368869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 3D Moment of Fluid method for simulating complex turbulent multiphase flows</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Liquid transport in scale space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Thiesset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Duret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dumouchel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Reveillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2019.104364⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 886, pp.A4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2019.1056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02368869v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02432999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liquid transport in scale space</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Thiesset</w:t>
+                <w:t xml:space="preserve">A Diffuse Interface Approach For Disperse Two-Phase Flows Involving Dual-Scale Kinematics Of Droplet Deformation Based On Geometrical Variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cordesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Duret</w:t>
+                <w:t xml:space="preserve">Ruben Di Battista</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Menard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Dumouchel</w:t>
+                <w:t xml:space="preserve">Quentin Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Reveillon</w:t>
+                <w:t xml:space="preserve">Lionel Matuszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 886, pp.A4. </w:t>
+              <w:t xml:space="preserve">ESAIM: Proceedings and Surveys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Second Workshop on Compressible Multiphase Flows: Derivation, closure laws, thermodynamics, 69, pp.24-46. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jfm.2019.1056⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/proc/202069024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02432999v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02879950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Diffuse Interface Approach For Disperse Two-Phase Flows Involving Dual-Scale Kinematics Of Droplet Deformation Based On Geometrical Variables</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Capillary phenomena in assemblies of parallel cylindrical fibers: From statics to dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruben Di Battista</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lionel Matuszewski</w:t>
+                <w:t xml:space="preserve">J.-B. Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge César Brändle de Motta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Proceedings and Surveys</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/proc/202069024⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 129, pp.103304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2020.103304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02879950v1</w:t>
+                <w:t xml:space="preserve">hal-02569407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capillary phenomena in assemblies of parallel cylindrical fibers: From statics to dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DNS and LES of primary atomization of turbulent liquid jet injection into a gaseous crossow environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anirudh Asuri Mukundan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Tretola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcus Herrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-B. Charpentier</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Salvador Navarro-Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 129, pp.103304. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 38 (2), pp.3233-3241. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2020.103304⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.08.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02569407v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02950068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNS and LES of primary atomization of turbulent liquid jet injection into a gaseous crossow environment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contribution of Phoretic and Electrostatic Effects to the Collection Efficiency of Submicron Aerosol Particles by Raindrops</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giovanni Tretola</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Ménard</w:t>
+                <w:t xml:space="preserve">Pascal Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcus Herrmann</w:t>
+                <w:t xml:space="preserve">Mamadou Sow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salvador Navarro-Martinez</w:t>
+                <w:t xml:space="preserve">Arnaud Quérel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Dépée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Monier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.08.004⟩</w:t>
+              <w:t xml:space="preserve">Atmosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (10), pp.1028. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/atmos11101028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02950068v1</w:t>
+                <w:t xml:space="preserve">hal-03449158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of Phoretic and Electrostatic Effects to the Collection Efficiency of Submicron Aerosol Particles by Raindrops</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mamadou Sow</w:t>
+                <w:t xml:space="preserve">Validation strategy of reduced-order two-fluid flow models based on a hierarchy of direct numerical simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cordesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Quérel</w:t>
+                <w:t xml:space="preserve">Alberto Remigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Dépée</w:t>
+                <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Monier</w:t>
+                <w:t xml:space="preserve">Angelo Murrone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11 (10), pp.1028. </w:t>
+              <w:t xml:space="preserve">Flow, Turbulence and Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 105 (4), pp.1381-1411. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/atmos11101028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10494-020-00154-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03449158v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350200v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissolved oxygen level output feedback control based on discrete-time measurements during a Pseudomonas putida mt-2 fermentation</w:t>
               </w:r>
@@ -2082,269 +2082,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02323975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical modeling of the gas-liquid interface using geometrical variables: toward a unified description of the disperse and separated phase flows</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Initiation of a validation strategy of reduced-order two-fluid flow models using direct numerical simulations in the context of jet atomization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cordesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Essadki</w:t>
+                <w:t xml:space="preserve">A. Murrone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Drui</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marc Massot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">NASA Technical Memorandum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.1-11</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01615076v2</w:t>
+                <w:t xml:space="preserve">hal-02349534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Initiation of a validation strategy of reduced-order two-fluid flow models using direct numerical simulations in the context of jet atomization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Cordesse</w:t>
+                <w:t xml:space="preserve">Statistical modeling of the gas-liquid interface using geometrical variables: toward a unified description of the disperse and separated phase flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Essadki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Drui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane de Chaisemartin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Larat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Murrone</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thibault Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NASA Technical Memorandum</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2019.103084⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02349534v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01615076v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Where does the droplet size distribution come from?</w:t>
               </w:r>
@@ -2369,51 +2369,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Puggelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Essadki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2464,64 +2464,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Scale Analysis of Simulated Capillary Instability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dumouchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wojciech Aniszewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trung-Thanh Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2945,77 +2945,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental evidence of the rear capture of aerosol particles by raindrops</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Quérel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Monier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3079,77 +3079,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an interpretation of the scale diffusivity in liquid atomization process: An experimental approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dumouchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wojciech Aniszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 438, pp.612--624. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3183,51 +3183,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-scale analysis of atomizing liquid ligaments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dumouchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3313,77 +3313,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential of two-phase flows DNS to characterize interactions between turbulence and widely deformed interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Reveillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.X. Demoulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3424,719 +3424,719 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01596522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward using direct numerical simulationto improve primary break-up modeling</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">B. Duret</w:t>
+                <w:t xml:space="preserve">NUMERICAL SIMULATION OF PRIMARY ATOMIZATION: INTERACTION WITH EXPERIMENTAL ANALYSIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berlemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. Bouali</w:t>
+                <w:t xml:space="preserve">Jean Blaisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakaria Bouali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Desjonqueres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atomization and Sprays</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 23 (11), pp.957-980. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1615/AtomizSpr.2013007439⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 23 (12), pp.1103 - 1138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1615/AtomizSpr.2013007525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01596524v1</w:t>
+                <w:t xml:space="preserve">hal-01621255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NUMERICAL SIMULATION OF PRIMARY ATOMIZATION: INTERACTION WITH EXPERIMENTAL ANALYSIS</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Improving primary atomization modeling through DNS of two-phase flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Duret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Reveillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.X. Demoulin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atomization and Sprays</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1615/AtomizSpr.2013007525⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 55, pp.130-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2013.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01621255v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01596523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving primary atomization modeling through DNS of two-phase flows</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Toward using direct numerical simulationto improve primary break-up modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.X. Demoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Reveillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Bouali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Desjonqueres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 55, pp.130-137. </w:t>
+              <w:t xml:space="preserve">Atomization and Sprays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 23 (11), pp.957-980. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2013.05.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1615/AtomizSpr.2013007439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01596523v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01596524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large eddy simulation of liquid jet atomization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DNS Analysis of turbulent mixing in two-phase flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Duret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Chesnel</w:t>
+                <w:t xml:space="preserve">Gautier Luret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Reveillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berlemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atomization and spray</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1615/AtomizSpr.v21.i9⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 40, pp.93-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2011.11.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00767791v1</w:t>
+                <w:t xml:space="preserve">hal-00649803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNS Analysis of turbulent mixing in two-phase flows</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Duret</w:t>
+                <w:t xml:space="preserve">Large eddy simulation of liquid jet atomization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Chesnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Reveillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gautier Luret</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François-Xavier Demoulin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 40, pp.93-105. </w:t>
+              <w:t xml:space="preserve">Atomization and spray</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 21 (9), pp.711-736. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2011.11.014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1615/AtomizSpr.v21.i9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00649803v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00767791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subgrid analysis of liquid jet atomization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Chesnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Reveillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Demoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4183,103 +4183,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MODELING COLLISION OUTCOME IN MODERATELY DENSE SPRAYS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Luret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berlemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Reveillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Demoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atomization and Sprays</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 20 (3), pp.251-268</w:t>
@@ -4360,51 +4360,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Arnaud Beau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Berlemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Demoulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 35 (3), pp.247-260. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5089,51 +5089,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphological characterization of liquid-gas interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dumouchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Thiesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5312,1351 +5312,1351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03337324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of dynamics of liquid jet injected into gaseous crossflow using proper orthogonal decomposition</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">An Interface Capturing Procedure for Simulating Incompressible Two-Phase Flows on Adaptive Unstructured Grids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Janodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Moureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Lartigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIAA SciTech 2020 Forum</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin of the American Physical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Chicago, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02447945v1</w:t>
+                <w:t xml:space="preserve">hal-03027693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Interface Capturing Procedure for Simulating Incompressible Two-Phase Flows on Adaptive Unstructured Grids</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analysis of dynamics of liquid jet injected into gaseous crossflow using proper orthogonal decomposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anirudh Asuri Mukundan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcus Herrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge César Brändle de Motta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berlemont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of the American Physical Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AIAA SciTech 2020 Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Orlando, FL, United States. pp.2020-0357, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2020-0357⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03027693v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02447945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid treatment of small droplets in atomized jet</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">A. Berlemont</w:t>
+                <w:t xml:space="preserve">A New Theoretical Framework for Characterizing the Transport of Liquid in Turbulent Two-Phase Flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Thiesset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dumouchel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrés Francais de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
+              <w:t xml:space="preserve">ILASS-Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02315230v1</w:t>
+                <w:t xml:space="preserve">hal-02271685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Theoretical Framework for Characterizing the Transport of Liquid in Turbulent Two-Phase Flows</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Thiesset</w:t>
+                <w:t xml:space="preserve">Validation strategy of reduced-order two-fluid flow models based on a hierarchy of direct numerical simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cordesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Murrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Dumouchel</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Massot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILASS-Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">10th International Conference on Multiphase Flow (ICMF 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02271685v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02194973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing Liquid Atomization using Probability Density Functions, the Volume-Based Scale Distribution and Differential Geometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Thiesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dumouchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wojciech Aniszewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Vaudor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ILASS-Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02271699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation strategy of reduced-order two-fluid flow models based on a hierarchy of direct numerical simulations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Angelo Murrone</w:t>
+                <w:t xml:space="preserve">Post-processing of two-phase DNS simulations exploiting geometrical features and topological invariants to extract flow statistics: application to canonical objects and the collision of two droplets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruben Di Battista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iván Bermejo-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane de Chaisemartin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Massot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Multiphase Flow (ICMF 2019)</w:t>
+              <w:t xml:space="preserve">International Conference on Multiphase Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02194973v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02345825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-processing of two-phase DNS simulations exploiting geometrical features and topological invariants to extract flow statistics: application to canonical objects and the collision of two droplets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ruben Di Battista</w:t>
+                <w:t xml:space="preserve">From droplets to particles: Transformation criteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Chéron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iván Bermejo-Moreno</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marc Massot</w:t>
+                <w:t xml:space="preserve">J C Brändle de Motta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Vaudor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Berlemont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Multiphase Flow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t>
+              <w:t xml:space="preserve">ILASS - Europe 2019, 29th Conference on Liquid Atomization and Spray Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02345825v1</w:t>
+                <w:t xml:space="preserve">hal-02315145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From droplets to particles: Transformation criteria</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Berlemont</w:t>
+                <w:t xml:space="preserve">Validation and Analysis of primary atomization of turbulent liquid jet in crossflow simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anirudh Asuri Mukundan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berlemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge César Brändle de Motta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcus Herrmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILASS - Europe 2019, 29th Conference on Liquid Atomization and Spray Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">ILASS Americas, 30th Annual Conference on Liquid Atomization and Spray Systems. May 12th-15th, Tempe, Arizona, USA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Tempe, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02315145v1</w:t>
+                <w:t xml:space="preserve">hal-02178037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation and Analysis of primary atomization of turbulent liquid jet in crossflow simulations</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Exploring different approaches for the simulation of multi-scale atomization process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Remigi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruben Di Battista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X Demoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Duret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Massot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILASS Americas, 30th Annual Conference on Liquid Atomization and Spray Systems. May 12th-15th, Tempe, Arizona, USA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Tempe, United States</w:t>
+              <w:t xml:space="preserve">10th International Conference of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02178037v1</w:t>
+                <w:t xml:space="preserve">hal-02379257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring different approaches for the simulation of multi-scale atomization process</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Validation and Analysis of 3D DNS of planar pre-filming airblast atomization simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anirudh Asuri Mukundan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Berlemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge César Brändle de Motta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruud Eggels</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference of Multiphase Flow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t>
+              <w:t xml:space="preserve">In Proceedings of ILASS Americas, 30th Annual Conference on Liquid Atomization and Spray Systems. May 12th-15th, Tempe, Arizona, USA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Tempe, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02379257v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02178046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation and Analysis of 3D DNS of planar pre-filming airblast atomization simulations</w:t>
+                <w:t xml:space="preserve">Coupled Level set moment of fluid method for simulating multiphase flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anirudh Asuri Mukundan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Berlemont</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berlemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge César Brändle de Motta</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ruud Eggels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">In Proceedings of ILASS Americas, 30th Annual Conference on Liquid Atomization and Spray Systems. May 12th-15th, Tempe, Arizona, USA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Tempe, United States</w:t>
+              <w:t xml:space="preserve">ILASS Europe, 29th Annual Conference on Liquid Atomization and Spray Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02178046v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled Level set moment of fluid method for simulating multiphase flows</w:t>
+                <w:t xml:space="preserve">A comparative study of DNS of airblast atomization using CLSMOF and CLSVOF methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anirudh Asuri Mukundan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
@@ -6674,954 +6674,954 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Berlemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge César Brändle de Motta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILASS Europe, 29th Annual Conference on Liquid Atomization and Spray Systems</w:t>
+              <w:t xml:space="preserve">29th Annual Conference on Liquid Atomization and Spray Systems (ILASS19)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02318029v1</w:t>
+                <w:t xml:space="preserve">hal-02318020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative study of DNS of airblast atomization using CLSMOF and CLSVOF methods</w:t>
+                <w:t xml:space="preserve">An investigation of characteristics of airblast atomization using 3D DNS for altitude relight conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anirudh Asuri Mukundan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Ménard</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Berlemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge César Brändle de Motta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th Annual Conference on Liquid Atomization and Spray Systems (ILASS19)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">11th US National Combustion Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Pasadena, Los Angeles, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02318020v1</w:t>
+                <w:t xml:space="preserve">hal-02092003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An investigation of characteristics of airblast atomization using 3D DNS for altitude relight conditions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Berlemont</w:t>
+                <w:t xml:space="preserve">Simulation of immiscible two-phase flows based on a kinetic diffuse interface approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Chéron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhaoli Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge César Brändle de Motta</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th US National Combustion Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Pasadena, Los Angeles, United States</w:t>
+              <w:t xml:space="preserve">International Conference on Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02092003v1</w:t>
+                <w:t xml:space="preserve">hal-02315240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of immiscible two-phase flows based on a kinetic diffuse interface approach</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hybrid treatment of small droplets in atomized jet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Chéron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J C Brändle de Motta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Berlemont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Multiphase Flow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t>
+              <w:t xml:space="preserve">Congrés Francais de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02315240v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02315230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interface reconstruction method for multiphase flows in under-resolved regions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Ménard</w:t>
+                <w:t xml:space="preserve">Numerical investigation on the influences of inlet turbulent characteristics on round liquid jet atomization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Berlemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jorge César Brändle de Motta</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Aniszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Thiesset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dumouchel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">In Proceedings of the 10th International Conference on Computational Fluid Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Barcelona, Spain. pp.1-17</w:t>
+              <w:t xml:space="preserve">5th Internationnal conference on Turbulence and Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Martinique, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01863439v1</w:t>
+                <w:t xml:space="preserve">hal-02129808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical investigation on the influences of inlet turbulent characteristics on round liquid jet atomization</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Dumouchel</w:t>
+                <w:t xml:space="preserve">Hybrid treatment of atomized droplets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Chéron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge César Brändle de Motta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Berlemont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Internationnal conference on Turbulence and Interactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Martinique, France</w:t>
+              <w:t xml:space="preserve">12th European Fluid Mechanics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02129808v1</w:t>
+                <w:t xml:space="preserve">hal-02144607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid treatment of atomized droplets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Victor Chéron</w:t>
+                <w:t xml:space="preserve">Simulation and analysis of the imbibition of a set of parallel fibers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge César Brändle de Motta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Berlemont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th European Fluid Mechanics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02144607v1</w:t>
+                <w:t xml:space="preserve">hal-02418399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation and analysis of the imbibition of a set of parallel fibers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Charpentier</w:t>
+                <w:t xml:space="preserve">Numerical study of interface reconstruction method in under-resolved regions of the flow for liquid jet primary breakup</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anirudh Asuri Mukundan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Berlemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge César Brändle de Motta</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th European Fluid Mechanics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">ICLASS, 14th Triennial International Conference on Liquid Atomization and Spray Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Chicago, United States. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02418399v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01863450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical study of interface reconstruction method in under-resolved regions of the flow for liquid jet primary breakup</w:t>
+                <w:t xml:space="preserve">Interface reconstruction method for multiphase flows in under-resolved regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anirudh Asuri Mukundan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Berlemont</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berlemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge César Brändle de Motta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICLASS, 14th Triennial International Conference on Liquid Atomization and Spray Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Chicago, United States. pp.1-8</w:t>
+              <w:t xml:space="preserve">In Proceedings of the 10th International Conference on Computational Fluid Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Barcelona, Spain. pp.1-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01863450v1</w:t>
+                <w:t xml:space="preserve">hal-01863439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smoke dynamics in compartment fires: large scale experiments and numerical simulations</w:t>
               </w:r>
@@ -7836,90 +7836,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Where does the Drop Size Distribution Come From?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Canu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dumouchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Essadki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Massot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th European Conference on Liquid Atomization and Spray Systems ( ILASS2017 )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Valencia, Spain. </w:t>
@@ -8068,783 +8068,783 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02418408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-Scale Analysis of the Atomization of the Liquid Sheets issuing from a Compound Nozzle.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Ménard</w:t>
+                <w:t xml:space="preserve">A consistent momentum transport in CLSVOF method: validation on jet atomization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berlemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Aniszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Vaudor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILASS-Europe 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Brighton, United Kingdom</w:t>
+              <w:t xml:space="preserve">9th International Conference on Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Firenze, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01621278v1</w:t>
+                <w:t xml:space="preserve">hal-02130345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A consistent momentum transport in CLSVOF method: validation on jet atomization</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">G. Vaudor</w:t>
+                <w:t xml:space="preserve">Application of a Level-Set/Volume-of-Fluid Method and an Immersed Boundary Method to the Atomization of a Liquid Jet Ejected from a Complex-Shaped Injector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trung-Thanh Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dumouchel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Multiphase Flow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Firenze, Italy</w:t>
+              <w:t xml:space="preserve">ICMF 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02130345v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01621294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of a Level-Set/Volume-of-Fluid Method and an Immersed Boundary Method to the Atomization of a Liquid Jet Ejected from a Complex-Shaped Injector</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Trung-Thanh Vu</w:t>
+                <w:t xml:space="preserve">DNS analysis of weakly compressible vaporizing turbulent two-phase flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Duret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Vaudor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Dumouchel</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Reveillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Demoulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICMF 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Florence, Italy</w:t>
+              <w:t xml:space="preserve">9th International Conference on Multiphase Flow (ICMF 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Firenze, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01621294v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02023194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNS analysis of weakly compressible vaporizing turbulent two-phase flows</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Geoffroy Vaudor</w:t>
+                <w:t xml:space="preserve">The Characteristic Scales of the Capillary Instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dumouchel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wojciech Aniszewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">François-Xavier Demoulin</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trung-Thanh Vu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Multiphase Flow (ICMF 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Firenze, Italy</w:t>
+              <w:t xml:space="preserve">ICMF 2016 9th International Conference on Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02023194v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01621300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Characteristic Scales of the Capillary Instability</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Multi-Scale Analysis of the Atomization of the Liquid Sheets issuing from a Compound Nozzle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trung-Thanh Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dumouchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Wojciech Aniszewski</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Lisiecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Trung-Thanh Vu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICMF 2016 9th International Conference on Multiphase Flow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Florence, Italy</w:t>
+              <w:t xml:space="preserve">ILASS-Europe 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Brighton, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01621300v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01621278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-Scale Description and Analysis of Simulated Liquid Atomization Processes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Investigating the liquid jet atomization process by multiscale analysis and numerical simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wojciech Aniszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dumouchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Trung-Thanh Vu</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICLASS 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Tainan, Taiwan</w:t>
+              <w:t xml:space="preserve">FiCP:ES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Zürick, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01621301v1</w:t>
+                <w:t xml:space="preserve">hal-02333269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the liquid jet atomization process by multiscale analysis and numerical simulation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Multi-Scale Description and Analysis of Simulated Liquid Atomization Processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dumouchel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wojciech Aniszewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Ménard</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trung-Thanh Vu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FiCP:ES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Zürick, Switzerland</w:t>
+              <w:t xml:space="preserve">ICLASS 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Tainan, Taiwan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02333269v1</w:t>
+                <w:t xml:space="preserve">hal-01621301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VELOCITY, INTERFACE COMPLEXITY AND DROPLETS PRODUCTION IN THE NEAR NOZZLE REGION OF A DIESEL SPRAY: COMPARISON BETWEEN EXPERIMENTAL ANALYSIS AND DIRECT NUMERICAL SIMULATION</w:t>
               </w:r>
@@ -8856,51 +8856,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Lounnaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Rozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9102,64 +9102,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Osmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Estivalèzes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Aniszewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9201,51 +9201,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-phase flows DNS of evaporating liquid-gas interface including interface regression, using level set and coupled level set/VOF method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9309,51 +9309,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving primary atomization modeling by using two-phase flows DNS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9417,51 +9417,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving atomization modelling through DNS of two-phase flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9525,51 +9525,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A DNS database to improve atomization modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9633,51 +9633,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNS of evaporating turbulent two-phase flows with resolved liquid-gas interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9741,51 +9741,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dns of evaporating turbulent two-phase flows with resolved liquid-gas interface.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9843,312 +9843,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02379285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNS analysis of interactions between turbulent and evaporating liquid-gas interface</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Study of the equivalence ratio field created from evaporation of liquid interface in dense spray</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Luret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Berlemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Reveillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.X. Demoulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th European Conference on Liquid Atomization and Spray Systems (ILASS 2011)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Estoril, Portugal</w:t>
+              <w:t xml:space="preserve">Centre de Recherche sur la Combustion Turbulente (CRCT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EM2C, 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02379239v1</w:t>
+                <w:t xml:space="preserve">hal-02379515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the equivalence ratio field created from evaporation of liquid interface in dense spray</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">DNS analysis of interactions between turbulent and evaporating liquid-gas interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berlemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Reveillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.X. Demoulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Centre de Recherche sur la Combustion Turbulente (CRCT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EM2C, 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">24th European Conference on Liquid Atomization and Spray Systems (ILASS 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Estoril, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02379515v1</w:t>
+                <w:t xml:space="preserve">hal-02379239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélange turbulent en écoulement liquide-gaz dense</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Luret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10507,263 +10507,263 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NUMERICAL JET ATOMIZATION. PART II: MODELING INFORMATION AND COMPARISON WITH DNS RESULTS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">NUMERICAL JET ATOMISATION: PART I: DNS SIMULATION OF PRIMARY BREAK UP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Arnaud Beau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Romain Lebas</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Demoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Berlemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">FL Amer Soc, pp.555-563, 2006</w:t>
+              <w:t xml:space="preserve">Fluids Engn Div, pp.547-554, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00649763v1</w:t>
+                <w:t xml:space="preserve">hal-00649765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NUMERICAL JET ATOMISATION: PART I: DNS SIMULATION OF PRIMARY BREAK UP</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">NUMERICAL JET ATOMIZATION. PART II: MODELING INFORMATION AND COMPARISON WITH DNS RESULTS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Arnaud Beau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lebas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berlemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...37 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Fluids Engn Div, pp.547-554, 2006</w:t>
+              <w:t xml:space="preserve">FL Amer Soc, pp.555-563, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00649765v1</w:t>
+                <w:t xml:space="preserve">hal-00649763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10820,51 +10820,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Arnaud Beau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Demoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Berlemont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10934,90 +10934,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liquid transport in scale space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Thiesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dumouchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Reveillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11052,51 +11052,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling collision outcome in moderately dense sprays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Luret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11339,51 +11339,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017810v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Ch&#233;ron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge C&#233;sar Br&#228;ndle de Motta" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut M&#233;nard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berlemont" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2023.105843" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691512v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Blaisot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2022040525" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269139v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirudh Asuri Mukundan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2021.103848" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269098v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2021.110864" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03627211v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dumouchel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Thiesset" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2022.104055" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419715v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Estival&#232;zes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Aniszewski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Auguste" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Ling" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Osmar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2021.110810" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024186v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Janodet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Guillam&#243;n" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Moureau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Mercier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Lartigue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2022.111075" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142246v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thiesset" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M&#233;nard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumouchel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.1152" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350200v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cordesse" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Remigi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Duret" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Murrone" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-020-00154-w" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368869v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge C&#233;sar C Br&#228;ndle de Motta" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2019.104364" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432999v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Duret" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Menard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Reveillon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2019.1056" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879950v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Di Battista" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chevalier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Matuszewski" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/202069024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569407v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Charpentier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2020.103304" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950068v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Tretola" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Herrmann" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Navarro-Martinez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.08.004" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449158v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lemaitre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Sow" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Qu&#233;rel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis D&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Monier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos11101028" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02323975v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gehan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pigeon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridha Mosrati" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pouliquen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2018.10.004" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615076v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Essadki" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Drui" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane de Chaisemartin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Larat" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault M&#233;nard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2019.103084" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349534v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Murrone" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Massot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821941v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Canu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Puggelli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Essadki" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Menard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2018.06.010" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01494475v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung-Thanh Vu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2017.03.012" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01525891v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vaudor" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Aniszewski" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Doring" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berlemont" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2017.04.023" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611171v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marek" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2017.04.010" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01672081v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Viger" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Denis" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Draghi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Menard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Letellier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2016.12.011" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611152v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Porcheron" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-4159-2017" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612368v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2015.07.008" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612376v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuella Bouche" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2015.03.020" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596522v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Demoulin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-43489-5_7" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596524v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Bouali" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Desjonqueres" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2013007439" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01621255v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blaisot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Bouali" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cousin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2013007525" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596523v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2013.05.004" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00767791v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Chesnel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Reveillon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Demoulin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.v21.i9" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649803v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Luret" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2011.11.014" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573786v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.v21.i1.40" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649752v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649748v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lebas" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Arnaud Beau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2008.11.005" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LNDB5R5D-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649783v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Tanguy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2006.07.003" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7SN8VHFL-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649785v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2006.11.001" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B659BVRZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649767v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Estivalezes" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Couderc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb:200602002" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-W3QF8WQV-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511673v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337290v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B&#233;nard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03277788v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thiesset" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/iclass.2021.5840" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337324v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447945v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2020-0357" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027693v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315230v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J C Br&#228;ndle de Motta" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02271685v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02271699v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Vaudor" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194973v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345825v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iv&#225;n Bermejo-Moreno" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315145v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178037v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379257v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. X Demoulin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178046v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruud Eggels" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318029v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318020v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092003v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315240v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Chen" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoli Guo" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863439v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129808v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144607v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418399v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Charpentier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863450v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420042v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Betting" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Varea" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Patte-Rouland" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420064v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01621288v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/ilass2017.2017.4706" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418408v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Desjonqu&#232;res" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tarlet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bellettre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/ILASS2017.2017.4717" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01621278v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lisiecki" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130345v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01621294v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023194v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01621300v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01621301v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02333269v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371879v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Lounnaci" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Idlahcen" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Roz&#233;" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blaisot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371812v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harsh Purwar" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Lounnaci" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Roze" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079210v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Osmar" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vincent" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379473v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379468v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379484v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379246v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379273v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379285v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379239v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379515v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379524v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414490v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Girasole" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129750v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649763v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649765v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649760v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305835v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455627v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Blokkeel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017810v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Ch&#233;ron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge C&#233;sar Br&#228;ndle de Motta" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut M&#233;nard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berlemont" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2023.105843" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691512v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Blaisot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2022040525" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269139v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirudh Asuri Mukundan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2021.103848" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419715v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Estival&#232;zes" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Aniszewski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Auguste" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Ling" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Osmar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2021.110810" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269098v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2021.110864" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03627211v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dumouchel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Thiesset" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2022.104055" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024186v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Janodet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Guillam&#243;n" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Moureau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Mercier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Lartigue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2022.111075" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142246v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thiesset" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M&#233;nard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumouchel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.1152" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368869v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge C&#233;sar C Br&#228;ndle de Motta" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2019.104364" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432999v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Duret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Menard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Reveillon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2019.1056" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879950v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cordesse" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Di Battista" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chevalier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Matuszewski" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/202069024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569407v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Charpentier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2020.103304" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950068v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Tretola" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Herrmann" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Navarro-Martinez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.08.004" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449158v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lemaitre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Sow" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Qu&#233;rel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis D&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Monier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos11101028" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350200v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Remigi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Duret" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Murrone" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-020-00154-w" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02323975v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gehan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pigeon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridha Mosrati" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pouliquen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2018.10.004" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349534v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Murrone" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Massot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615076v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Essadki" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Drui" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane de Chaisemartin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Larat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault M&#233;nard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2019.103084" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821941v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Canu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Puggelli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Essadki" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Menard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2018.06.010" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01494475v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung-Thanh Vu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2017.03.012" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01525891v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vaudor" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Aniszewski" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Doring" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berlemont" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2017.04.023" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611171v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marek" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2017.04.010" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01672081v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Viger" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Denis" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Draghi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Menard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Letellier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2016.12.011" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611152v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Porcheron" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-4159-2017" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612368v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2015.07.008" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612376v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuella Bouche" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2015.03.020" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596522v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Demoulin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-43489-5_7" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01621255v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blaisot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Bouali" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cousin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Desjonqueres" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2013007525" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596523v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2013.05.004" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596524v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Bouali" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2013007439" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649803v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Luret" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Reveillon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2011.11.014" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00767791v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Chesnel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Demoulin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.v21.i9" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573786v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.v21.i1.40" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649752v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649748v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lebas" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Arnaud Beau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2008.11.005" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LNDB5R5D-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649783v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Tanguy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2006.07.003" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7SN8VHFL-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649785v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2006.11.001" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B659BVRZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649767v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Estivalezes" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Couderc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb:200602002" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-W3QF8WQV-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511673v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337290v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B&#233;nard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03277788v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thiesset" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/iclass.2021.5840" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337324v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027693v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447945v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2020-0357" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02271685v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194973v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02271699v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Vaudor" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345825v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iv&#225;n Bermejo-Moreno" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315145v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J C Br&#228;ndle de Motta" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178037v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379257v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. X Demoulin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178046v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruud Eggels" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318029v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318020v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092003v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315240v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Chen" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoli Guo" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315230v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129808v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144607v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418399v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Charpentier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863450v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863439v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420042v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Betting" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Varea" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Patte-Rouland" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420064v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01621288v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/ilass2017.2017.4706" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418408v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Desjonqu&#232;res" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tarlet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bellettre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/ILASS2017.2017.4717" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130345v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01621294v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023194v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01621300v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01621278v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lisiecki" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02333269v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01621301v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371879v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Lounnaci" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Idlahcen" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Roz&#233;" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blaisot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371812v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harsh Purwar" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Lounnaci" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Roze" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079210v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Osmar" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vincent" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379473v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379468v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379484v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379246v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379273v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379285v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379515v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379239v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379524v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414490v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Girasole" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129750v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649765v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649763v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649760v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305835v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455627v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Blokkeel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>